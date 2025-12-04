--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,302 +12,366 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 666/2013 of 8 July 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for vacuum cleaners</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/666/contents/2013-07-08</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners; including hybrid vacuum cleaners.
+This Policy is under review by the European Commission and is expected to be revised in 2023.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>August 2023</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-6662013-8-july-2013-implementing-directive-2009125ec-european</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02013R0666-20170109</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -571,519 +635,582 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N10"/>
+  <dimension ref="A1:P10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="227" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="227.516" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="17.567" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>30</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>31</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5">
+        <v>2020</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>41</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1985</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>54</v>
+      </c>
+      <c r="M6" t="s">
+        <v>55</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1983</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>55</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8" t="s">
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>75</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>78</v>
+      </c>
+      <c r="K9" t="s">
+        <v>79</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>82</v>
+      </c>
+      <c r="O9" t="s">
+        <v>83</v>
+      </c>
+      <c r="P9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>85</v>
+      </c>
+      <c r="B10" t="s">
+        <v>86</v>
+      </c>
+      <c r="C10" t="s">
+        <v>29</v>
+      </c>
+      <c r="D10" t="s">
+        <v>87</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...1 lines deleted...]
-      <c r="M2" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="N2" t="s">
-[...7 lines deleted...]
-      <c r="B3" t="s">
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...15 lines deleted...]
-      <c r="I3" t="s">
+      <c r="L10"/>
+      <c r="M10"/>
+      <c r="N10" t="s">
         <v>25</v>
       </c>
-      <c r="J3" t="s">
-[...300 lines deleted...]
-        <v>70</v>
+      <c r="O10" t="s">
+        <v>89</v>
+      </c>
+      <c r="P10" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>