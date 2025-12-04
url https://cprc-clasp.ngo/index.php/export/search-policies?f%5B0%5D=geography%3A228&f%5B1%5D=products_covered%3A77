--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,251 +12,296 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>European Commission - DG Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-2010</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0065-20170307</t>
+  </si>
+  <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 66/2014 of 14 January 2014 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for domestic ovens, hobs and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.   
+This Policy is under review by the European Commission and is expected to be revised in 2024.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A02014R0066-20170109</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens; including when incorporated in cookers; domestic hobs and domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-662014-14-january-2014-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/66</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
+  </si>
+  <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -520,397 +565,442 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N7"/>
+  <dimension ref="A1:P7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="255" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="329.063" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1979</v>
+      </c>
+      <c r="I2">
+        <v>2013</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...5 lines deleted...]
-      <c r="F2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>1979</v>
       </c>
-      <c r="H2">
+      <c r="I3">
         <v>2013</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J3" t="s">
+        <v>31</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
+        <v>38</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2012</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>31</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>44</v>
+      </c>
+      <c r="P5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>60</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...185 lines deleted...]
-      <c r="G7">
+      <c r="H7">
         <v>2017</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>2021</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="K7" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="L7" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="M7" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="N7" t="s">
-        <v>53</v>
+        <v>65</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>