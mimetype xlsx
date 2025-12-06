--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,500 +12,684 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -769,1403 +953,1592 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>40</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4">
+        <v>2011</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>42</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>43</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>40</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5">
+        <v>1985</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>42</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" t="s">
+        <v>43</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>40</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6">
+        <v>1984</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>43</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>60</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>40</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7">
+        <v>1988</v>
+      </c>
+      <c r="J7" t="s">
+        <v>42</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>43</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>63</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...11 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>40</v>
+      </c>
+      <c r="G8" t="s">
+        <v>41</v>
+      </c>
+      <c r="H8">
+        <v>1989</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>43</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H9">
+        <v>1987</v>
+      </c>
+      <c r="I9">
+        <v>1988</v>
+      </c>
+      <c r="J9" t="s">
+        <v>42</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>43</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>1991</v>
+      </c>
+      <c r="J10" t="s">
+        <v>42</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>38</v>
+      </c>
+      <c r="D11" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>40</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>43</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>38</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>40</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1989</v>
+      </c>
+      <c r="I12">
+        <v>1992</v>
+      </c>
+      <c r="J12" t="s">
+        <v>81</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>43</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" t="s">
+        <v>32</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>40</v>
+      </c>
+      <c r="G13" t="s">
+        <v>41</v>
+      </c>
+      <c r="H13">
+        <v>1989</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>42</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>43</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>93</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G14" t="s">
+        <v>41</v>
+      </c>
+      <c r="H14">
+        <v>1984</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>42</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>96</v>
+      </c>
+      <c r="M14" t="s">
+        <v>43</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>40</v>
+      </c>
+      <c r="G15" t="s">
+        <v>41</v>
+      </c>
+      <c r="H15">
+        <v>1990</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>42</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>43</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>102</v>
+      </c>
+      <c r="P15" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>104</v>
+      </c>
+      <c r="B16" t="s">
+        <v>105</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G16" t="s">
+        <v>41</v>
+      </c>
+      <c r="H16">
+        <v>1989</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>42</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>43</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>108</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>38</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>40</v>
+      </c>
+      <c r="G17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H17">
+        <v>1983</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>42</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>111</v>
+      </c>
+      <c r="M17" t="s">
+        <v>43</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>112</v>
+      </c>
+      <c r="P17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>38</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>40</v>
+      </c>
+      <c r="G18" t="s">
+        <v>41</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>42</v>
+      </c>
+      <c r="K18" t="s">
+        <v>117</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>43</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>38</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>40</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1986</v>
+      </c>
+      <c r="I19">
+        <v>1988</v>
+      </c>
+      <c r="J19" t="s">
+        <v>42</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>43</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>38</v>
+      </c>
+      <c r="D20" t="s">
+        <v>19</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>40</v>
+      </c>
+      <c r="G20" t="s">
+        <v>41</v>
+      </c>
+      <c r="H20">
+        <v>1987</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...40 lines deleted...]
-      <c r="M3" t="s">
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>43</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>38</v>
+      </c>
+      <c r="D21" t="s">
+        <v>131</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>40</v>
+      </c>
+      <c r="G21" t="s">
+        <v>41</v>
+      </c>
+      <c r="H21">
+        <v>1987</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>42</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-[...22 lines deleted...]
-      <c r="G4">
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>43</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>134</v>
+      </c>
+      <c r="B22" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" t="s">
+        <v>38</v>
+      </c>
+      <c r="D22" t="s">
+        <v>136</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" t="s">
+        <v>41</v>
+      </c>
+      <c r="H22">
+        <v>1986</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>42</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>43</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>137</v>
+      </c>
+      <c r="P22" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>139</v>
+      </c>
+      <c r="B23" t="s">
+        <v>140</v>
+      </c>
+      <c r="C23" t="s">
+        <v>38</v>
+      </c>
+      <c r="D23" t="s">
+        <v>141</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>40</v>
+      </c>
+      <c r="G23" t="s">
+        <v>41</v>
+      </c>
+      <c r="H23">
+        <v>1986</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>42</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>142</v>
+      </c>
+      <c r="M23" t="s">
+        <v>43</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>143</v>
+      </c>
+      <c r="P23" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" t="s">
+        <v>146</v>
+      </c>
+      <c r="C24" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" t="s">
+        <v>147</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>40</v>
+      </c>
+      <c r="G24" t="s">
+        <v>41</v>
+      </c>
+      <c r="H24">
+        <v>1984</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>42</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>148</v>
+      </c>
+      <c r="M24" t="s">
+        <v>76</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>149</v>
+      </c>
+      <c r="P24" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>151</v>
+      </c>
+      <c r="B25" t="s">
+        <v>152</v>
+      </c>
+      <c r="C25" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" t="s">
+        <v>39</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>153</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1999</v>
+      </c>
+      <c r="I25">
+        <v>2000</v>
+      </c>
+      <c r="J25" t="s">
+        <v>42</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>154</v>
+      </c>
+      <c r="M25" t="s">
+        <v>76</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>155</v>
+      </c>
+      <c r="P25" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>157</v>
+      </c>
+      <c r="B26" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" t="s">
+        <v>38</v>
+      </c>
+      <c r="D26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>153</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2011</v>
       </c>
-      <c r="H4"/>
-[...10 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>42</v>
+      </c>
+      <c r="K26" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...4 lines deleted...]
-      <c r="A5" t="s">
+      <c r="L26" t="s">
+        <v>159</v>
+      </c>
+      <c r="M26" t="s">
+        <v>76</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>160</v>
+      </c>
+      <c r="P26" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>162</v>
+      </c>
+      <c r="B27" t="s">
+        <v>163</v>
+      </c>
+      <c r="C27" t="s">
         <v>38</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D27" t="s">
+        <v>147</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>153</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>42</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>164</v>
+      </c>
+      <c r="M27" t="s">
+        <v>76</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>165</v>
+      </c>
+      <c r="P27" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>167</v>
+      </c>
+      <c r="B28" t="s">
+        <v>168</v>
+      </c>
+      <c r="C28" t="s">
+        <v>38</v>
+      </c>
+      <c r="D28" t="s">
         <v>39</v>
       </c>
-      <c r="D5" t="s">
-[...24 lines deleted...]
-      <c r="M5" t="s">
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>153</v>
+      </c>
+      <c r="G28" t="s">
+        <v>41</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>42</v>
+      </c>
+      <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="N5" t="s">
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>76</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>169</v>
+      </c>
+      <c r="P28" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>171</v>
+      </c>
+      <c r="B29" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" t="s">
+        <v>38</v>
+      </c>
+      <c r="D29" t="s">
+        <v>173</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>153</v>
+      </c>
+      <c r="G29" t="s">
         <v>41</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H29">
+        <v>2012</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
         <v>42</v>
       </c>
-      <c r="B6" t="s">
-[...227 lines deleted...]
-      <c r="H11">
+      <c r="K29" t="s">
+        <v>174</v>
+      </c>
+      <c r="L29" t="s">
+        <v>175</v>
+      </c>
+      <c r="M29" t="s">
+        <v>176</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>177</v>
+      </c>
+      <c r="P29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>178</v>
+      </c>
+      <c r="B30" t="s">
+        <v>179</v>
+      </c>
+      <c r="C30" t="s">
+        <v>180</v>
+      </c>
+      <c r="D30" t="s">
+        <v>181</v>
+      </c>
+      <c r="E30" t="s">
+        <v>182</v>
+      </c>
+      <c r="F30" t="s">
+        <v>183</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2017</v>
+      </c>
+      <c r="I30">
+        <v>2021</v>
+      </c>
+      <c r="J30" t="s">
+        <v>184</v>
+      </c>
+      <c r="K30" t="s">
+        <v>185</v>
+      </c>
+      <c r="L30" t="s">
+        <v>186</v>
+      </c>
+      <c r="M30" t="s">
+        <v>187</v>
+      </c>
+      <c r="N30" t="s">
+        <v>188</v>
+      </c>
+      <c r="O30" t="s">
+        <v>189</v>
+      </c>
+      <c r="P30" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>191</v>
+      </c>
+      <c r="B31" t="s">
+        <v>192</v>
+      </c>
+      <c r="C31" t="s">
+        <v>180</v>
+      </c>
+      <c r="D31" t="s">
+        <v>193</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>153</v>
+      </c>
+      <c r="G31" t="s">
+        <v>41</v>
+      </c>
+      <c r="H31">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
-[...831 lines deleted...]
-      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="K31" t="s">
+        <v>195</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>24</v>
+        <v>187</v>
       </c>
       <c r="N31" t="s">
-        <v>136</v>
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>196</v>
+      </c>
+      <c r="P31" t="s">
+        <v>197</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>