--- v0 (2025-12-11)
+++ v1 (2026-02-07)
@@ -2841,51 +2841,51 @@
       </c>
       <c r="P31" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
         <v>191</v>
       </c>
       <c r="B32" t="s">
         <v>192</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
         <v>193</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>194</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H32">
         <v>2021</v>
       </c>
       <c r="I32">
         <v>2024</v>
       </c>
       <c r="J32" t="s">
         <v>195</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
         <v>196</v>
       </c>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
         <v>197</v>
       </c>