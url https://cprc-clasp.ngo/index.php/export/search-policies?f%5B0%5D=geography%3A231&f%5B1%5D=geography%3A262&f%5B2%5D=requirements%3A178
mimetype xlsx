--- v0 (2025-10-11)
+++ v1 (2025-12-04)
@@ -12,506 +12,713 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="139">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -775,1561 +982,1774 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>1985</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>71</v>
+      </c>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>1984</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>64</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>77</v>
+      </c>
+      <c r="M10" t="s">
+        <v>65</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1987</v>
+      </c>
+      <c r="I11">
+        <v>1988</v>
+      </c>
+      <c r="J11" t="s">
+        <v>64</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>65</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>1989</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>87</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>50</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1987</v>
+      </c>
+      <c r="I13">
+        <v>1988</v>
+      </c>
+      <c r="J13" t="s">
+        <v>64</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>65</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...11 lines deleted...]
-      <c r="K2" t="s">
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...22 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14">
+        <v>1991</v>
+      </c>
+      <c r="J14" t="s">
+        <v>64</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>97</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>2015</v>
+      </c>
+      <c r="J15" t="s">
+        <v>102</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>65</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1989</v>
+      </c>
+      <c r="I16">
+        <v>1992</v>
+      </c>
+      <c r="J16" t="s">
+        <v>102</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>65</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>63</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>1989</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>64</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>65</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>112</v>
+      </c>
+      <c r="P17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" t="s">
+        <v>44</v>
+      </c>
+      <c r="H18">
+        <v>1984</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>64</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>117</v>
+      </c>
+      <c r="M18" t="s">
+        <v>65</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>122</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>63</v>
+      </c>
+      <c r="G19" t="s">
+        <v>44</v>
+      </c>
+      <c r="H19">
+        <v>1990</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>64</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>65</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>37</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>63</v>
+      </c>
+      <c r="G20" t="s">
+        <v>44</v>
+      </c>
+      <c r="H20">
+        <v>1989</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>64</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>65</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" t="s">
+        <v>131</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>63</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
+        <v>1983</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>64</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>132</v>
+      </c>
+      <c r="M21" t="s">
+        <v>65</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>61</v>
+      </c>
+      <c r="D22" t="s">
+        <v>43</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2011</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>64</v>
+      </c>
+      <c r="K22" t="s">
+        <v>137</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>65</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>61</v>
+      </c>
+      <c r="D23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>63</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1986</v>
+      </c>
+      <c r="I23">
+        <v>1988</v>
+      </c>
+      <c r="J23" t="s">
+        <v>64</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>65</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>143</v>
+      </c>
+      <c r="P23" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>145</v>
+      </c>
+      <c r="B24" t="s">
+        <v>146</v>
+      </c>
+      <c r="C24" t="s">
+        <v>61</v>
+      </c>
+      <c r="D24" t="s">
+        <v>32</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>63</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
+        <v>1987</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>87</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>65</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>61</v>
+      </c>
+      <c r="D25" t="s">
+        <v>151</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>63</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>1987</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>64</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>65</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>61</v>
+      </c>
+      <c r="D26" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>1986</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>64</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>65</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>157</v>
+      </c>
+      <c r="P26" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>159</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>61</v>
+      </c>
+      <c r="D27" t="s">
+        <v>161</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>63</v>
+      </c>
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>1986</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>64</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>162</v>
+      </c>
+      <c r="M27" t="s">
+        <v>65</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>163</v>
+      </c>
+      <c r="P27" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>165</v>
+      </c>
+      <c r="B28" t="s">
+        <v>166</v>
+      </c>
+      <c r="C28" t="s">
+        <v>61</v>
+      </c>
+      <c r="D28" t="s">
+        <v>167</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>63</v>
+      </c>
+      <c r="G28" t="s">
+        <v>44</v>
+      </c>
+      <c r="H28">
+        <v>1984</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>64</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>168</v>
+      </c>
+      <c r="M28" t="s">
+        <v>97</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>169</v>
+      </c>
+      <c r="P28" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>171</v>
+      </c>
+      <c r="B29" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" t="s">
+        <v>61</v>
+      </c>
+      <c r="D29" t="s">
+        <v>62</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>173</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1999</v>
+      </c>
+      <c r="I29">
+        <v>2000</v>
+      </c>
+      <c r="J29" t="s">
+        <v>64</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>174</v>
+      </c>
+      <c r="M29" t="s">
+        <v>97</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>175</v>
+      </c>
+      <c r="P29" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>177</v>
+      </c>
+      <c r="B30" t="s">
+        <v>178</v>
+      </c>
+      <c r="C30" t="s">
+        <v>61</v>
+      </c>
+      <c r="D30" t="s">
+        <v>82</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>173</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>64</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>179</v>
+      </c>
+      <c r="M30" t="s">
+        <v>97</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>180</v>
+      </c>
+      <c r="P30" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>182</v>
+      </c>
+      <c r="B31" t="s">
+        <v>183</v>
+      </c>
+      <c r="C31" t="s">
+        <v>61</v>
+      </c>
+      <c r="D31" t="s">
+        <v>167</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>173</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31">
+        <v>2014</v>
+      </c>
+      <c r="J31" t="s">
+        <v>64</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>184</v>
+      </c>
+      <c r="M31" t="s">
+        <v>97</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>185</v>
+      </c>
+      <c r="P31" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>187</v>
+      </c>
+      <c r="B32" t="s">
+        <v>188</v>
+      </c>
+      <c r="C32" t="s">
+        <v>61</v>
+      </c>
+      <c r="D32" t="s">
+        <v>62</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>173</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>64</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>97</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>189</v>
+      </c>
+      <c r="P32" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>191</v>
+      </c>
+      <c r="B33" t="s">
+        <v>192</v>
+      </c>
+      <c r="C33" t="s">
+        <v>61</v>
+      </c>
+      <c r="D33" t="s">
+        <v>193</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>173</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>64</v>
+      </c>
+      <c r="K33" t="s">
+        <v>51</v>
+      </c>
+      <c r="L33" t="s">
+        <v>194</v>
+      </c>
+      <c r="M33" t="s">
+        <v>195</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>196</v>
+      </c>
+      <c r="P33" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>197</v>
+      </c>
+      <c r="B34" t="s">
+        <v>198</v>
+      </c>
+      <c r="C34" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...47 lines deleted...]
-      <c r="H4">
+      <c r="D34" t="s">
+        <v>199</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>63</v>
+      </c>
+      <c r="G34" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34">
+        <v>2014</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>38</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34"/>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>200</v>
+      </c>
+      <c r="P34" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>202</v>
+      </c>
+      <c r="B35" t="s">
+        <v>203</v>
+      </c>
+      <c r="C35" t="s">
+        <v>204</v>
+      </c>
+      <c r="D35" t="s">
+        <v>37</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>63</v>
+      </c>
+      <c r="G35" t="s">
+        <v>44</v>
+      </c>
+      <c r="H35">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...57 lines deleted...]
-      <c r="A6" t="s">
+      <c r="I35"/>
+      <c r="J35" t="s">
         <v>38</v>
       </c>
-      <c r="B6" t="s">
-[...1228 lines deleted...]
-      <c r="K35"/>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
       <c r="L35"/>
-      <c r="M35" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M35"/>
       <c r="N35" t="s">
-        <v>138</v>
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>205</v>
+      </c>
+      <c r="P35" t="s">
+        <v>206</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>