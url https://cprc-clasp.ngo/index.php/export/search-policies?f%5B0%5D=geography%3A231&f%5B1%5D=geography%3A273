--- v0 (2025-10-12)
+++ v1 (2025-12-30)
@@ -12,606 +12,839 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="240">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Electric Motors Minimum Energy Performance Standards</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
     <t>3-Phase Motors, 1-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Authority (NEECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/electric-motors-minimum-energy-performance-standards</t>
   </si>
   <si>
+    <t>https://clasp.ngo/updates/2021/pakistan-launches-first-efficiency-policy-for-electric-motors</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) and Energy Star Rating for Television Receivers</t>
+  </si>
+  <si>
+    <t>This standard establishes MEPS and labeling requirements for televisions in Pakistan. This standard shall apply to the following types and sizes of TVs covering display sizes from 24 inches to 42 inches commonly used in Pakistan, with a supply voltage of 230 V 50 Hz or range 220-240 V, 50 Hz. LCD TVs (Liquid Crystal Display TVs), Plasma TVs, and LED TVs (Light Emitting Diodes TVs). Minimum Values of annual power consumption shall not be less than Star-1. The performance of the TVs applicable to this standard shall meet the requirements as specified in the standards IEC 60107, IEC 62087, and IEC 62301.</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>IEC 5422/2018
 ,   
                     IEC 60107-1
 ,   
                     IEC 60107-2
 ,   
                     IEC 60107-3
 ,   
                     IEC 62301
 ,   
                     IEC 62087
 ,   
                     JIS C 6101-1
 ,   
                     JIS C 6101-2
 ,   
                     JIS C 6101-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-and-energy-star-rating-television-receivers</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electronics/27-PS%205422-2018.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards and Labeling Requirements for Household Refrigerator-Freezers</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory minimum energy performance standards (MEPS) and labeling requirements for household/domestic refrigerator-freezers. 
+MEPS requirement (kWh/year): 0.576 x Vadj + 420
+Where Vadj = adjusted volume (in liters)</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PS:IEC 62552-1/2018
 ,   
                     PS:IEC 62552-2/2018
 ,   
                     PS:IEC 62552-3/2016
 ,   
                     PS:IEC 62552-3 AMD 1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-and-labeling-requirements-household-refrigerator</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO414(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>National Energy Efficiency and Conservation Policy 2023</t>
   </si>
   <si>
+    <t>This policy identifies national energy-saving priorities in the following sectors: industry, building, transport, and power. The policy identifies opportunities for mandatory MEPS and labeling schemes.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps, Space Heating and Space Cooling, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Electricity, Gas, LPG</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/national-energy-efficiency-and-conservation-policy-2023</t>
   </si>
   <si>
+    <t>https://neeca.gov.pk/SiteImage/Misc/files/NEEC%20Policy%202023-1.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Label for Motors</t>
   </si>
   <si>
+    <t>This regulation establishes Minimum Energy Performance standards for electric motor efficiency and requires compliance with a star rating system. The regulation applies to the import and offer for sale of three-phase squirrel cage induction motors designed to operate at 50 Hz or 60 Hz with:
+a) a rated output power greater than or equal to 0.12 kW and less than or equal to 1,000 kW; and 
+b) a rated voltage of up to 1000 volts alternating current; and
+c) 2, 4, 6 or 8 poles; and
+d) a continuous duty rating.
+The regulation also applies to the import and offer for sale of single-phase squirrel cage induction motors of all types designed to operate at 50 Hz or 60 Hz with a rated output power greater than or equal to 0.12 kW.</t>
+  </si>
+  <si>
     <t>ISO/IEC 17025, IEC 60034-1 ED. 13.0, IEC 60034-2-1 Ed. 2.0 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-label-motors</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO412(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Fans</t>
   </si>
   <si>
+    <t>This policy is established to ensure that all electric fans sold in Pakistan meet Minimum Energy Performance Standards (MEPS) and comply with NEECA's energy star rating system of 1 to 5 stars. The fans should conform to all the requirements of Pakistan Standard PS:1/2021 (Comfort Fans and Regulators for Household and Similar Purposes – Methods for Measuring Performance) with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>PS:1/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-fans</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO411(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for LED Lights</t>
   </si>
   <si>
+    <t>This policy establishes mandatory Minimum Energy Performance Standards (MEPS) and labels for LED lights that are normally used in households and buildings for general lighting purposes and street lighting. LED lights should conform to all the requirements of Pakistan Standard PS:IEC60050-845 with all its amendments, as applicable to participate in the Pakistan Energy Labeling Program.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PS:IEC60050-845</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-led-lights</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO415(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan Energy Labels for Room Air Conditioners</t>
   </si>
   <si>
+    <t>This policy is established to enforce Minimum Energy Performance Standards (MEPS) with an energy star rating system for air conditioning units. Room air conditioner means non-ducted wall mounted split room air conditioners with cooling capacity up to 10.5 kW that can be connected to main power and which are within the scope of PS:ISO5151/2013 and it includes non-inverter room air conditioner, inverter room air conditioner, and wall mounted split room air conditioner.</t>
+  </si>
+  <si>
     <t>PS: ISO 16358-1, PS: ISO5151/2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-energy-labels-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://neeca.pk/neecagov/regulations/SRO413(I)-2024.pdf</t>
+  </si>
+  <si>
     <t>Pakistan MEPS and labeling for CFLs</t>
   </si>
   <si>
+    <t>This standard shall apply to self-ballasted compact fluorescent lamps -CFLs; generally known as Energy Savers of all commonly used shapes|sizes: U-shaped &amp; Spiral shaped, Edison screw holder or bayonet|pin type adopter; in Pakistan, with nominal power rating from 3Watt to 60 Watt at rated supply voltage of 230 V, 50 Hz or voltage range 220 240 V, 50 Hz as marked on the lamp. The standard does not apply to self-ballasted fluorescent lamps used with covers.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>New</t>
+  </si>
+  <si>
     <t>PS-IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-meps-and-labeling-cfls</t>
   </si>
   <si>
+    <t>https://drive.google.com/file/d/0B_Ht8Q1cIEovQW5CZlF0VTRRZHM/view</t>
+  </si>
+  <si>
     <t>Pakistan Standard: Household Microwave Oven - Methods for Measuring Performance</t>
   </si>
   <si>
+    <t>This standard applies to microwave ovens for household use and combination microwave ovens. Microwave ovens are defined as appliances using electromagnetic energy in the ISM frequency band of 2,450 MHz for heating food and beverages in the cavity. Combination microwave ovens are microwave ovens in which the microwave energy is combined with thermal energy.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>IEC 60705:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pakistan-standard-household-microwave-oven-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://psqca.com.pk/cs/newitems2021/electrotechnical/56-PS%205254%20based%20on%2060705.pdf</t>
+  </si>
+  <si>
     <t>SRO 604(I)/2019 Import Policy on Solar Equipment</t>
   </si>
   <si>
+    <t>Solar PV panels, inverters, charge controllers, junction boxes, cables and standalone solar products including solar kits, solar water pumps, solar water heaters and solar cookers. No policy link available.</t>
+  </si>
+  <si>
     <t>Solar Inverters, Solar Stoves, Solar Water Pumps, Solar Energy Kits</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid, Productive Use</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sro-604i2019-import-policy-solar-equipment</t>
+  </si>
+  <si>
+    <t>https://www.commerce.gov.pk/wp-content/uploads/2019/06/SRO-604.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -875,1693 +1108,1924 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N38"/>
+  <dimension ref="A1:P38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="75.41" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>30</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>32</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4">
+        <v>1985</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+      <c r="K4" t="s">
+        <v>23</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>34</v>
+      </c>
+      <c r="N4" t="s">
+        <v>25</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H5">
+        <v>1984</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6">
+        <v>1987</v>
+      </c>
+      <c r="I6">
+        <v>1988</v>
+      </c>
+      <c r="J6" t="s">
+        <v>33</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>34</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>32</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7">
+        <v>1989</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>58</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>34</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8">
+        <v>1987</v>
+      </c>
+      <c r="I8">
+        <v>1988</v>
+      </c>
+      <c r="J8" t="s">
+        <v>33</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>34</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>1991</v>
+      </c>
+      <c r="J9" t="s">
+        <v>33</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>70</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>52</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>34</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>30</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>52</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11">
+        <v>1992</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>34</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>75</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>21</v>
+      </c>
+      <c r="H12">
+        <v>1989</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>33</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>34</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>86</v>
+      </c>
+      <c r="P12" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" t="s">
+        <v>30</v>
+      </c>
+      <c r="D13" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>21</v>
+      </c>
+      <c r="H13">
+        <v>1984</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>33</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13" t="s">
+        <v>91</v>
+      </c>
+      <c r="M13" t="s">
+        <v>34</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>32</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>21</v>
+      </c>
+      <c r="H14">
+        <v>1990</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>33</v>
+      </c>
+      <c r="K14" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>34</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>97</v>
+      </c>
+      <c r="P14" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>30</v>
+      </c>
+      <c r="D15" t="s">
+        <v>75</v>
+      </c>
+      <c r="E15" t="s">
+        <v>32</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>21</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>33</v>
+      </c>
+      <c r="K15" t="s">
+        <v>23</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>34</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>101</v>
+      </c>
+      <c r="P15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>103</v>
+      </c>
+      <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E16" t="s">
+        <v>32</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>21</v>
+      </c>
+      <c r="H16">
+        <v>1983</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>33</v>
+      </c>
+      <c r="K16" t="s">
+        <v>23</v>
+      </c>
+      <c r="L16" t="s">
+        <v>106</v>
+      </c>
+      <c r="M16" t="s">
+        <v>34</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P16" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>32</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>21</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>33</v>
+      </c>
+      <c r="K17" t="s">
+        <v>112</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>34</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>30</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>32</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>52</v>
+      </c>
+      <c r="H18">
+        <v>1986</v>
+      </c>
+      <c r="I18">
+        <v>1988</v>
+      </c>
+      <c r="J18" t="s">
+        <v>33</v>
+      </c>
+      <c r="K18" t="s">
+        <v>23</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>34</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>30</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
+      <c r="E19" t="s">
+        <v>32</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>21</v>
+      </c>
+      <c r="H19">
+        <v>1987</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>58</v>
+      </c>
+      <c r="K19" t="s">
+        <v>23</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>34</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>122</v>
+      </c>
+      <c r="P19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" t="s">
+        <v>30</v>
+      </c>
+      <c r="D20" t="s">
+        <v>126</v>
+      </c>
+      <c r="E20" t="s">
+        <v>32</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H20">
+        <v>1987</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>33</v>
+      </c>
+      <c r="K20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>34</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>129</v>
+      </c>
+      <c r="B21" t="s">
+        <v>130</v>
+      </c>
+      <c r="C21" t="s">
+        <v>30</v>
+      </c>
+      <c r="D21" t="s">
+        <v>131</v>
+      </c>
+      <c r="E21" t="s">
+        <v>32</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>21</v>
+      </c>
+      <c r="H21">
+        <v>1986</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>33</v>
+      </c>
+      <c r="K21" t="s">
+        <v>23</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>34</v>
+      </c>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>134</v>
+      </c>
+      <c r="B22" t="s">
+        <v>135</v>
+      </c>
+      <c r="C22" t="s">
+        <v>30</v>
+      </c>
+      <c r="D22" t="s">
+        <v>136</v>
+      </c>
+      <c r="E22" t="s">
+        <v>32</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>21</v>
+      </c>
+      <c r="H22">
+        <v>1986</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>33</v>
+      </c>
+      <c r="K22" t="s">
+        <v>23</v>
+      </c>
+      <c r="L22" t="s">
+        <v>137</v>
+      </c>
+      <c r="M22" t="s">
+        <v>34</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>30</v>
+      </c>
+      <c r="D23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" t="s">
+        <v>32</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H23">
+        <v>1984</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>33</v>
+      </c>
+      <c r="K23" t="s">
+        <v>23</v>
+      </c>
+      <c r="L23" t="s">
+        <v>143</v>
+      </c>
+      <c r="M23" t="s">
+        <v>70</v>
+      </c>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>30</v>
+      </c>
+      <c r="D24" t="s">
+        <v>31</v>
+      </c>
+      <c r="E24" t="s">
+        <v>32</v>
+      </c>
+      <c r="F24" t="s">
+        <v>148</v>
+      </c>
+      <c r="G24" t="s">
+        <v>52</v>
+      </c>
+      <c r="H24">
+        <v>1999</v>
+      </c>
+      <c r="I24">
+        <v>2000</v>
+      </c>
+      <c r="J24" t="s">
+        <v>33</v>
+      </c>
+      <c r="K24" t="s">
+        <v>23</v>
+      </c>
+      <c r="L24" t="s">
+        <v>149</v>
+      </c>
+      <c r="M24" t="s">
+        <v>70</v>
+      </c>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>150</v>
+      </c>
+      <c r="P24" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>152</v>
+      </c>
+      <c r="B25" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" t="s">
+        <v>30</v>
+      </c>
+      <c r="D25" t="s">
+        <v>51</v>
+      </c>
+      <c r="E25" t="s">
+        <v>32</v>
+      </c>
+      <c r="F25" t="s">
+        <v>148</v>
+      </c>
+      <c r="G25" t="s">
+        <v>52</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>33</v>
+      </c>
+      <c r="K25" t="s">
+        <v>23</v>
+      </c>
+      <c r="L25" t="s">
+        <v>154</v>
+      </c>
+      <c r="M25" t="s">
+        <v>70</v>
+      </c>
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
+        <v>155</v>
+      </c>
+      <c r="P25" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>157</v>
+      </c>
+      <c r="B26" t="s">
+        <v>158</v>
+      </c>
+      <c r="C26" t="s">
+        <v>30</v>
+      </c>
+      <c r="D26" t="s">
+        <v>142</v>
+      </c>
+      <c r="E26" t="s">
+        <v>32</v>
+      </c>
+      <c r="F26" t="s">
+        <v>148</v>
+      </c>
+      <c r="G26" t="s">
+        <v>52</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" t="s">
+        <v>23</v>
+      </c>
+      <c r="L26" t="s">
+        <v>159</v>
+      </c>
+      <c r="M26" t="s">
+        <v>70</v>
+      </c>
+      <c r="N26" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
+        <v>160</v>
+      </c>
+      <c r="P26" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>162</v>
+      </c>
+      <c r="B27" t="s">
+        <v>163</v>
+      </c>
+      <c r="C27" t="s">
         <v>17</v>
       </c>
-      <c r="E2" t="s">
+      <c r="D27" t="s">
+        <v>69</v>
+      </c>
+      <c r="E27" t="s">
+        <v>32</v>
+      </c>
+      <c r="F27" t="s">
+        <v>164</v>
+      </c>
+      <c r="G27" t="s">
+        <v>21</v>
+      </c>
+      <c r="H27">
+        <v>2017</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>165</v>
+      </c>
+      <c r="K27" t="s">
+        <v>23</v>
+      </c>
+      <c r="L27" t="s">
+        <v>166</v>
+      </c>
+      <c r="M27" t="s">
+        <v>24</v>
+      </c>
+      <c r="N27" t="s">
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
+        <v>167</v>
+      </c>
+      <c r="P27" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>169</v>
+      </c>
+      <c r="B28" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" t="s">
+        <v>17</v>
+      </c>
+      <c r="D28" t="s">
+        <v>171</v>
+      </c>
+      <c r="E28" t="s">
+        <v>19</v>
+      </c>
+      <c r="F28" t="s">
+        <v>172</v>
+      </c>
+      <c r="G28" t="s">
+        <v>21</v>
+      </c>
+      <c r="H28">
+        <v>2024</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>173</v>
+      </c>
+      <c r="K28" t="s">
+        <v>23</v>
+      </c>
+      <c r="L28" t="s">
+        <v>174</v>
+      </c>
+      <c r="M28" t="s">
+        <v>24</v>
+      </c>
+      <c r="N28" t="s">
+        <v>25</v>
+      </c>
+      <c r="O28" t="s">
+        <v>175</v>
+      </c>
+      <c r="P28" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>177</v>
+      </c>
+      <c r="B29" t="s">
+        <v>178</v>
+      </c>
+      <c r="C29" t="s">
+        <v>30</v>
+      </c>
+      <c r="D29" t="s">
+        <v>31</v>
+      </c>
+      <c r="E29" t="s">
+        <v>32</v>
+      </c>
+      <c r="F29" t="s">
+        <v>148</v>
+      </c>
+      <c r="G29" t="s">
+        <v>21</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>33</v>
+      </c>
+      <c r="K29" t="s">
+        <v>23</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>70</v>
+      </c>
+      <c r="N29" t="s">
+        <v>25</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>30</v>
+      </c>
+      <c r="D30" t="s">
+        <v>183</v>
+      </c>
+      <c r="E30" t="s">
+        <v>32</v>
+      </c>
+      <c r="F30" t="s">
+        <v>148</v>
+      </c>
+      <c r="G30" t="s">
+        <v>21</v>
+      </c>
+      <c r="H30">
+        <v>2012</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>33</v>
+      </c>
+      <c r="K30" t="s">
+        <v>184</v>
+      </c>
+      <c r="L30" t="s">
+        <v>185</v>
+      </c>
+      <c r="M30" t="s">
+        <v>186</v>
+      </c>
+      <c r="N30" t="s">
+        <v>25</v>
+      </c>
+      <c r="O30" t="s">
+        <v>187</v>
+      </c>
+      <c r="P30" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>188</v>
+      </c>
+      <c r="B31" t="s">
+        <v>189</v>
+      </c>
+      <c r="C31" t="s">
+        <v>17</v>
+      </c>
+      <c r="D31" t="s">
+        <v>190</v>
+      </c>
+      <c r="E31" t="s">
+        <v>191</v>
+      </c>
+      <c r="F31" t="s">
+        <v>164</v>
+      </c>
+      <c r="G31" t="s">
+        <v>21</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>165</v>
+      </c>
+      <c r="K31" t="s">
+        <v>192</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>24</v>
+      </c>
+      <c r="N31" t="s">
+        <v>193</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>196</v>
+      </c>
+      <c r="B32" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="E32" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="F32" t="s">
+        <v>172</v>
+      </c>
+      <c r="G32" t="s">
+        <v>21</v>
+      </c>
+      <c r="H32">
+        <v>2014</v>
+      </c>
+      <c r="I32">
+        <v>2024</v>
+      </c>
+      <c r="J32" t="s">
+        <v>173</v>
+      </c>
+      <c r="K32" t="s">
+        <v>23</v>
+      </c>
+      <c r="L32" t="s">
+        <v>198</v>
+      </c>
+      <c r="M32" t="s">
+        <v>24</v>
+      </c>
+      <c r="N32" t="s">
+        <v>25</v>
+      </c>
+      <c r="O32" t="s">
+        <v>199</v>
+      </c>
+      <c r="P32" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>201</v>
+      </c>
+      <c r="B33" t="s">
+        <v>202</v>
+      </c>
+      <c r="C33" t="s">
+        <v>17</v>
+      </c>
+      <c r="D33" t="s">
+        <v>203</v>
+      </c>
+      <c r="E33" t="s">
+        <v>19</v>
+      </c>
+      <c r="F33" t="s">
+        <v>172</v>
+      </c>
+      <c r="G33" t="s">
+        <v>52</v>
+      </c>
+      <c r="H33">
+        <v>2014</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>173</v>
+      </c>
+      <c r="K33" t="s">
+        <v>23</v>
+      </c>
+      <c r="L33" t="s">
+        <v>204</v>
+      </c>
+      <c r="M33" t="s">
+        <v>24</v>
+      </c>
+      <c r="N33" t="s">
+        <v>25</v>
+      </c>
+      <c r="O33" t="s">
+        <v>205</v>
+      </c>
+      <c r="P33" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>17</v>
+      </c>
+      <c r="D34" t="s">
+        <v>209</v>
+      </c>
+      <c r="E34" t="s">
+        <v>19</v>
+      </c>
+      <c r="F34" t="s">
+        <v>172</v>
+      </c>
+      <c r="G34" t="s">
+        <v>52</v>
+      </c>
+      <c r="H34">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>173</v>
+      </c>
+      <c r="K34" t="s">
+        <v>23</v>
+      </c>
+      <c r="L34" t="s">
+        <v>210</v>
+      </c>
+      <c r="M34" t="s">
+        <v>24</v>
+      </c>
+      <c r="N34" t="s">
+        <v>25</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>214</v>
+      </c>
+      <c r="C35" t="s">
+        <v>17</v>
+      </c>
+      <c r="D35" t="s">
+        <v>117</v>
+      </c>
+      <c r="E35" t="s">
+        <v>19</v>
+      </c>
+      <c r="F35" t="s">
+        <v>172</v>
+      </c>
+      <c r="G35" t="s">
+        <v>21</v>
+      </c>
+      <c r="H35">
+        <v>2014</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
+        <v>173</v>
+      </c>
+      <c r="K35" t="s">
+        <v>23</v>
+      </c>
+      <c r="L35" t="s">
+        <v>215</v>
+      </c>
+      <c r="M35" t="s">
+        <v>24</v>
+      </c>
+      <c r="N35" t="s">
+        <v>25</v>
+      </c>
+      <c r="O35" t="s">
+        <v>216</v>
+      </c>
+      <c r="P35" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>218</v>
+      </c>
+      <c r="B36" t="s">
+        <v>219</v>
+      </c>
+      <c r="C36" t="s">
+        <v>17</v>
+      </c>
+      <c r="D36" t="s">
+        <v>220</v>
+      </c>
+      <c r="E36" t="s">
+        <v>32</v>
+      </c>
+      <c r="F36" t="s">
+        <v>164</v>
+      </c>
+      <c r="G36" t="s">
+        <v>221</v>
+      </c>
+      <c r="H36">
+        <v>2014</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>165</v>
+      </c>
+      <c r="K36" t="s">
+        <v>23</v>
+      </c>
+      <c r="L36" t="s">
+        <v>222</v>
+      </c>
+      <c r="M36" t="s">
+        <v>24</v>
+      </c>
+      <c r="N36" t="s">
+        <v>25</v>
+      </c>
+      <c r="O36" t="s">
+        <v>223</v>
+      </c>
+      <c r="P36" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>225</v>
+      </c>
+      <c r="B37" t="s">
+        <v>226</v>
+      </c>
+      <c r="C37" t="s">
+        <v>17</v>
+      </c>
+      <c r="D37" t="s">
+        <v>227</v>
+      </c>
+      <c r="E37" t="s">
+        <v>32</v>
+      </c>
+      <c r="F37" t="s">
+        <v>228</v>
+      </c>
+      <c r="G37" t="s">
+        <v>21</v>
+      </c>
+      <c r="H37"/>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>165</v>
+      </c>
+      <c r="K37" t="s">
+        <v>23</v>
+      </c>
+      <c r="L37" t="s">
+        <v>229</v>
+      </c>
+      <c r="M37" t="s">
+        <v>24</v>
+      </c>
+      <c r="N37" t="s">
+        <v>25</v>
+      </c>
+      <c r="O37" t="s">
+        <v>230</v>
+      </c>
+      <c r="P37" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>232</v>
+      </c>
+      <c r="B38" t="s">
+        <v>233</v>
+      </c>
+      <c r="C38" t="s">
+        <v>17</v>
+      </c>
+      <c r="D38" t="s">
+        <v>234</v>
+      </c>
+      <c r="E38" t="s">
+        <v>19</v>
+      </c>
+      <c r="F38" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="G38" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="H38">
+        <v>2019</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>235</v>
+      </c>
+      <c r="K38" t="s">
+        <v>236</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1497 lines deleted...]
-      </c>
       <c r="N38" t="s">
-        <v>164</v>
+        <v>237</v>
+      </c>
+      <c r="O38" t="s">
+        <v>238</v>
+      </c>
+      <c r="P38" t="s">
+        <v>239</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>