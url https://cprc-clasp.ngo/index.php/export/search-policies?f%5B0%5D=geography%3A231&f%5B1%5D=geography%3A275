--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,743 +12,1053 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="319">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | Environmentally Friendly Design Requirements for Servers and Data Storage Products (2019/424/EU) (SGM:2021/15)</t>
   </si>
   <si>
+    <t>This policy applies to servers and covers online data storage products. It does not cover: servers used in embedded applications; servers with Computers and Computer Servers Communiqué on Relevant Environmentally Friendly Design Requirements (2013/617/EU) Classified as small-scale servers according to (SGM:2021/14) servers; servers with more than four processor sockets; server devices; large servers; fully fault tolerant servers; network servers; small data storage products; big data storage products. This policy is a transposition of Commission Regulation (EU) 2019/424.</t>
+  </si>
+  <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>Servers</t>
   </si>
   <si>
     <t>December 2023</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/424</t>
   </si>
   <si>
     <t>Ministry of Energy and Natural Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-environmentally-friendly-design-requirements-servers-and</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 392-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>September 2018</t>
   </si>
   <si>
     <t>EC 392-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-392-2012</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/EV%20T%C4%B0P%C4%B0%20FIRINLARIN%20VE%20ASP%C4%B0RAT%C3%96RLER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 28648 | transposition of EC 932-2012</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated and gas-fired household tumble driers and built-in household tumble driers, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>EC 932-2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28648-transposition-ec-932-2012</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 28861 (Transposition of EC 626-2011)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated air conditioners with a rated capacity of less than or equal to 12 kW for cooling; or heating; if the product has no cooling function.  This Regulation shall not apply to: appliances that use non-electric energy sources; or  air conditioners of which the condensor- or evaporator-side or both do not use air for heat transfer medium.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Portable ACs, Packaged Terminals</t>
   </si>
   <si>
     <t>EC 626-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-28861-transposition-ec-626-2011</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2017/02/U4E_Policy-Assessment_TUR.pdf</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 65-2017</t>
   </si>
   <si>
+    <t>Domestic electric and gas ovens including when incorporated into cookers and for domestic electric range hoods including when sold for non-domestic purposes. This Regulation shall not apply to:  a. ovens that use energy sources other than electricity or gas; b. ovens which offer a microwave heating function;  c. small ovens;  d. portable ovens;  e. heat storage ovens</t>
+  </si>
+  <si>
     <t>Ovens, Cooktops or Hobs</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>EU 65-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2015/01/20150114.pdf</t>
+  </si>
+  <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market and putting into service of domestic ovens including when incorporated in cookers; domestic hobs and domestic electric range hoods including when sold for non-domestic purposes. This Regulation does not apply to:  a. appliances that use energy sources other than electricity or gas;   b. appliances which offer microwave heating function;   c. small ovens;   d. portable ovens;    e. heat storage ovens;   f. ovens which are heated with steam as a primary heating function;   g. covered gas burners in hobs;   h. outdoor cooking appliances;   i. appliances designed for use only with gases of the third family propane and butane; and    j. grills.</t>
+  </si>
+  <si>
     <t>EU 66-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-65-2017-0</t>
   </si>
   <si>
-    <t>Mandatory</t>
-[...7 lines deleted...]
-  <si>
     <t>Turkish Official Gazette No 29236 | transposition of EC 666-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 666-2013 of 8 July 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29236-transposition-ec-666-2013</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 29564 - Amending No 29236 | transposition of EC 665-2013</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for electric mains-operated vacuum cleaners including hybrid vacuum cleaners.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation EU No 665-2013 of 3 May 2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-amending-no-29236-transposition-ec-665-2013</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/ELEKTR%C4%B0KL%C4%B0%20S%C3%9CP%C3%9CRGELER%C4%B0N%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Comminique on Ecodesign Requirements for Household Dishwashers (2019/2022/EU) (SGM:2021/1)</t>
   </si>
   <si>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household dishwashers and electric mains-operated household dishwashers that can also be powered by batteries; including those sold for non-household use.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-comminique-ecodesign-requirements-household-dishwashers</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-1.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices (2019/2016/EU) (SGM:2021/8)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household refrigerating appliances with a storage volume between 10 and 1500 litres. This Regulation shall apply to electric mains-operated household refrigerating appliances including those sold for non-household use or for the refrigeration of items other than foodstuffs and including built-in appliances. It shall also apply to electric mains-operated household refrigerating appliances that can be battery-operated. This Regulation shall not apply to:    a. refrigerating appliances that are primarily powered by energy sources other than electricity such as liquefied petroleum gas LPG kerosene and bio-diesel fuels;   b. battery-operated refrigerating appliances that can be connected to the mains through an AC|DC converter purchased separately;    c. custom-made refrigerating appliances made on a one-off basis and not equivalent to other refrigerating appliance models;   d. refrigerating appliances for tertiary sector application where the removal of refrigerated foodstuffs is electronically sensed and that information can be automatically transmitted through a network connection to a remote control system for accounting;    e. appliances where the primary function is not the storage of foodstuffs through refrigeration such as stand-alone ice-makers or chilled drinks dispensers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-20192016eu-sgm20218</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Energy Labeling of Cooling Devices with Direct Sales Function (2019/2018/EU) (SGM:2021/10)</t>
+  </si>
+  <si>
+    <t>This policy defines energy labeling requirements for refrigerating appliances with a direct sales function, including supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, small ice-cream freezers, gelato-scooping cabinets, and refrigerated vending machines. It does not apply to Minibars and wine storage appliances with sales functions. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2018 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council about energy labelling of refrigerating appliances with a direct sales function.</t>
   </si>
   <si>
     <t>Refrigerated Cabinets, Refrigerated Vending Machines</t>
   </si>
   <si>
     <t>EN 16901
 ,   
                     EN 16902
 ,   
                     EN 50597
 ,   
                     EN ISO 23953-2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-cooling-devices-direct-sales-function</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 |  Energy Labeling of Electronic Displays (2019/2013/EU) (SGM:2021/6)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on electronic displays, including televisions, monitors, and digital signage displays. This policy applies to electronic displays with a screen area greater than 100 square centimeters. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2013 .</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-energy-labeling-electronic-displays-20192013eu-sgm20216</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design of Household Washing Machines with Dryers</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing-0</t>
+    <t>This Regulation establishes eco-design requirements for the placing on the market of electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries, including those sold for non-household use. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-household-washing</t>
+  </si>
+  <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-3.htm</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices (2019/2019/EU) (SGM:2021/7)</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of electric mains-operated household refrigerating appliances with a storage volume up to 1500 litres.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Cooling Devices with Direct Sales Function (2019/2024/EU) (SGM:2021/9)</t>
   </si>
   <si>
+    <t>This policy applies to the following refrigerating appliances with a direct sales function: supermarket refrigerating (freezer or refrigerator) cabinets, beverage coolers, ice-cream freezers, gelato-scooping cabinets and refrigerated vending machines.</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-cooling-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Environmentally Friendly Design Requirements for Electronic Displays (2019/2021/EU) (SGM:2021/5)</t>
   </si>
   <si>
+    <t>This policy establishes a minimum energy performance standard for electronic displays, including televisions, monitors, and digital signage displays with a liquid crystal screen (LCD) and a screen area greater than 100 square centimeters. This policy is a transposition of Commission Regulation (EU) 2019/2021.</t>
+  </si>
+  <si>
     <t>High Energy Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-environmentally-friendly-design-requirements-electronic</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-5.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Home Type Dishwasher Energy of Machines Notification on Labeling (2019/2017/EU) (SGM:2021/2)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers.  This policy is a transposition of (EU) 2019/2017.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-home-type-dishwasher-energy-machines-notification</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-2.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31434 | Household Laundry Environmentally Friendly Design of Household Washing Machines and Dryers Communiqué on Requirements (2019/2023/EU) (SGM:2021/3)</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household washing machines and electric mains-operated household washing machines that can also be powered by batteries including those sold for non-household use and built-in household washing machines. This Regulation shall not apply to household combined washer-driers.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31434-household-laundry-environmentally-friendly-design</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/03/20210325M1-4.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Energy Labeling of Light Sources (2019/2015/EU) (SGM:2021/12)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the labeling of, and the provision of supplementary product information on, light sources with or without integrated control gear. The requirements also apply to light sources placed on the market in a containing product. This policy does not apply to light sources specified in points 1 and 2 of Annex IV of Commission Delegated Regulation (EU) 2019/2015. Light sources specified in point 3 of Annex IV must comply only with the requirements in point 4 of Annex V of Commission Delegated Regulation (EU) 2019/2015. This policy is a transposition of Commission Delegated Regulation (EU) 2019/2015.</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-energy-labeling-light-sources-20192015eu-sgm202112</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2021/08/20210806-16.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31560 | Environmentally Friendly Design Requirements for Light Sources and Separate Control Equipment (2019/2020/EU) (SGM:2021/11)</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance standards for light sources and separate control gears. It also applies to light sources and separate control gears placed on the market in a containing product. This policy does not apply to the following light sources: LED dies or LED chips; LED packages; products containing light source(s) from which these light source(s) can be removed for verification; light-emitting parts contained in a light source from which these parts cannot be removed for verification as a light source. The policy does not apply to the following control gear power supplies within the scope of Commission Regulation (EC) No 278/2009 and lighting control parts and non-lighting parts (as defined in Annex I). This policy is a transposition of Commission Regulation (EU) 2019/2020.</t>
+  </si>
+  <si>
     <t>Lamps, Tubular Lamps, Non-Directional lamps, Directional Lamps, Drivers/ Controls, Lighting Controls</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2019/2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31560-environmentally-friendly-design-requirements-light-0</t>
   </si>
   <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Solid Fuel Boilers and Packages of Solid Fuel Boilers, Additional Heaters, Temperature Control Devices and Solar Energy Devices (2015/1187/EU) (SGM: 2022/31)</t>
   </si>
   <si>
+    <t>This policy defines the energy labeling of and the provision of supplementary product information on solid fuel boilers with a rated heat output of 70 kW or less and packages of a solid fuel boiler with a rated heat output of 70 kW or less, supplementary heaters, temperature controls, and solar devices. It does not apply to boilers generating heat only for hot drinking or sanitary water; boilers for heating and distributing gaseous heat transfer media such as vapor or air; solid fuel cogeneration boilers with a maximum electrical capacity of 50 kW or more; non-woody biomass boilers. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1187.</t>
+  </si>
+  <si>
     <t>Electricity, Solar, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Delegated Regulation (EU) 2015/1187</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-solid-fuel-boilers-and-packages-solid</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-8.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Energy Labeling of Space Heaters (2015/1186/EU) (SGM: 2022/30)</t>
   </si>
   <si>
+    <t>This policy establishes requirements for the energy labeling of, and the provision of supplementary product information on local space heaters with a nominal heat output of 50 kW or less. This policy is a transposition of Commission Delegated Regulation (EU) 2015/1186.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>Biomass, Coal, Gas, LPG, Oil, Solid Fuel</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-energy-labeling-space-heaters-20151186eu-sgm-202230</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-7.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Boilers (2015/1189/EU) (SGM: 2022/33)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel boilers with a rated heat output of 500 kilowatts (‘kW’) or less, including those integrated in packages of a solid fuel boiler, supplementary heaters, temperature controls, and solar devices as defined in Article 2 of Delegated Regulation (EU) 2015/1187. This policy is a transposition of Commission Regulation (EU) 2015/1189.</t>
+  </si>
+  <si>
     <t>Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1189</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-0</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-10.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Solid Fuel Space Heaters (2015/1185/EU) (SGM: 2022/29)</t>
   </si>
   <si>
+    <t>This policy applies to solid fuel local space heaters with a nominal heat output of 50 kW or less. It does not apply to solid fuel local space heaters that are specified for the combustion of non-woody biomass only; solid fuel local space heaters that are specified for outdoor use only; solid fuel local space heaters of which the direct heat output is less than 6 % of the combined direct and indirect heat output at nominal heat output; solid fuel local space heaters that are not factory assembled, or are not provided as prefabricated components or parts by a single manufacturer which are to be assembled on site; air heating products; or sauna stoves. This policy is a transposition of Commission Regulation (EU) 2015/1185.</t>
+  </si>
+  <si>
     <t>Biomass, Solid Fuel</t>
   </si>
   <si>
     <t>Commission Regulation (EU) 2015/1185</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-solid-fuel</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-6.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No 31878 | Environmentally Friendly Design Requirements for Space Heaters (2015/1188/EU) (SGM: 2022/32)</t>
   </si>
   <si>
+    <t>This policy applies to local space heaters with a nominal heat output of 50 kW or less and commercial local space heaters with a nominal heat output of the product or of a single segment of 120 kW or less. This policy is a transposition of Commission Regulation (EU) 2015/1188.</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2015/1188</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-31878-environmentally-friendly-design-requirements-space</t>
   </si>
   <si>
+    <t>https://www.resmigazete.gov.tr/eskiler/2022/06/20220626-9.htm</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 26897</t>
   </si>
   <si>
+    <t>This Regulation provides minimum energy efficiency and labeling for new hot water boilers with nominal output power less than 4 kW and not more than 400 kW</t>
+  </si>
+  <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>Council Directive 92/42/EEC of 21 May 1992</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-26897</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/verimlilik/document/Sicaksu_Kazanlarinin_Verimlilik_Yonetmeligi.doc</t>
+  </si>
+  <si>
     <t>Turkish Official Gazette No. 29564 - Energy Labeling of Televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor</t>
+  </si>
+  <si>
     <t>EC 1062-2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/turkish-official-gazette-no-29564-energy-labeling-televisions</t>
   </si>
   <si>
+    <t>http://www.yegm.gov.tr/duyurular_haberler/document/TELEV%C4%B0ZYONLARIN%20ENERJ%C4%B0%20ET%C4%B0KETLEMES%C4%B0NE%20DA%C4%B0R%20TEBL%C4%B0%C4%9EDE%20DE%C4%9E%C4%B0%C5%9E%C4%B0KL%C4%B0K%20YAPILMASINA%20DA%C4%B0R%20TEBL%C4%B0%C4%9E.pdf</t>
+  </si>
+  <si>
     <t>UEVEP-E5 - implementing minimum performance standards for transformers</t>
+  </si>
+  <si>
+    <t>power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>Industrial Sector, Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/uevep-e5-implementing-minimum-performance-standards-transformers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1012,2467 +1322,2798 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N56"/>
+  <dimension ref="A1:P56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1702.156" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="72.982" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="301.926" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1985</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1984</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>1987</v>
+      </c>
+      <c r="I5">
+        <v>1988</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1989</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7">
+        <v>1988</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>1989</v>
+      </c>
+      <c r="I8">
+        <v>1991</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>1992</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1984</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1990</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1983</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>104</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>1986</v>
+      </c>
+      <c r="I17">
+        <v>1988</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1987</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>114</v>
+      </c>
+      <c r="P18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1987</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1986</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>124</v>
+      </c>
+      <c r="P20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>127</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1986</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1984</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>135</v>
+      </c>
+      <c r="M22" t="s">
+        <v>62</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>136</v>
+      </c>
+      <c r="P22" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>140</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>1999</v>
+      </c>
+      <c r="I23">
+        <v>2000</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>141</v>
+      </c>
+      <c r="M23" t="s">
+        <v>62</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>140</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>146</v>
+      </c>
+      <c r="M24" t="s">
+        <v>62</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>134</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>140</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>151</v>
+      </c>
+      <c r="M25" t="s">
+        <v>62</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>19</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>140</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>62</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>156</v>
+      </c>
+      <c r="P26" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>158</v>
+      </c>
+      <c r="B27" t="s">
+        <v>159</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>160</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>140</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2012</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>23</v>
+      </c>
+      <c r="K27" t="s">
+        <v>161</v>
+      </c>
+      <c r="L27" t="s">
+        <v>162</v>
+      </c>
+      <c r="M27" t="s">
+        <v>163</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>164</v>
+      </c>
+      <c r="P27" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>165</v>
+      </c>
+      <c r="B28" t="s">
+        <v>166</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
+        <v>168</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G28" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...22 lines deleted...]
-      <c r="F3" t="s">
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>169</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>170</v>
+      </c>
+      <c r="M28" t="s">
+        <v>171</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>172</v>
+      </c>
+      <c r="P28"/>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>173</v>
+      </c>
+      <c r="B29" t="s">
+        <v>174</v>
+      </c>
+      <c r="C29" t="s">
+        <v>167</v>
+      </c>
+      <c r="D29" t="s">
+        <v>175</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>140</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2015</v>
+      </c>
+      <c r="J29" t="s">
+        <v>176</v>
+      </c>
+      <c r="K29" t="s">
+        <v>161</v>
+      </c>
+      <c r="L29" t="s">
+        <v>177</v>
+      </c>
+      <c r="M29" t="s">
+        <v>171</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" t="s">
+        <v>175</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2015</v>
+      </c>
+      <c r="J30" t="s">
+        <v>176</v>
+      </c>
+      <c r="K30" t="s">
+        <v>161</v>
+      </c>
+      <c r="L30" t="s">
+        <v>182</v>
+      </c>
+      <c r="M30" t="s">
+        <v>171</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>183</v>
+      </c>
+      <c r="P30" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>184</v>
+      </c>
+      <c r="B31" t="s">
+        <v>185</v>
+      </c>
+      <c r="C31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" t="s">
+        <v>186</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>140</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2006</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>176</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>187</v>
+      </c>
+      <c r="M31" t="s">
+        <v>171</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>188</v>
+      </c>
+      <c r="P31" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" t="s">
+        <v>191</v>
+      </c>
+      <c r="C32" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" t="s">
+        <v>192</v>
+      </c>
+      <c r="E32" t="s">
+        <v>193</v>
+      </c>
+      <c r="F32" t="s">
+        <v>140</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>169</v>
+      </c>
+      <c r="K32" t="s">
+        <v>161</v>
+      </c>
+      <c r="L32" t="s">
+        <v>194</v>
+      </c>
+      <c r="M32" t="s">
+        <v>171</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>190</v>
+      </c>
+      <c r="B33" t="s">
+        <v>197</v>
+      </c>
+      <c r="C33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D33" t="s">
+        <v>192</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>2015</v>
+      </c>
+      <c r="I33">
+        <v>2017</v>
+      </c>
+      <c r="J33" t="s">
+        <v>169</v>
+      </c>
+      <c r="K33" t="s">
+        <v>161</v>
+      </c>
+      <c r="L33" t="s">
+        <v>198</v>
+      </c>
+      <c r="M33" t="s">
+        <v>171</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>199</v>
+      </c>
+      <c r="P33" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>200</v>
+      </c>
+      <c r="B34" t="s">
+        <v>201</v>
+      </c>
+      <c r="C34" t="s">
+        <v>167</v>
+      </c>
+      <c r="D34" t="s">
+        <v>31</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2015</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>169</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>202</v>
+      </c>
+      <c r="M34" t="s">
+        <v>171</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>203</v>
+      </c>
+      <c r="P34" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>204</v>
+      </c>
+      <c r="B35" t="s">
+        <v>205</v>
+      </c>
+      <c r="C35" t="s">
+        <v>167</v>
+      </c>
+      <c r="D35" t="s">
+        <v>31</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>140</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2015</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>176</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>206</v>
+      </c>
+      <c r="M35" t="s">
+        <v>171</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>207</v>
+      </c>
+      <c r="P35" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>209</v>
+      </c>
+      <c r="B36" t="s">
+        <v>210</v>
+      </c>
+      <c r="C36" t="s">
+        <v>167</v>
+      </c>
+      <c r="D36" t="s">
+        <v>118</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36">
+        <v>2021</v>
+      </c>
+      <c r="J36" t="s">
+        <v>169</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>211</v>
+      </c>
+      <c r="M36" t="s">
+        <v>171</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>212</v>
+      </c>
+      <c r="P36" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>215</v>
+      </c>
+      <c r="C37" t="s">
+        <v>167</v>
+      </c>
+      <c r="D37" t="s">
+        <v>43</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>140</v>
+      </c>
+      <c r="G37" t="s">
+        <v>44</v>
+      </c>
+      <c r="H37">
+        <v>2002</v>
+      </c>
+      <c r="I37">
+        <v>2021</v>
+      </c>
+      <c r="J37" t="s">
+        <v>169</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>216</v>
+      </c>
+      <c r="M37" t="s">
+        <v>171</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>217</v>
+      </c>
+      <c r="P37" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>219</v>
+      </c>
+      <c r="B38" t="s">
+        <v>220</v>
+      </c>
+      <c r="C38" t="s">
+        <v>167</v>
+      </c>
+      <c r="D38" t="s">
+        <v>221</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>140</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2021</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>169</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>222</v>
+      </c>
+      <c r="M38" t="s">
+        <v>171</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>223</v>
+      </c>
+      <c r="P38" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>225</v>
+      </c>
+      <c r="B39" t="s">
+        <v>226</v>
+      </c>
+      <c r="C39" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" t="s">
+        <v>227</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>140</v>
+      </c>
+      <c r="G39" t="s">
+        <v>228</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>169</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>229</v>
+      </c>
+      <c r="M39" t="s">
+        <v>171</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>230</v>
+      </c>
+      <c r="P39" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>232</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" t="s">
+        <v>134</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>44</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2021</v>
+      </c>
+      <c r="J40" t="s">
+        <v>169</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>211</v>
+      </c>
+      <c r="M40" t="s">
+        <v>171</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>234</v>
+      </c>
+      <c r="P40" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>236</v>
+      </c>
+      <c r="B41" t="s">
+        <v>237</v>
+      </c>
+      <c r="C41" t="s">
+        <v>167</v>
+      </c>
+      <c r="D41" t="s">
+        <v>43</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>44</v>
+      </c>
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41">
+        <v>2021</v>
+      </c>
+      <c r="J41" t="s">
+        <v>169</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>238</v>
+      </c>
+      <c r="M41" t="s">
+        <v>171</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>239</v>
+      </c>
+      <c r="P41" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>241</v>
+      </c>
+      <c r="B42" t="s">
+        <v>242</v>
+      </c>
+      <c r="C42" t="s">
+        <v>167</v>
+      </c>
+      <c r="D42" t="s">
+        <v>243</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>21</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>169</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>244</v>
+      </c>
+      <c r="M42" t="s">
+        <v>171</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>245</v>
+      </c>
+      <c r="P42" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>247</v>
+      </c>
+      <c r="B43" t="s">
+        <v>248</v>
+      </c>
+      <c r="C43" t="s">
+        <v>167</v>
+      </c>
+      <c r="D43" t="s">
+        <v>227</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>249</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>169</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>229</v>
+      </c>
+      <c r="M43" t="s">
+        <v>171</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>250</v>
+      </c>
+      <c r="P43" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>252</v>
+      </c>
+      <c r="B44" t="s">
+        <v>253</v>
+      </c>
+      <c r="C44" t="s">
+        <v>167</v>
+      </c>
+      <c r="D44" t="s">
+        <v>118</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>140</v>
+      </c>
+      <c r="G44" t="s">
+        <v>44</v>
+      </c>
+      <c r="H44">
+        <v>2002</v>
+      </c>
+      <c r="I44">
+        <v>2021</v>
+      </c>
+      <c r="J44" t="s">
+        <v>169</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>254</v>
+      </c>
+      <c r="M44" t="s">
+        <v>171</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>255</v>
+      </c>
+      <c r="P44" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>257</v>
+      </c>
+      <c r="B45" t="s">
+        <v>258</v>
+      </c>
+      <c r="C45" t="s">
+        <v>167</v>
+      </c>
+      <c r="D45" t="s">
+        <v>134</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>140</v>
+      </c>
+      <c r="G45" t="s">
+        <v>44</v>
+      </c>
+      <c r="H45">
+        <v>2002</v>
+      </c>
+      <c r="I45">
+        <v>2021</v>
+      </c>
+      <c r="J45" t="s">
+        <v>169</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>259</v>
+      </c>
+      <c r="M45" t="s">
+        <v>171</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>260</v>
+      </c>
+      <c r="P45" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>262</v>
+      </c>
+      <c r="B46" t="s">
+        <v>263</v>
+      </c>
+      <c r="C46" t="s">
+        <v>167</v>
+      </c>
+      <c r="D46" t="s">
         <v>19</v>
       </c>
-      <c r="G3">
-[...6 lines deleted...]
-      <c r="J3" t="s">
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>140</v>
+      </c>
+      <c r="G46" t="s">
+        <v>44</v>
+      </c>
+      <c r="H46">
+        <v>2002</v>
+      </c>
+      <c r="I46">
+        <v>2021</v>
+      </c>
+      <c r="J46" t="s">
+        <v>169</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>264</v>
+      </c>
+      <c r="M46" t="s">
+        <v>171</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>265</v>
+      </c>
+      <c r="P46" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>267</v>
+      </c>
+      <c r="B47" t="s">
+        <v>268</v>
+      </c>
+      <c r="C47" t="s">
+        <v>167</v>
+      </c>
+      <c r="D47" t="s">
+        <v>269</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G47" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...32 lines deleted...]
-      <c r="J4" t="s">
+      <c r="H47">
+        <v>2021</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
+        <v>169</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>270</v>
+      </c>
+      <c r="M47" t="s">
+        <v>171</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>271</v>
+      </c>
+      <c r="P47"/>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>267</v>
+      </c>
+      <c r="B48" t="s">
+        <v>268</v>
+      </c>
+      <c r="C48" t="s">
+        <v>167</v>
+      </c>
+      <c r="D48" t="s">
+        <v>269</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G48" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
-[...34 lines deleted...]
-      <c r="J5" t="s">
+      <c r="H48">
+        <v>2021</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>169</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>270</v>
+      </c>
+      <c r="M48" t="s">
+        <v>171</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>272</v>
+      </c>
+      <c r="P48"/>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>273</v>
+      </c>
+      <c r="B49" t="s">
+        <v>274</v>
+      </c>
+      <c r="C49" t="s">
+        <v>167</v>
+      </c>
+      <c r="D49" t="s">
+        <v>103</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>140</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2022</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>169</v>
+      </c>
+      <c r="K49" t="s">
+        <v>275</v>
+      </c>
+      <c r="L49" t="s">
+        <v>276</v>
+      </c>
+      <c r="M49" t="s">
+        <v>171</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>277</v>
+      </c>
+      <c r="P49" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>279</v>
+      </c>
+      <c r="B50" t="s">
+        <v>280</v>
+      </c>
+      <c r="C50" t="s">
+        <v>167</v>
+      </c>
+      <c r="D50" t="s">
+        <v>281</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>140</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>2022</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>169</v>
+      </c>
+      <c r="K50" t="s">
+        <v>282</v>
+      </c>
+      <c r="L50"/>
+      <c r="M50" t="s">
+        <v>171</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>283</v>
+      </c>
+      <c r="P50" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>285</v>
+      </c>
+      <c r="B51" t="s">
+        <v>286</v>
+      </c>
+      <c r="C51" t="s">
+        <v>167</v>
+      </c>
+      <c r="D51" t="s">
+        <v>103</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G51" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
-[...32 lines deleted...]
-      <c r="J6" t="s">
+      <c r="H51">
+        <v>2022</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>169</v>
+      </c>
+      <c r="K51" t="s">
+        <v>287</v>
+      </c>
+      <c r="L51" t="s">
+        <v>288</v>
+      </c>
+      <c r="M51" t="s">
+        <v>171</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>289</v>
+      </c>
+      <c r="P51" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>291</v>
+      </c>
+      <c r="B52" t="s">
+        <v>292</v>
+      </c>
+      <c r="C52" t="s">
+        <v>167</v>
+      </c>
+      <c r="D52" t="s">
+        <v>281</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G52" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...34 lines deleted...]
-      <c r="J7" t="s">
+      <c r="H52">
+        <v>2022</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>169</v>
+      </c>
+      <c r="K52" t="s">
+        <v>293</v>
+      </c>
+      <c r="L52" t="s">
+        <v>294</v>
+      </c>
+      <c r="M52" t="s">
+        <v>171</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>295</v>
+      </c>
+      <c r="P52" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>297</v>
+      </c>
+      <c r="B53" t="s">
+        <v>298</v>
+      </c>
+      <c r="C53" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" t="s">
+        <v>281</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
         <v>21</v>
       </c>
-      <c r="K7" t="s">
-[...2 lines deleted...]
-      <c r="L7" t="s">
+      <c r="G53" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
-[...2 lines deleted...]
-      <c r="N7" t="s">
+      <c r="H53">
+        <v>2022</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>169</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>299</v>
+      </c>
+      <c r="M53" t="s">
+        <v>171</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>300</v>
+      </c>
+      <c r="P53" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>302</v>
+      </c>
+      <c r="B54" t="s">
+        <v>303</v>
+      </c>
+      <c r="C54" t="s">
+        <v>167</v>
+      </c>
+      <c r="D54" t="s">
+        <v>82</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>304</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2008</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>176</v>
+      </c>
+      <c r="K54" t="s">
+        <v>305</v>
+      </c>
+      <c r="L54" t="s">
+        <v>306</v>
+      </c>
+      <c r="M54" t="s">
+        <v>171</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>307</v>
+      </c>
+      <c r="P54" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>309</v>
+      </c>
+      <c r="B55" t="s">
+        <v>310</v>
+      </c>
+      <c r="C55" t="s">
+        <v>167</v>
+      </c>
+      <c r="D55" t="s">
+        <v>61</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>140</v>
+      </c>
+      <c r="G55" t="s">
         <v>44</v>
       </c>
-    </row>
-[...28 lines deleted...]
-      <c r="J8" t="s">
+      <c r="H55">
+        <v>2012</v>
+      </c>
+      <c r="I55">
+        <v>2015</v>
+      </c>
+      <c r="J55" t="s">
+        <v>176</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>311</v>
+      </c>
+      <c r="M55" t="s">
+        <v>171</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>312</v>
+      </c>
+      <c r="P55" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>314</v>
+      </c>
+      <c r="B56" t="s">
+        <v>315</v>
+      </c>
+      <c r="C56" t="s">
+        <v>167</v>
+      </c>
+      <c r="D56" t="s">
+        <v>73</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...1487 lines deleted...]
-      <c r="A44" t="s">
+      <c r="G56" t="s">
+        <v>316</v>
+      </c>
+      <c r="H56"/>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>176</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
         <v>171</v>
       </c>
-      <c r="B44" t="s">
-[...538 lines deleted...]
-      </c>
       <c r="N56" t="s">
-        <v>215</v>
-      </c>
+        <v>317</v>
+      </c>
+      <c r="O56" t="s">
+        <v>318</v>
+      </c>
+      <c r="P56"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>