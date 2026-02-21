--- v0 (2025-12-10)
+++ v1 (2026-02-21)
@@ -4259,51 +4259,51 @@
       </c>
       <c r="P52" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
         <v>313</v>
       </c>
       <c r="B53" t="s">
         <v>314</v>
       </c>
       <c r="C53" t="s">
         <v>18</v>
       </c>
       <c r="D53" t="s">
         <v>315</v>
       </c>
       <c r="E53" t="s">
         <v>20</v>
       </c>
       <c r="F53" t="s">
         <v>38</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H53">
         <v>2021</v>
       </c>
       <c r="I53">
         <v>2024</v>
       </c>
       <c r="J53" t="s">
         <v>316</v>
       </c>
       <c r="K53" t="s">
         <v>24</v>
       </c>
       <c r="L53" t="s">
         <v>317</v>
       </c>
       <c r="M53" t="s">
         <v>25</v>
       </c>
       <c r="N53" t="s">
         <v>26</v>
       </c>
       <c r="O53" t="s">
         <v>318</v>
       </c>