--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,578 +12,792 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="234">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>BDS 101:1991 Electric boiling plates for domestic use</t>
   </si>
   <si>
+    <t>Requirements for electric boiling plates, open type and enclose type intended for operation on AC and DC circuits having voltage rating not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bangladesh Standards and Testing Institute</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-1011991-electric-boiling-plates-domestic-use</t>
   </si>
   <si>
+    <t>https://bsti.portal.gov.bd/sites/default/files/files/bsti.portal.gov.bd/page/c82bd863_c051_46ce_af11_eb5bec479d5b/BSTI%20Standards%20Catalogue-2018%20(1).pdf</t>
+  </si>
+  <si>
     <t>BDS 1139:1986</t>
   </si>
   <si>
+    <t>This standard covers three-phase induction motors for voltages up to and including 11000 V and</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-11391986</t>
   </si>
   <si>
+    <t>https://www.bstibds.com/single_product/4919</t>
+  </si>
+  <si>
     <t>BDS 1761:2006 Specification for energy efficiency rating for self-ballasted lamps</t>
   </si>
   <si>
+    <t>Specifices requirements for energy efficiency labeling of self ballasted lamps operating on mains supply of 230 V, a.c 50 Hz nominal, and method of measurement of electrical consumption and luminous flux for determination of efficiency if the lamps for the purpose of energy efficiency labeling</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>BDS 1761:2006 EBDS-1734: 2003 or its revision; BDS-1735: 2003 or its revision; BDS-1761: 2006 or its revision</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612006-specification-energy-efficiency-rating-self-ballasted-lamps</t>
   </si>
   <si>
+    <t>http://sreda.gov.bd/files/EEC_Master_Plan_SREDA.pdf</t>
+  </si>
+  <si>
     <t>BDS 1761:2013 (1st revision)</t>
   </si>
   <si>
+    <t>Energy efficiency rating for self-ballasted lamps (integral type compact florescent lamps)</t>
+  </si>
+  <si>
+    <t>BDS 1734:2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision-0</t>
+  </si>
+  <si>
+    <t>Ballast for tubular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>BDS 1724:2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-17612013-1st-revision</t>
   </si>
   <si>
-    <t>BDS 1734:2003</t>
-[...4 lines deleted...]
-  <si>
     <t>BDS 17:2006 Tungsten filament lamps for domestic and similar general lighting purposes (Third Revision)</t>
   </si>
   <si>
+    <t>Applies to incandescent lamps for general lighting for those lamps of 25 W to 200 W rating, 100 V to 250 V with a nominal life of 1000 hours. Also describes methods of test.</t>
+  </si>
+  <si>
     <t>BDS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-172006-tungsten-filament-lamps-domestic-and-similar-general-lighting-purposes-third</t>
   </si>
   <si>
     <t>BDS 1849:2012</t>
   </si>
   <si>
+    <t>This standard covers the methods of determining the performance of self-contained Refrigerators/Freezers intended for household use.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISO 7371; AS1430; AS 2575.2; SL 1230</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18492012</t>
   </si>
   <si>
     <t>BDS 1850:2012 Energy efficiency rating of household refrigerators, refrigerator-freezers and freezers</t>
   </si>
   <si>
+    <t>This section of the standard specifies requirements for energy efficiency labeling of household electric refrigerators 'of the vapour compression type, together with a test method for determining the energy consumption of refrigerators that are capable of complying.</t>
+  </si>
+  <si>
     <t>BDS-1850 : 2012 (Energy Efficiency rating) ,BDS 1849 : 2011 (Performance standards)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18502012-energy-efficiency-rating-household-refrigerators-refrigerator-freezers-and</t>
   </si>
   <si>
     <t>BDS 1852:2012 Performance of air conditioners and heat pumps — energy labelling and minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the energy labelling requirements for single-phase non-ducted air conditioners of the vapour compression type and the minimum energy performance standard (MEPS) requirements for single-phase and three-phase air conditioners of the vapour compression type up to a rated total cooling capacity of 65 kW that fall within the scope of AS/NZS 3823.1,1, AS/NZS 3823.1.2 or AS/NZS 3823, 1.3</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>BDS ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18522012-performance-air-conditioners-and-heat-pumps-energy-labelling-and-minimum</t>
   </si>
   <si>
     <t>BDS 1853:2012 Performance of close control air conditioners — minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This Standard specifies the minimum energy performance standard (MEPS) requirements for close control air conditioners that fall in the scope of ASINZS 4965.1.This Standard does not specify electrical safety requirements.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>BDS ISO 5151:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18532012-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>BDS 1860:2012 Minimum allowable values of energy efficiency and energy efficiency grades for ac electric fan</t>
   </si>
   <si>
+    <t>Specifies the energy efficiency grades, allowable values of energy efficiency, evaluating values of energy conservation, test methods and inspection rules for AC fans. This standard is applicable to desk fan, box fan, wall fan, slide fan, floor fan and ceiling fan that the rated voltage not exceeding 250 V, other rated voltage not exceeding 480 V and driven by AC motors.</t>
+  </si>
+  <si>
     <t>Ceiling Fans</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-18602012-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-ac</t>
   </si>
   <si>
     <t>BDS 252:1990 Portable electric immersion water heaters for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Requirements for portable immersion heaters having voltages not exceeding 250 volts. It also covers the rated voltage, rated wattage and tests.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2521990-portable-electric-immersion-water-heaters-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 253:1990 Electric kettles for domestic use (First Revision)</t>
   </si>
   <si>
+    <t>Minimum requirements for electric kettles with metalic bodies meant for domestic use and having voltages not exceeding 250 volts.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2531990-electric-kettles-domestic-use-first-revision</t>
   </si>
   <si>
     <t>BDS 290:1990 Portable electric radiator for domestic use</t>
   </si>
   <si>
+    <t>This policy establishes requirements for portable radiators with voltage less than 250 volts.</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-2901990-portable-electric-radiator-domestic-use</t>
   </si>
   <si>
     <t>BDS 563:1965 Electrical performance of power transformers</t>
   </si>
   <si>
+    <t>Covers power transformers</t>
+  </si>
+  <si>
     <t>Internal Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/bds-5631965-electrical-performance-power-transformers</t>
   </si>
   <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -847,1857 +1061,2112 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N42"/>
+  <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="129.683" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="186.24" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1991</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3">
+        <v>1986</v>
+      </c>
+      <c r="I3">
+        <v>2006</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>39</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...3 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
         <v>22</v>
-      </c>
-[...69 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H5">
         <v>2013</v>
       </c>
-      <c r="I5" t="s">
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
         <v>37</v>
       </c>
-      <c r="L5" t="s">
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H7">
+        <v>2006</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>53</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>59</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>39</v>
+      </c>
+      <c r="G9" t="s">
+        <v>32</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9">
+        <v>2016</v>
+      </c>
+      <c r="J9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>63</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>64</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>68</v>
+      </c>
+      <c r="G10" t="s">
+        <v>32</v>
+      </c>
+      <c r="H10">
+        <v>2012</v>
+      </c>
+      <c r="I10">
+        <v>2016</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>69</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>70</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>74</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>75</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>76</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>32</v>
+      </c>
+      <c r="H12">
+        <v>1998</v>
+      </c>
+      <c r="I12">
+        <v>2012</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>79</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1990</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>83</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>84</v>
+      </c>
+      <c r="B14" t="s">
+        <v>85</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>86</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1990</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>87</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B15" t="s">
+        <v>89</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>90</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1990</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>91</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>95</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>96</v>
+      </c>
+      <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" t="s">
+        <v>37</v>
+      </c>
+      <c r="E17" t="s">
         <v>38</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F6" t="s">
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2011</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>99</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>100</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>101</v>
+      </c>
+      <c r="P17" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>103</v>
+      </c>
+      <c r="B18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>105</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1985</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>99</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>106</v>
+      </c>
+      <c r="M18" t="s">
+        <v>100</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>107</v>
+      </c>
+      <c r="P18" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>109</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>98</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G6">
-[...9 lines deleted...]
-      <c r="K6" t="s">
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1984</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>99</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>111</v>
+      </c>
+      <c r="M19" t="s">
+        <v>100</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>112</v>
+      </c>
+      <c r="P19" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>114</v>
+      </c>
+      <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" t="s">
+        <v>57</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>32</v>
+      </c>
+      <c r="H20">
+        <v>1987</v>
+      </c>
+      <c r="I20">
+        <v>1988</v>
+      </c>
+      <c r="J20" t="s">
+        <v>99</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>100</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>116</v>
+      </c>
+      <c r="P20" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>118</v>
+      </c>
+      <c r="B21" t="s">
+        <v>119</v>
+      </c>
+      <c r="C21" t="s">
+        <v>98</v>
+      </c>
+      <c r="D21" t="s">
+        <v>120</v>
+      </c>
+      <c r="E21" t="s">
+        <v>38</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1989</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>121</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>100</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>122</v>
+      </c>
+      <c r="P21" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>124</v>
+      </c>
+      <c r="B22" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" t="s">
+        <v>98</v>
+      </c>
+      <c r="D22" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" t="s">
+        <v>38</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>32</v>
+      </c>
+      <c r="H22">
+        <v>1987</v>
+      </c>
+      <c r="I22">
+        <v>1988</v>
+      </c>
+      <c r="J22" t="s">
+        <v>99</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>127</v>
+      </c>
+      <c r="M22" t="s">
+        <v>100</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>128</v>
+      </c>
+      <c r="P22" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" t="s">
+        <v>131</v>
+      </c>
+      <c r="C23" t="s">
+        <v>98</v>
+      </c>
+      <c r="D23" t="s">
+        <v>132</v>
+      </c>
+      <c r="E23" t="s">
+        <v>38</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>32</v>
+      </c>
+      <c r="H23">
+        <v>1989</v>
+      </c>
+      <c r="I23">
+        <v>1991</v>
+      </c>
+      <c r="J23" t="s">
+        <v>99</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>133</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>134</v>
+      </c>
+      <c r="P23" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>136</v>
+      </c>
+      <c r="B24" t="s">
+        <v>137</v>
+      </c>
+      <c r="C24" t="s">
+        <v>98</v>
+      </c>
+      <c r="D24" t="s">
+        <v>138</v>
+      </c>
+      <c r="E24" t="s">
+        <v>38</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>32</v>
+      </c>
+      <c r="H24">
+        <v>1989</v>
+      </c>
+      <c r="I24">
+        <v>2015</v>
+      </c>
+      <c r="J24" t="s">
+        <v>139</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>100</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>140</v>
+      </c>
+      <c r="P24" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>142</v>
+      </c>
+      <c r="B25" t="s">
+        <v>143</v>
+      </c>
+      <c r="C25" t="s">
+        <v>98</v>
+      </c>
+      <c r="D25" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" t="s">
+        <v>38</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>32</v>
+      </c>
+      <c r="H25">
+        <v>1989</v>
+      </c>
+      <c r="I25">
+        <v>1992</v>
+      </c>
+      <c r="J25" t="s">
+        <v>139</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>100</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>145</v>
+      </c>
+      <c r="P25" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>147</v>
+      </c>
+      <c r="B26" t="s">
+        <v>148</v>
+      </c>
+      <c r="C26" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" t="s">
+        <v>138</v>
+      </c>
+      <c r="E26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
+        <v>1989</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>99</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>100</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>149</v>
+      </c>
+      <c r="P26" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" t="s">
+        <v>152</v>
+      </c>
+      <c r="C27" t="s">
+        <v>98</v>
+      </c>
+      <c r="D27" t="s">
+        <v>153</v>
+      </c>
+      <c r="E27" t="s">
+        <v>38</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>1984</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>99</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>154</v>
+      </c>
+      <c r="M27" t="s">
+        <v>100</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>155</v>
+      </c>
+      <c r="P27" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>157</v>
+      </c>
+      <c r="B28" t="s">
+        <v>158</v>
+      </c>
+      <c r="C28" t="s">
+        <v>98</v>
+      </c>
+      <c r="D28" t="s">
+        <v>159</v>
+      </c>
+      <c r="E28" t="s">
+        <v>38</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1990</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>99</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>100</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>160</v>
+      </c>
+      <c r="P28" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>162</v>
+      </c>
+      <c r="B29" t="s">
+        <v>163</v>
+      </c>
+      <c r="C29" t="s">
+        <v>98</v>
+      </c>
+      <c r="D29" t="s">
+        <v>138</v>
+      </c>
+      <c r="E29" t="s">
+        <v>38</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>1989</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>99</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>100</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>164</v>
+      </c>
+      <c r="P29" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>166</v>
+      </c>
+      <c r="B30" t="s">
+        <v>167</v>
+      </c>
+      <c r="C30" t="s">
+        <v>98</v>
+      </c>
+      <c r="D30" t="s">
+        <v>168</v>
+      </c>
+      <c r="E30" t="s">
+        <v>38</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>1983</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>99</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>169</v>
+      </c>
+      <c r="M30" t="s">
+        <v>100</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>170</v>
+      </c>
+      <c r="P30" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>172</v>
+      </c>
+      <c r="B31" t="s">
+        <v>173</v>
+      </c>
+      <c r="C31" t="s">
+        <v>98</v>
+      </c>
+      <c r="D31" t="s">
+        <v>174</v>
+      </c>
+      <c r="E31" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2011</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>99</v>
+      </c>
+      <c r="K31" t="s">
+        <v>175</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>100</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>176</v>
+      </c>
+      <c r="P31" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>178</v>
+      </c>
+      <c r="B32" t="s">
+        <v>179</v>
+      </c>
+      <c r="C32" t="s">
+        <v>98</v>
+      </c>
+      <c r="D32" t="s">
+        <v>73</v>
+      </c>
+      <c r="E32" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>32</v>
+      </c>
+      <c r="H32">
+        <v>1986</v>
+      </c>
+      <c r="I32">
+        <v>1988</v>
+      </c>
+      <c r="J32" t="s">
+        <v>99</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>100</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>180</v>
+      </c>
+      <c r="P32" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>182</v>
+      </c>
+      <c r="B33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C33" t="s">
+        <v>98</v>
+      </c>
+      <c r="D33" t="s">
+        <v>120</v>
+      </c>
+      <c r="E33" t="s">
+        <v>38</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1987</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>121</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33"/>
+      <c r="M33" t="s">
+        <v>100</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>184</v>
+      </c>
+      <c r="P33" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>186</v>
+      </c>
+      <c r="B34" t="s">
+        <v>187</v>
+      </c>
+      <c r="C34" t="s">
+        <v>98</v>
+      </c>
+      <c r="D34" t="s">
+        <v>188</v>
+      </c>
+      <c r="E34" t="s">
+        <v>38</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>1987</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>99</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34"/>
+      <c r="M34" t="s">
+        <v>100</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>189</v>
+      </c>
+      <c r="P34" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>191</v>
+      </c>
+      <c r="B35" t="s">
+        <v>192</v>
+      </c>
+      <c r="C35" t="s">
+        <v>98</v>
+      </c>
+      <c r="D35" t="s">
+        <v>193</v>
+      </c>
+      <c r="E35" t="s">
+        <v>38</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>1986</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>99</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35"/>
+      <c r="M35" t="s">
+        <v>100</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>194</v>
+      </c>
+      <c r="P35" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>196</v>
+      </c>
+      <c r="B36" t="s">
+        <v>197</v>
+      </c>
+      <c r="C36" t="s">
+        <v>98</v>
+      </c>
+      <c r="D36" t="s">
+        <v>198</v>
+      </c>
+      <c r="E36" t="s">
+        <v>38</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>1986</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>99</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>199</v>
+      </c>
+      <c r="M36" t="s">
+        <v>100</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>200</v>
+      </c>
+      <c r="P36" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>202</v>
+      </c>
+      <c r="B37" t="s">
+        <v>203</v>
+      </c>
+      <c r="C37" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" t="s">
+        <v>204</v>
+      </c>
+      <c r="E37" t="s">
+        <v>38</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>1984</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>99</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>205</v>
+      </c>
+      <c r="M37" t="s">
+        <v>133</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>206</v>
+      </c>
+      <c r="P37" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>208</v>
+      </c>
+      <c r="B38" t="s">
+        <v>209</v>
+      </c>
+      <c r="C38" t="s">
+        <v>98</v>
+      </c>
+      <c r="D38" t="s">
+        <v>37</v>
+      </c>
+      <c r="E38" t="s">
+        <v>38</v>
+      </c>
+      <c r="F38" t="s">
         <v>39</v>
       </c>
-      <c r="L6" t="s">
+      <c r="G38" t="s">
+        <v>32</v>
+      </c>
+      <c r="H38">
+        <v>1999</v>
+      </c>
+      <c r="I38">
+        <v>2000</v>
+      </c>
+      <c r="J38" t="s">
+        <v>99</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>210</v>
+      </c>
+      <c r="M38" t="s">
+        <v>133</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>211</v>
+      </c>
+      <c r="P38" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>213</v>
+      </c>
+      <c r="B39" t="s">
+        <v>214</v>
+      </c>
+      <c r="C39" t="s">
+        <v>98</v>
+      </c>
+      <c r="D39" t="s">
+        <v>57</v>
+      </c>
+      <c r="E39" t="s">
+        <v>38</v>
+      </c>
+      <c r="F39" t="s">
+        <v>39</v>
+      </c>
+      <c r="G39" t="s">
+        <v>32</v>
+      </c>
+      <c r="H39">
+        <v>2011</v>
+      </c>
+      <c r="I39">
+        <v>2014</v>
+      </c>
+      <c r="J39" t="s">
+        <v>99</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>215</v>
+      </c>
+      <c r="M39" t="s">
+        <v>133</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>216</v>
+      </c>
+      <c r="P39" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>218</v>
+      </c>
+      <c r="B40" t="s">
+        <v>219</v>
+      </c>
+      <c r="C40" t="s">
+        <v>98</v>
+      </c>
+      <c r="D40" t="s">
+        <v>204</v>
+      </c>
+      <c r="E40" t="s">
+        <v>38</v>
+      </c>
+      <c r="F40" t="s">
+        <v>39</v>
+      </c>
+      <c r="G40" t="s">
+        <v>32</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40">
+        <v>2014</v>
+      </c>
+      <c r="J40" t="s">
+        <v>99</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>220</v>
+      </c>
+      <c r="M40" t="s">
+        <v>133</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>221</v>
+      </c>
+      <c r="P40" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>223</v>
+      </c>
+      <c r="B41" t="s">
+        <v>224</v>
+      </c>
+      <c r="C41" t="s">
+        <v>98</v>
+      </c>
+      <c r="D41" t="s">
+        <v>37</v>
+      </c>
+      <c r="E41" t="s">
+        <v>38</v>
+      </c>
+      <c r="F41" t="s">
+        <v>39</v>
+      </c>
+      <c r="G41" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
-[...38 lines deleted...]
-      <c r="L7" t="s">
+      <c r="H41">
+        <v>2011</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>99</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>133</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>225</v>
+      </c>
+      <c r="P41" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>227</v>
+      </c>
+      <c r="B42" t="s">
+        <v>228</v>
+      </c>
+      <c r="C42" t="s">
+        <v>98</v>
+      </c>
+      <c r="D42" t="s">
+        <v>229</v>
+      </c>
+      <c r="E42" t="s">
+        <v>38</v>
+      </c>
+      <c r="F42" t="s">
+        <v>39</v>
+      </c>
+      <c r="G42" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
-[...25 lines deleted...]
-      <c r="G8">
+      <c r="H42">
         <v>2012</v>
       </c>
-      <c r="H8"/>
-[...608 lines deleted...]
-      <c r="C23" t="s">
+      <c r="I42"/>
+      <c r="J42" t="s">
         <v>99</v>
       </c>
-      <c r="D23" t="s">
-[...805 lines deleted...]
-      </c>
       <c r="K42" t="s">
-        <v>160</v>
+        <v>230</v>
       </c>
       <c r="L42" t="s">
-        <v>161</v>
+        <v>231</v>
       </c>
       <c r="M42" t="s">
-        <v>23</v>
+        <v>232</v>
       </c>
       <c r="N42" t="s">
-        <v>162</v>
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>233</v>
+      </c>
+      <c r="P42" t="s">
+        <v>226</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>