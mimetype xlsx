--- v0 (2025-12-11)
+++ v1 (2026-02-05)
@@ -2655,51 +2655,51 @@
       </c>
       <c r="P28" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
         <v>178</v>
       </c>
       <c r="B29" t="s">
         <v>179</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>180</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>38</v>
       </c>
       <c r="G29" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H29">
         <v>2021</v>
       </c>
       <c r="I29">
         <v>2024</v>
       </c>
       <c r="J29" t="s">
         <v>181</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
       <c r="L29" t="s">
         <v>182</v>
       </c>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
         <v>183</v>
       </c>