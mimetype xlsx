--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,685 +12,977 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="293">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Mandatory Energy Efficiency Labelling Scheme (MEELS)</t>
   </si>
   <si>
+    <t>MEELS now covers eight types of prescribed products, including:,Room air conditioners (with rated cooling capacity not exceeding 7.5 kilowatts), refrigerating appliances (with rated total storage volume not exceeding 500 litres), compact fluorescent lamps (with rated wattage up to 60 watts), washing machines (with rated washing capacity not exceeding 10 kg), dehumidifiers (with rated dehumidifying capacity not exceeding 35 litres per day), televisions (with rated visible diagonal screen size exceeding 50 cm but not exceeding 250 cm), induction cookers (with rated power not less than 700 watts but not exceeding 3 500 watts for each heating unit, and with total rated power not exceeding 7 000 watts), and storage type electric water heaters (with rated water storage capacity not exceeding 50 litres). All these eight prescribed products for supply in Hong Kong are required to be listed models with reference numbers and bear energy labels.</t>
+  </si>
+  <si>
     <t>Televisions, Dehumidifiers, Induction Cookstoves or Hobs, Clothes Dryers, Washing Machines, Non-Directional lamps, Directional Lamps, Room ACs - Stationary ACs, Storage Water Heaters, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Examples are IEC 62552; IEC 62087, IEC 62301; IEC60379</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)-…</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/mandatory-energy-efficiency-labelling-scheme-meels</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/energylabel/en/doc/Code%20of%20Practice%202020_Eng%20(To%20be%20gazetted%20on%205.6.2020)%2020200601.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -954,2195 +1246,2492 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N49"/>
+  <dimension ref="A1:P49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1119.441" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="152.106" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2000</v>
+      </c>
+      <c r="I2">
+        <v>2021</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1995</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1996</v>
+      </c>
+      <c r="I4">
+        <v>2021</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2003</v>
+      </c>
+      <c r="I5">
+        <v>2022</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1997</v>
+      </c>
+      <c r="I6">
+        <v>2021</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>51</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" t="s">
+        <v>59</v>
+      </c>
+      <c r="H7">
+        <v>2011</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>61</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>62</v>
+      </c>
+      <c r="P7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D8" t="s">
+        <v>66</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>58</v>
+      </c>
+      <c r="G8" t="s">
+        <v>59</v>
+      </c>
+      <c r="H8">
+        <v>1985</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>60</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>67</v>
+      </c>
+      <c r="M8" t="s">
+        <v>61</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>56</v>
+      </c>
+      <c r="D9" t="s">
+        <v>72</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9">
+        <v>1984</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>60</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>73</v>
+      </c>
+      <c r="M9" t="s">
+        <v>61</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>74</v>
+      </c>
+      <c r="P9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>78</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>58</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1987</v>
+      </c>
+      <c r="I10">
+        <v>1988</v>
+      </c>
+      <c r="J10" t="s">
+        <v>60</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>61</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>79</v>
+      </c>
+      <c r="P10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" t="s">
+        <v>59</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>61</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>56</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>58</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1987</v>
+      </c>
+      <c r="I12">
+        <v>1988</v>
+      </c>
+      <c r="J12" t="s">
+        <v>60</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>90</v>
+      </c>
+      <c r="M12" t="s">
+        <v>61</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>56</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>58</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1989</v>
+      </c>
+      <c r="I13">
+        <v>1991</v>
+      </c>
+      <c r="J13" t="s">
+        <v>60</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>95</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>98</v>
+      </c>
+      <c r="B14" t="s">
+        <v>99</v>
+      </c>
+      <c r="C14" t="s">
+        <v>56</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>58</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>101</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>61</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B15" t="s">
+        <v>105</v>
+      </c>
+      <c r="C15" t="s">
+        <v>56</v>
+      </c>
+      <c r="D15" t="s">
+        <v>106</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>58</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1989</v>
+      </c>
+      <c r="I15">
+        <v>1992</v>
+      </c>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>61</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>107</v>
+      </c>
+      <c r="P15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>109</v>
+      </c>
+      <c r="B16" t="s">
+        <v>110</v>
+      </c>
+      <c r="C16" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>58</v>
+      </c>
+      <c r="G16" t="s">
+        <v>59</v>
+      </c>
+      <c r="H16">
+        <v>1989</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>60</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>61</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>111</v>
+      </c>
+      <c r="P16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>113</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>56</v>
+      </c>
+      <c r="D17" t="s">
+        <v>115</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G17" t="s">
+        <v>59</v>
+      </c>
+      <c r="H17">
+        <v>1984</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>60</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>116</v>
+      </c>
+      <c r="M17" t="s">
+        <v>61</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>117</v>
+      </c>
+      <c r="P17" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" t="s">
+        <v>121</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>58</v>
+      </c>
+      <c r="G18" t="s">
+        <v>59</v>
+      </c>
+      <c r="H18">
+        <v>1990</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>60</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>61</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>124</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19" t="s">
+        <v>100</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>58</v>
+      </c>
+      <c r="G19" t="s">
+        <v>59</v>
+      </c>
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>60</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>61</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>126</v>
+      </c>
+      <c r="P19" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>128</v>
+      </c>
+      <c r="B20" t="s">
+        <v>129</v>
+      </c>
+      <c r="C20" t="s">
+        <v>56</v>
+      </c>
+      <c r="D20" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>58</v>
+      </c>
+      <c r="G20" t="s">
+        <v>59</v>
+      </c>
+      <c r="H20">
+        <v>1983</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>60</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>61</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>56</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>58</v>
+      </c>
+      <c r="G21" t="s">
+        <v>59</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>60</v>
+      </c>
+      <c r="K21" t="s">
+        <v>137</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>61</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C22" t="s">
+        <v>56</v>
+      </c>
+      <c r="D22" t="s">
+        <v>38</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>58</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1986</v>
+      </c>
+      <c r="I22">
+        <v>1988</v>
+      </c>
+      <c r="J22" t="s">
+        <v>60</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>61</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>144</v>
+      </c>
+      <c r="B23" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" t="s">
+        <v>56</v>
+      </c>
+      <c r="D23" t="s">
+        <v>83</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>58</v>
+      </c>
+      <c r="G23" t="s">
+        <v>59</v>
+      </c>
+      <c r="H23">
+        <v>1987</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>84</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>61</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>146</v>
+      </c>
+      <c r="P23" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>148</v>
+      </c>
+      <c r="B24" t="s">
+        <v>149</v>
+      </c>
+      <c r="C24" t="s">
+        <v>56</v>
+      </c>
+      <c r="D24" t="s">
+        <v>150</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>58</v>
+      </c>
+      <c r="G24" t="s">
+        <v>59</v>
+      </c>
+      <c r="H24">
+        <v>1987</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>60</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>61</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P24" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>153</v>
+      </c>
+      <c r="B25" t="s">
+        <v>154</v>
+      </c>
+      <c r="C25" t="s">
+        <v>56</v>
+      </c>
+      <c r="D25" t="s">
+        <v>155</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>58</v>
+      </c>
+      <c r="G25" t="s">
+        <v>59</v>
+      </c>
+      <c r="H25">
+        <v>1986</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>60</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>61</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>156</v>
+      </c>
+      <c r="P25" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>158</v>
+      </c>
+      <c r="B26" t="s">
+        <v>159</v>
+      </c>
+      <c r="C26" t="s">
+        <v>56</v>
+      </c>
+      <c r="D26" t="s">
+        <v>160</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>58</v>
+      </c>
+      <c r="G26" t="s">
+        <v>59</v>
+      </c>
+      <c r="H26">
+        <v>1986</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>60</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>161</v>
+      </c>
+      <c r="M26" t="s">
+        <v>61</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>162</v>
+      </c>
+      <c r="P26" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>164</v>
+      </c>
+      <c r="B27" t="s">
+        <v>165</v>
+      </c>
+      <c r="C27" t="s">
+        <v>56</v>
+      </c>
+      <c r="D27" t="s">
+        <v>50</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>58</v>
+      </c>
+      <c r="G27" t="s">
+        <v>59</v>
+      </c>
+      <c r="H27">
+        <v>1984</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>60</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>166</v>
+      </c>
+      <c r="M27" t="s">
+        <v>95</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>167</v>
+      </c>
+      <c r="P27" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>169</v>
+      </c>
+      <c r="B28" t="s">
+        <v>170</v>
+      </c>
+      <c r="C28" t="s">
+        <v>56</v>
+      </c>
+      <c r="D28" t="s">
+        <v>57</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>171</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>1999</v>
+      </c>
+      <c r="I28">
         <v>2000</v>
       </c>
-      <c r="H2">
-[...5 lines deleted...]
-      <c r="J2" t="s">
+      <c r="J28" t="s">
+        <v>60</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>172</v>
+      </c>
+      <c r="M28" t="s">
+        <v>95</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>173</v>
+      </c>
+      <c r="P28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>175</v>
+      </c>
+      <c r="B29" t="s">
+        <v>176</v>
+      </c>
+      <c r="C29" t="s">
+        <v>56</v>
+      </c>
+      <c r="D29" t="s">
+        <v>78</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>171</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2011</v>
+      </c>
+      <c r="I29">
+        <v>2014</v>
+      </c>
+      <c r="J29" t="s">
+        <v>60</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>177</v>
+      </c>
+      <c r="M29" t="s">
+        <v>95</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>180</v>
+      </c>
+      <c r="B30" t="s">
+        <v>181</v>
+      </c>
+      <c r="C30" t="s">
+        <v>56</v>
+      </c>
+      <c r="D30" t="s">
+        <v>50</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>171</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2014</v>
+      </c>
+      <c r="J30" t="s">
+        <v>60</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>182</v>
+      </c>
+      <c r="M30" t="s">
+        <v>95</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>183</v>
+      </c>
+      <c r="P30" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>185</v>
+      </c>
+      <c r="B31" t="s">
+        <v>186</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>187</v>
+      </c>
+      <c r="E31" t="s">
+        <v>188</v>
+      </c>
+      <c r="F31" t="s">
+        <v>189</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2008</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
+      <c r="J31" t="s">
+        <v>190</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>191</v>
+      </c>
+      <c r="M31" t="s">
+        <v>192</v>
+      </c>
+      <c r="N31" t="s">
+        <v>193</v>
+      </c>
+      <c r="O31" t="s">
+        <v>194</v>
+      </c>
+      <c r="P31" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>196</v>
+      </c>
+      <c r="B32" t="s">
+        <v>197</v>
+      </c>
+      <c r="C32" t="s">
+        <v>56</v>
+      </c>
+      <c r="D32" t="s">
+        <v>57</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>171</v>
+      </c>
+      <c r="G32" t="s">
+        <v>59</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>60</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>95</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>198</v>
+      </c>
+      <c r="P32" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>200</v>
+      </c>
+      <c r="B33" t="s">
+        <v>201</v>
+      </c>
+      <c r="C33" t="s">
+        <v>56</v>
+      </c>
+      <c r="D33" t="s">
+        <v>202</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>171</v>
+      </c>
+      <c r="G33" t="s">
+        <v>59</v>
+      </c>
+      <c r="H33">
+        <v>2012</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>60</v>
+      </c>
+      <c r="K33" t="s">
+        <v>203</v>
+      </c>
+      <c r="L33" t="s">
+        <v>204</v>
+      </c>
+      <c r="M33" t="s">
+        <v>205</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>206</v>
+      </c>
+      <c r="P33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>207</v>
+      </c>
+      <c r="B34" t="s">
+        <v>208</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>83</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G34" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H34">
+        <v>2004</v>
+      </c>
+      <c r="I34">
+        <v>2020</v>
+      </c>
+      <c r="J34" t="s">
+        <v>190</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>209</v>
+      </c>
+      <c r="M34" t="s">
+        <v>210</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>214</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>215</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2020</v>
+      </c>
+      <c r="J35" t="s">
+        <v>216</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>217</v>
+      </c>
+      <c r="M35" t="s">
+        <v>218</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>219</v>
+      </c>
+      <c r="P35" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>221</v>
+      </c>
+      <c r="B36" t="s">
+        <v>222</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>223</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>21</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2013</v>
+      </c>
+      <c r="I36">
+        <v>2020</v>
+      </c>
+      <c r="J36" t="s">
+        <v>216</v>
+      </c>
+      <c r="K36" t="s">
+        <v>137</v>
+      </c>
+      <c r="L36" t="s">
+        <v>224</v>
+      </c>
+      <c r="M36" t="s">
+        <v>210</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>225</v>
+      </c>
+      <c r="P36" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>227</v>
+      </c>
+      <c r="B37" t="s">
+        <v>228</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>229</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>21</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2001</v>
+      </c>
+      <c r="I37">
+        <v>2020</v>
+      </c>
+      <c r="J37" t="s">
+        <v>190</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>230</v>
+      </c>
+      <c r="M37" t="s">
+        <v>210</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>231</v>
+      </c>
+      <c r="P37" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>233</v>
+      </c>
+      <c r="B38" t="s">
+        <v>234</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>235</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>21</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2004</v>
+      </c>
+      <c r="I38">
+        <v>2020</v>
+      </c>
+      <c r="J38" t="s">
+        <v>190</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>236</v>
+      </c>
+      <c r="M38" t="s">
+        <v>210</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>237</v>
+      </c>
+      <c r="P38" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>239</v>
+      </c>
+      <c r="B39" t="s">
+        <v>240</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>100</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2006</v>
+      </c>
+      <c r="I39">
+        <v>2020</v>
+      </c>
+      <c r="J39" t="s">
+        <v>216</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>209</v>
+      </c>
+      <c r="M39" t="s">
+        <v>210</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>241</v>
+      </c>
+      <c r="P39" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>243</v>
+      </c>
+      <c r="B40" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>72</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2012</v>
+      </c>
+      <c r="I40">
+        <v>2020</v>
+      </c>
+      <c r="J40" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K40" t="s">
+        <v>137</v>
+      </c>
+      <c r="L40" t="s">
+        <v>245</v>
+      </c>
+      <c r="M40" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>246</v>
+      </c>
+      <c r="P40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>248</v>
+      </c>
+      <c r="B41" t="s">
+        <v>249</v>
+      </c>
+      <c r="C41" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...11 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D41" t="s">
+        <v>250</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...2 lines deleted...]
-      <c r="L3" t="s">
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>2013</v>
+      </c>
+      <c r="I41">
+        <v>2020</v>
+      </c>
+      <c r="J41" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...19 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41"/>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>251</v>
+      </c>
+      <c r="P41" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>253</v>
+      </c>
+      <c r="B42" t="s">
+        <v>254</v>
+      </c>
+      <c r="C42" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...11 lines deleted...]
-      <c r="J4" t="s">
+      <c r="D42" t="s">
+        <v>255</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
-[...2 lines deleted...]
-      <c r="L4" t="s">
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2012</v>
+      </c>
+      <c r="I42">
+        <v>2020</v>
+      </c>
+      <c r="J42" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...19 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>256</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>193</v>
+      </c>
+      <c r="O42" t="s">
+        <v>257</v>
+      </c>
+      <c r="P42" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>259</v>
+      </c>
+      <c r="B43" t="s">
+        <v>260</v>
+      </c>
+      <c r="C43" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5">
+      <c r="D43" t="s">
+        <v>261</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
         <v>2003</v>
       </c>
-      <c r="H5">
-[...5 lines deleted...]
-      <c r="J5" t="s">
+      <c r="I43">
+        <v>2020</v>
+      </c>
+      <c r="J43" t="s">
+        <v>216</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>210</v>
+      </c>
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>262</v>
+      </c>
+      <c r="P43" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>264</v>
+      </c>
+      <c r="B44" t="s">
+        <v>265</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>266</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K5" t="s">
-[...25 lines deleted...]
-      <c r="E6" t="s">
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>2011</v>
+      </c>
+      <c r="I44">
+        <v>2020</v>
+      </c>
+      <c r="J44" t="s">
+        <v>190</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>267</v>
+      </c>
+      <c r="M44" t="s">
+        <v>210</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>268</v>
+      </c>
+      <c r="P44" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>270</v>
+      </c>
+      <c r="B45" t="s">
+        <v>271</v>
+      </c>
+      <c r="C45" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...11 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D45" t="s">
+        <v>272</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K6" t="s">
-[...38 lines deleted...]
-      <c r="J7" t="s">
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2014</v>
+      </c>
+      <c r="I45">
+        <v>2020</v>
+      </c>
+      <c r="J45" t="s">
+        <v>190</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>273</v>
+      </c>
+      <c r="M45" t="s">
+        <v>210</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>274</v>
+      </c>
+      <c r="P45" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>276</v>
+      </c>
+      <c r="B46" t="s">
+        <v>277</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>100</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...36 lines deleted...]
-      <c r="J8" t="s">
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2001</v>
+      </c>
+      <c r="I46">
+        <v>2020</v>
+      </c>
+      <c r="J46" t="s">
+        <v>216</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>209</v>
+      </c>
+      <c r="M46" t="s">
+        <v>210</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>278</v>
+      </c>
+      <c r="P46" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>280</v>
+      </c>
+      <c r="B47" t="s">
+        <v>281</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>266</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K8" t="s">
-[...38 lines deleted...]
-      <c r="J9" t="s">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>1998</v>
+      </c>
+      <c r="I47">
+        <v>2020</v>
+      </c>
+      <c r="J47" t="s">
+        <v>190</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>282</v>
+      </c>
+      <c r="M47" t="s">
+        <v>210</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>283</v>
+      </c>
+      <c r="P47" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>285</v>
+      </c>
+      <c r="B48" t="s">
+        <v>286</v>
+      </c>
+      <c r="C48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D48" t="s">
+        <v>100</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
         <v>21</v>
       </c>
-      <c r="K9" t="s">
-[...40 lines deleted...]
-      <c r="J10" t="s">
+      <c r="G48" t="s">
+        <v>22</v>
+      </c>
+      <c r="H48">
+        <v>2000</v>
+      </c>
+      <c r="I48">
+        <v>2020</v>
+      </c>
+      <c r="J48" t="s">
+        <v>216</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>209</v>
+      </c>
+      <c r="M48" t="s">
+        <v>210</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>287</v>
+      </c>
+      <c r="P48" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>289</v>
+      </c>
+      <c r="B49" t="s">
+        <v>290</v>
+      </c>
+      <c r="C49" t="s">
+        <v>18</v>
+      </c>
+      <c r="D49" t="s">
+        <v>100</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...864 lines deleted...]
-      <c r="H31">
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>2002</v>
+      </c>
+      <c r="I49">
         <v>2020</v>
       </c>
-      <c r="I31" t="s">
-[...783 lines deleted...]
-      </c>
       <c r="J49" t="s">
-        <v>21</v>
+        <v>216</v>
       </c>
       <c r="K49" t="s">
-        <v>143</v>
+        <v>24</v>
       </c>
       <c r="L49" t="s">
-        <v>144</v>
+        <v>209</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>210</v>
       </c>
       <c r="N49" t="s">
-        <v>195</v>
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>291</v>
+      </c>
+      <c r="P49" t="s">
+        <v>292</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>