--- v0 (2025-10-12)
+++ v1 (2025-12-05)
@@ -12,647 +12,906 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft MEPS for chillers</t>
   </si>
   <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Refrigeration, Industrial Process Chillers</t>
   </si>
   <si>
     <t>Not applicable</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
   </si>
   <si>
     <t>Draft MEPS for electric motors</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
     <t>Variable Speed Drives</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
   </si>
   <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
     <t>Draft MEPS for RDCs</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
   </si>
   <si>
     <t>Draft MEPS for televisions</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
   </si>
   <si>
     <t>Draft MEPS for washing machines</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>SNI IEC 60311-2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
   </si>
   <si>
     <t>Draft MEPS for water pumps</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
   </si>
   <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
     <t>Mandatory</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
   </si>
   <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
     <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
   </si>
   <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
   </si>
   <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators</t>
   </si>
   <si>
     <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>MEPS for indoor LED lamps</t>
   </si>
   <si>
+    <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
+One star - 80-90 lm/W
+Two star - &gt;98-108 lm/W
+Three star - &gt;108-119 lm/W
+Four star - &gt;119 - 135 lm/W
+Five star - &gt; 135 lm/W
+The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
   </si>
   <si>
+    <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
+    <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
+  </si>
+  <si>
+    <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
+    <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
+  </si>
+  <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
+    <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
+  </si>
+  <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
+  </si>
+  <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-57-2017-meps-and-energy-labels-air</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/index.php/web/result/1725/detail</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Regulation No.18 of 2014 on Energy labels for energy saving lights</t>
   </si>
   <si>
+    <t>The MEPS and labeling requirements covers self-ballasted lamps (CFL).</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>SNI IEC 60969:2009, SNI 04-6958-2003</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no18-2014-energy-labels-energy-saving</t>
   </si>
   <si>
+    <t>https://jdih.esdm.go.id/peraturan/Permen%20ESDM%2018%20Tahun%202014.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -916,2049 +1175,2330 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N47"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="221" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2"/>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>32</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...16 lines deleted...]
-      <c r="I3" t="s">
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4"/>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>31</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" t="s">
+        <v>32</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>31</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7"/>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>32</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>52</v>
+      </c>
+      <c r="P7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>53</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>31</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8">
+        <v>2023</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>32</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>58</v>
+      </c>
+      <c r="P8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>62</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>31</v>
+      </c>
+      <c r="G9" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9">
+        <v>2015</v>
+      </c>
+      <c r="I9">
+        <v>2023</v>
+      </c>
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>64</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>41</v>
+      </c>
+      <c r="E10" t="s">
+        <v>55</v>
+      </c>
+      <c r="F10" t="s">
+        <v>31</v>
+      </c>
+      <c r="G10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10">
+        <v>2023</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>57</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>64</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>69</v>
+      </c>
+      <c r="P10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>55</v>
+      </c>
+      <c r="F11" t="s">
+        <v>31</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11">
+        <v>2022</v>
+      </c>
+      <c r="I11">
+        <v>2024</v>
+      </c>
+      <c r="J11" t="s">
+        <v>57</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>64</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>73</v>
+      </c>
+      <c r="P11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>74</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12">
+        <v>2024</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>77</v>
+      </c>
+      <c r="P12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" t="s">
+        <v>31</v>
+      </c>
+      <c r="G13" t="s">
+        <v>56</v>
+      </c>
+      <c r="H13">
+        <v>2025</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>57</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>64</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>81</v>
+      </c>
+      <c r="P13" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>82</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>84</v>
+      </c>
+      <c r="D14" t="s">
+        <v>72</v>
+      </c>
+      <c r="E14" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...3 lines deleted...]
-      <c r="M3" t="s">
+      <c r="G14" t="s">
+        <v>56</v>
+      </c>
+      <c r="H14">
+        <v>2011</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>86</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>87</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>88</v>
+      </c>
+      <c r="P14" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>90</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>85</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>56</v>
+      </c>
+      <c r="H15">
+        <v>1985</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>86</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>93</v>
+      </c>
+      <c r="M15" t="s">
+        <v>87</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>94</v>
+      </c>
+      <c r="P15" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>96</v>
+      </c>
+      <c r="B16" t="s">
+        <v>97</v>
+      </c>
+      <c r="C16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D16" t="s">
+        <v>98</v>
+      </c>
+      <c r="E16" t="s">
+        <v>85</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>56</v>
+      </c>
+      <c r="H16">
+        <v>1984</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>86</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>99</v>
+      </c>
+      <c r="M16" t="s">
+        <v>87</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>100</v>
+      </c>
+      <c r="P16" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>102</v>
+      </c>
+      <c r="B17" t="s">
+        <v>103</v>
+      </c>
+      <c r="C17" t="s">
+        <v>84</v>
+      </c>
+      <c r="D17" t="s">
+        <v>104</v>
+      </c>
+      <c r="E17" t="s">
+        <v>85</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>63</v>
+      </c>
+      <c r="H17">
+        <v>1987</v>
+      </c>
+      <c r="I17">
+        <v>1988</v>
+      </c>
+      <c r="J17" t="s">
+        <v>86</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>87</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>105</v>
+      </c>
+      <c r="P17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>107</v>
+      </c>
+      <c r="B18" t="s">
+        <v>108</v>
+      </c>
+      <c r="C18" t="s">
+        <v>84</v>
+      </c>
+      <c r="D18" t="s">
+        <v>109</v>
+      </c>
+      <c r="E18" t="s">
+        <v>85</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>56</v>
+      </c>
+      <c r="H18">
+        <v>1989</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>110</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>87</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>111</v>
+      </c>
+      <c r="P18" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>113</v>
+      </c>
+      <c r="B19" t="s">
+        <v>114</v>
+      </c>
+      <c r="C19" t="s">
+        <v>84</v>
+      </c>
+      <c r="D19" t="s">
+        <v>115</v>
+      </c>
+      <c r="E19" t="s">
+        <v>85</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>63</v>
+      </c>
+      <c r="H19">
+        <v>1987</v>
+      </c>
+      <c r="I19">
+        <v>1988</v>
+      </c>
+      <c r="J19" t="s">
+        <v>86</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>116</v>
+      </c>
+      <c r="M19" t="s">
+        <v>87</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>117</v>
+      </c>
+      <c r="P19" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" t="s">
+        <v>41</v>
+      </c>
+      <c r="E20" t="s">
+        <v>85</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>63</v>
+      </c>
+      <c r="H20">
+        <v>1989</v>
+      </c>
+      <c r="I20">
+        <v>1991</v>
+      </c>
+      <c r="J20" t="s">
+        <v>86</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>121</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>122</v>
+      </c>
+      <c r="P20" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>124</v>
+      </c>
+      <c r="B21" t="s">
+        <v>125</v>
+      </c>
+      <c r="C21" t="s">
+        <v>84</v>
+      </c>
+      <c r="D21" t="s">
+        <v>126</v>
+      </c>
+      <c r="E21" t="s">
+        <v>85</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>63</v>
+      </c>
+      <c r="H21">
+        <v>1989</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>127</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>87</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>128</v>
+      </c>
+      <c r="P21" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>130</v>
+      </c>
+      <c r="B22" t="s">
+        <v>131</v>
+      </c>
+      <c r="C22" t="s">
+        <v>84</v>
+      </c>
+      <c r="D22" t="s">
+        <v>132</v>
+      </c>
+      <c r="E22" t="s">
+        <v>85</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>63</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22">
+        <v>1992</v>
+      </c>
+      <c r="J22" t="s">
+        <v>127</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>87</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>133</v>
+      </c>
+      <c r="P22" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>135</v>
+      </c>
+      <c r="B23" t="s">
+        <v>136</v>
+      </c>
+      <c r="C23" t="s">
+        <v>84</v>
+      </c>
+      <c r="D23" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" t="s">
+        <v>85</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>56</v>
+      </c>
+      <c r="H23">
+        <v>1989</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>86</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>87</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>137</v>
+      </c>
+      <c r="P23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>139</v>
+      </c>
+      <c r="B24" t="s">
+        <v>140</v>
+      </c>
+      <c r="C24" t="s">
+        <v>84</v>
+      </c>
+      <c r="D24" t="s">
+        <v>141</v>
+      </c>
+      <c r="E24" t="s">
+        <v>85</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>56</v>
+      </c>
+      <c r="H24">
+        <v>1984</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>86</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>142</v>
+      </c>
+      <c r="M24" t="s">
+        <v>87</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>143</v>
+      </c>
+      <c r="P24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" t="s">
+        <v>147</v>
+      </c>
+      <c r="E25" t="s">
+        <v>85</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>56</v>
+      </c>
+      <c r="H25">
+        <v>1990</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>86</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>87</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>148</v>
+      </c>
+      <c r="P25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" t="s">
+        <v>151</v>
+      </c>
+      <c r="C26" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26" t="s">
+        <v>126</v>
+      </c>
+      <c r="E26" t="s">
+        <v>85</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>56</v>
+      </c>
+      <c r="H26">
+        <v>1989</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>86</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>87</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>152</v>
+      </c>
+      <c r="P26" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>154</v>
+      </c>
+      <c r="B27" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>84</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>85</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>56</v>
+      </c>
+      <c r="H27">
+        <v>1983</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>86</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>157</v>
+      </c>
+      <c r="M27" t="s">
+        <v>87</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>158</v>
+      </c>
+      <c r="P27" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>160</v>
+      </c>
+      <c r="B28" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" t="s">
+        <v>84</v>
+      </c>
+      <c r="D28" t="s">
+        <v>162</v>
+      </c>
+      <c r="E28" t="s">
+        <v>85</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>56</v>
+      </c>
+      <c r="H28">
+        <v>2011</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>86</v>
+      </c>
+      <c r="K28" t="s">
+        <v>163</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>87</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>164</v>
+      </c>
+      <c r="P28" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>166</v>
+      </c>
+      <c r="B29" t="s">
+        <v>167</v>
+      </c>
+      <c r="C29" t="s">
+        <v>84</v>
+      </c>
+      <c r="D29" t="s">
+        <v>62</v>
+      </c>
+      <c r="E29" t="s">
+        <v>85</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>63</v>
+      </c>
+      <c r="H29">
+        <v>1986</v>
+      </c>
+      <c r="I29">
+        <v>1988</v>
+      </c>
+      <c r="J29" t="s">
+        <v>86</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>87</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>168</v>
+      </c>
+      <c r="P29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>170</v>
+      </c>
+      <c r="B30" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" t="s">
+        <v>109</v>
+      </c>
+      <c r="E30" t="s">
+        <v>85</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>56</v>
+      </c>
+      <c r="H30">
+        <v>1987</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>110</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
+      <c r="M30" t="s">
+        <v>87</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>172</v>
+      </c>
+      <c r="P30" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>174</v>
+      </c>
+      <c r="B31" t="s">
+        <v>175</v>
+      </c>
+      <c r="C31" t="s">
+        <v>84</v>
+      </c>
+      <c r="D31" t="s">
+        <v>176</v>
+      </c>
+      <c r="E31" t="s">
+        <v>85</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>56</v>
+      </c>
+      <c r="H31">
+        <v>1987</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>86</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>87</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>177</v>
+      </c>
+      <c r="P31" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>179</v>
+      </c>
+      <c r="B32" t="s">
+        <v>180</v>
+      </c>
+      <c r="C32" t="s">
+        <v>84</v>
+      </c>
+      <c r="D32" t="s">
+        <v>181</v>
+      </c>
+      <c r="E32" t="s">
+        <v>85</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>56</v>
+      </c>
+      <c r="H32">
+        <v>1986</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>86</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>87</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>182</v>
+      </c>
+      <c r="P32" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>184</v>
+      </c>
+      <c r="B33" t="s">
+        <v>185</v>
+      </c>
+      <c r="C33" t="s">
+        <v>84</v>
+      </c>
+      <c r="D33" t="s">
+        <v>186</v>
+      </c>
+      <c r="E33" t="s">
+        <v>85</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>56</v>
+      </c>
+      <c r="H33">
+        <v>1986</v>
+      </c>
+      <c r="I33"/>
+      <c r="J33" t="s">
+        <v>86</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>187</v>
+      </c>
+      <c r="M33" t="s">
+        <v>87</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>188</v>
+      </c>
+      <c r="P33" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>190</v>
+      </c>
+      <c r="B34" t="s">
+        <v>191</v>
+      </c>
+      <c r="C34" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" t="s">
+        <v>46</v>
+      </c>
+      <c r="E34" t="s">
+        <v>85</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>56</v>
+      </c>
+      <c r="H34">
+        <v>1984</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>86</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>192</v>
+      </c>
+      <c r="M34" t="s">
+        <v>121</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>193</v>
+      </c>
+      <c r="P34" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>195</v>
+      </c>
+      <c r="B35" t="s">
+        <v>196</v>
+      </c>
+      <c r="C35" t="s">
+        <v>84</v>
+      </c>
+      <c r="D35" t="s">
+        <v>72</v>
+      </c>
+      <c r="E35" t="s">
+        <v>85</v>
+      </c>
+      <c r="F35" t="s">
+        <v>197</v>
+      </c>
+      <c r="G35" t="s">
+        <v>63</v>
+      </c>
+      <c r="H35">
+        <v>1999</v>
+      </c>
+      <c r="I35">
+        <v>2000</v>
+      </c>
+      <c r="J35" t="s">
+        <v>86</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>198</v>
+      </c>
+      <c r="M35" t="s">
+        <v>121</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>199</v>
+      </c>
+      <c r="P35" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>201</v>
+      </c>
+      <c r="B36" t="s">
+        <v>202</v>
+      </c>
+      <c r="C36" t="s">
+        <v>84</v>
+      </c>
+      <c r="D36" t="s">
+        <v>104</v>
+      </c>
+      <c r="E36" t="s">
+        <v>85</v>
+      </c>
+      <c r="F36" t="s">
+        <v>197</v>
+      </c>
+      <c r="G36" t="s">
+        <v>63</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36">
+        <v>2014</v>
+      </c>
+      <c r="J36" t="s">
+        <v>86</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>203</v>
+      </c>
+      <c r="M36" t="s">
+        <v>121</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>204</v>
+      </c>
+      <c r="P36" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>206</v>
+      </c>
+      <c r="B37" t="s">
+        <v>207</v>
+      </c>
+      <c r="C37" t="s">
+        <v>84</v>
+      </c>
+      <c r="D37" t="s">
+        <v>46</v>
+      </c>
+      <c r="E37" t="s">
+        <v>85</v>
+      </c>
+      <c r="F37" t="s">
+        <v>197</v>
+      </c>
+      <c r="G37" t="s">
+        <v>63</v>
+      </c>
+      <c r="H37">
+        <v>2011</v>
+      </c>
+      <c r="I37">
+        <v>2014</v>
+      </c>
+      <c r="J37" t="s">
+        <v>86</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>208</v>
+      </c>
+      <c r="M37" t="s">
+        <v>121</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>209</v>
+      </c>
+      <c r="P37" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>211</v>
+      </c>
+      <c r="B38" t="s">
+        <v>212</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>213</v>
+      </c>
+      <c r="E38" t="s">
+        <v>55</v>
+      </c>
+      <c r="F38" t="s">
+        <v>31</v>
+      </c>
+      <c r="G38" t="s">
+        <v>63</v>
+      </c>
+      <c r="H38">
+        <v>2022</v>
+      </c>
+      <c r="I38">
+        <v>2024</v>
+      </c>
+      <c r="J38" t="s">
+        <v>214</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>215</v>
+      </c>
+      <c r="M38" t="s">
+        <v>32</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>216</v>
+      </c>
+      <c r="P38" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>218</v>
+      </c>
+      <c r="B39" t="s">
+        <v>219</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>220</v>
+      </c>
+      <c r="E39" t="s">
+        <v>55</v>
+      </c>
+      <c r="F39" t="s">
+        <v>31</v>
+      </c>
+      <c r="G39" t="s">
+        <v>56</v>
+      </c>
+      <c r="H39">
+        <v>2021</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...10 lines deleted...]
-      <c r="C4" t="s">
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>221</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>222</v>
+      </c>
+      <c r="P39" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>224</v>
+      </c>
+      <c r="B40" t="s">
+        <v>225</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>76</v>
+      </c>
+      <c r="E40" t="s">
+        <v>55</v>
+      </c>
+      <c r="F40" t="s">
         <v>31</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G40" t="s">
+        <v>56</v>
+      </c>
+      <c r="H40">
+        <v>2021</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>23</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>226</v>
+      </c>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>227</v>
+      </c>
+      <c r="P40" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>229</v>
+      </c>
+      <c r="B41" t="s">
+        <v>230</v>
+      </c>
+      <c r="C41" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...14 lines deleted...]
-      <c r="M4" t="s">
+      <c r="D41" t="s">
+        <v>231</v>
+      </c>
+      <c r="E41" t="s">
+        <v>55</v>
+      </c>
+      <c r="F41" t="s">
+        <v>31</v>
+      </c>
+      <c r="G41" t="s">
+        <v>56</v>
+      </c>
+      <c r="H41">
+        <v>2021</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>232</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>233</v>
+      </c>
+      <c r="P41" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>235</v>
+      </c>
+      <c r="B42" t="s">
+        <v>236</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>237</v>
+      </c>
+      <c r="E42" t="s">
+        <v>55</v>
+      </c>
+      <c r="F42" t="s">
+        <v>31</v>
+      </c>
+      <c r="G42" t="s">
+        <v>63</v>
+      </c>
+      <c r="H42">
+        <v>2021</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>23</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>238</v>
+      </c>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>239</v>
+      </c>
+      <c r="P42" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>241</v>
+      </c>
+      <c r="B43" t="s">
+        <v>242</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>243</v>
+      </c>
+      <c r="E43" t="s">
+        <v>55</v>
+      </c>
+      <c r="F43" t="s">
+        <v>31</v>
+      </c>
+      <c r="G43" t="s">
+        <v>56</v>
+      </c>
+      <c r="H43">
+        <v>2021</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>23</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
         <v>32</v>
       </c>
-    </row>
-[...33 lines deleted...]
-      <c r="M5" t="s">
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>244</v>
+      </c>
+      <c r="P43" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>246</v>
+      </c>
+      <c r="B44" t="s">
+        <v>247</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>62</v>
+      </c>
+      <c r="E44" t="s">
+        <v>55</v>
+      </c>
+      <c r="F44" t="s">
+        <v>31</v>
+      </c>
+      <c r="G44" t="s">
+        <v>63</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44">
+        <v>2018</v>
+      </c>
+      <c r="J44" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...36 lines deleted...]
-      <c r="M6" t="s">
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>248</v>
+      </c>
+      <c r="M44" t="s">
+        <v>32</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>249</v>
+      </c>
+      <c r="P44" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>251</v>
+      </c>
+      <c r="B45" t="s">
+        <v>252</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
+        <v>253</v>
+      </c>
+      <c r="E45" t="s">
+        <v>55</v>
+      </c>
+      <c r="F45" t="s">
+        <v>197</v>
+      </c>
+      <c r="G45" t="s">
+        <v>63</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45">
+        <v>2016</v>
+      </c>
+      <c r="J45" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...164 lines deleted...]
-      <c r="A11" t="s">
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>254</v>
+      </c>
+      <c r="M45" t="s">
+        <v>32</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>255</v>
+      </c>
+      <c r="P45" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>257</v>
+      </c>
+      <c r="B46" t="s">
+        <v>258</v>
+      </c>
+      <c r="C46" t="s">
+        <v>84</v>
+      </c>
+      <c r="D46" t="s">
+        <v>72</v>
+      </c>
+      <c r="E46" t="s">
+        <v>85</v>
+      </c>
+      <c r="F46" t="s">
+        <v>197</v>
+      </c>
+      <c r="G46" t="s">
         <v>56</v>
       </c>
-      <c r="B11" t="s">
-[...138 lines deleted...]
-      <c r="G14">
+      <c r="H46">
         <v>2011</v>
       </c>
-      <c r="H14"/>
-[...166 lines deleted...]
-      <c r="I18" t="s">
+      <c r="I46"/>
+      <c r="J46" t="s">
+        <v>86</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>121</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>259</v>
+      </c>
+      <c r="P46" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>261</v>
+      </c>
+      <c r="B47" t="s">
+        <v>262</v>
+      </c>
+      <c r="C47" t="s">
         <v>84</v>
       </c>
-      <c r="J18" t="s">
-[...9 lines deleted...]
-      <c r="N18" t="s">
+      <c r="D47" t="s">
+        <v>263</v>
+      </c>
+      <c r="E47" t="s">
         <v>85</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" t="s">
+      <c r="F47" t="s">
+        <v>197</v>
+      </c>
+      <c r="G47" t="s">
+        <v>56</v>
+      </c>
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
         <v>86</v>
       </c>
-      <c r="B19" t="s">
-[...1195 lines deleted...]
-      </c>
       <c r="K47" t="s">
-        <v>181</v>
+        <v>264</v>
       </c>
       <c r="L47" t="s">
-        <v>182</v>
+        <v>265</v>
       </c>
       <c r="M47" t="s">
-        <v>23</v>
+        <v>266</v>
       </c>
       <c r="N47" t="s">
-        <v>183</v>
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>267</v>
+      </c>
+      <c r="P47" t="s">
+        <v>260</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>