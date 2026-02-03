--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -12,776 +12,782 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="270">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>Draft MEPS for chillers</t>
-[...584 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Ministry of Energy and Mineral Resources</t>
+  </si>
+  <si>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>Draft MEPS for chillers</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS  requirement for chillers</t>
+  </si>
+  <si>
+    <t>Refrigeration, Industrial Process Chillers</t>
+  </si>
+  <si>
+    <t>Not applicable</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Under development</t>
+  </si>
+  <si>
+    <t>October 2022</t>
+  </si>
+  <si>
+    <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-chillers</t>
+  </si>
+  <si>
+    <t>Draft MEPS for electric motors</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for electric motors.</t>
+  </si>
+  <si>
+    <t>Variable Speed Drives</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-electric-motors-0</t>
+  </si>
+  <si>
+    <t>https://www.jase-w.eccj.or.jp/indonesiaforum/pdf/10-05_hariyanto.pdf</t>
+  </si>
+  <si>
+    <t>Draft MEPS for RDCs</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and energy labelling requirements for RDCs</t>
+  </si>
+  <si>
+    <t>Refrigerated Cabinets</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-rdcs</t>
+  </si>
+  <si>
+    <t>Draft MEPS for televisions</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for televisions.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>IEC 62301, IEC 62087, SNI 04 6958 - 2003</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-televisions</t>
+  </si>
+  <si>
+    <t>Draft MEPS for washing machines</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for washing machines.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>SNI IEC 60311-2000</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-washing-machines-0</t>
+  </si>
+  <si>
+    <t>Draft MEPS for water pumps</t>
+  </si>
+  <si>
+    <t>The document specifies the MEPS and labeling instructions for water pumps.</t>
+  </si>
+  <si>
+    <t>Pumps Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/draft-meps-water-pumps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 126.K/EK.06/DJE/2023 -- Refrigerated Display Case</t>
+  </si>
+  <si>
+    <t>This policy establishes the minimum performance standards and energy-saving label for refrigerated display case (RDC) which is a refrigerated cabinet used to display food or beverages, utilizing glass as a medium to highlight the products on display, with a capacity of 150 (one hundred fifty) to 300 (three hundred) liters.</t>
+  </si>
+  <si>
+    <t>Entered into force, New</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-126kek06dje2023-refrigerated-display-case</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/assets/content/20250310092031_126K_SKEM_dan_LTHE_RDC.pdf</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 162.K/EK.06/DJE/2023 -- Television</t>
+  </si>
+  <si>
+    <t>The policy regulates minimum energy performance standards and label for televisions of  the liquid crystal display (LCD) type and light-emitting diode (LED) type, up to 55 inches in size</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-162kek06dje2023-television</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 87.K/EK.01/MEM.E/2025 -- Drinking Water Dispensers</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for water dispense, a standalone device equipped with a heating component to heat drinking water, or a standalone device equipped with a heating and/or cooling component that uses a heat pump or thermoelectric system to cool drinking water. It uses bottled water as the water source, with a bottle capacity of up to 20 (twenty) liters. MEPS and Label rating:</t>
+  </si>
+  <si>
+    <t>Water Coolers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-87kek01meme2025-drinking-water-dispensers</t>
+  </si>
+  <si>
+    <t>Federal Law No. 261-FZ</t>
+  </si>
+  <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
+    <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
+    <t>Vacuum Cleaners</t>
+  </si>
+  <si>
+    <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
+    <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
+    <t>Cooktops or Hobs</t>
+  </si>
+  <si>
+    <t>GOST 14919-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
+    <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
+  </si>
+  <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
+    <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
+  </si>
+  <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
+    <t>Computers</t>
+  </si>
+  <si>
+    <t>June 2021</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Art 4.3 of GOST 16617-87</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
+    <t>GOST 18198-89 Television receivers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
+    <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>October 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
+    <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
+    <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
+  </si>
+  <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 (art.7)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
+    <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
+    <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
+    <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
+    <t>GOST R IEC 60456-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Fan</t>
   </si>
   <si>
     <t>This policy includes MEPS and labeling requirements for portable fans with blade diameter from 150 mm/6 inches to 240 mm/24 inches, excluding exhaust fans, ceiling fans, and ventilation fans (HS code: 8414.51.00).</t>
   </si>
   <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>SNI lEC 60879:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124237_114KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_KIPAS_ANGIN.pdf</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Refrigerator</t>
   </si>
   <si>
     <t>This document specifies MEPS and labeling requirements cover refrigerators with capacity up to 300 L and voltage up to 250 V (HS code: 8418.10.11, 8418.10.19, 8418.21.10, 8418.21.90, 8418.29.00).</t>
+  </si>
+  <si>
+    <t>Entered into force, New, Superseded</t>
   </si>
   <si>
     <t>SNI 8557-1:2018 IEC 62552-1:2015
 ,   
                     SNI IEC 62552-2:2016
 ,   
                     SNI 8557-3:2018 IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-0</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124138_113KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_LEMARI_PENDINGIN.PDF</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standard and Energy Savings Label for Energy-Consuming Appliance Rice Cooker</t>
   </si>
   <si>
     <t>The document specifies the MEPS and labeling requirements for cover rice cookers with rice cooking capacity not exceeding 3 L and voltage up to 250 V, excluding pressure cookers (HS code: 8516.60.10).</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>SNI IEC 60335-1
 ,   
                     SNI IEC 60335-2-15</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-and-energy-savings-label-energy-consuming-appliance-1</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924124347_115KEK07DJE2021_SKEM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PENANAK_NASI.PDF</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 14 of 2021 on Application of Minimum Energy Performance Standards for Energy Consuming Appliances</t>
   </si>
   <si>
     <t>This document describes the implementation of minimum energy performance standards for energy-consuming appliances. It was signed on 22 June 2021 and details all policy implementation aspects, registration framework, and compliance.</t>
   </si>
   <si>
     <t>Rice Cookers, Lamps, Portable Fans, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-regulation-no-14-2021-application-minimum-energy</t>
   </si>
   <si>
     <t>https://jdih.esdm.go.id/storage/document/Permen%20ESDM%20No.%2014%20Tahun%202021.pdf</t>
   </si>
@@ -1189,51 +1195,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="221.66" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="69.554" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="225.231" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -1273,2196 +1279,2192 @@
         <v>15</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="H2"/>
+      <c r="H2">
+        <v>2022</v>
+      </c>
       <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="P2"/>
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F3" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H3"/>
       <c r="I3"/>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="P3"/>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H4"/>
       <c r="I4"/>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="P4"/>
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H5"/>
       <c r="I5"/>
       <c r="J5" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="N5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="P5"/>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="B6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H6"/>
       <c r="I6"/>
       <c r="J6" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="P6" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B7" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="H7"/>
       <c r="I7"/>
       <c r="J7" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
       <c r="M7" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="P7" t="s">
-        <v>34</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
-        <v>37</v>
+        <v>60</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="H8"/>
       <c r="I8"/>
       <c r="J8" t="s">
-        <v>57</v>
+        <v>36</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="P8" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B9" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
-        <v>62</v>
+        <v>46</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H9">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I9">
         <v>2023</v>
       </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>64</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="P9" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>70</v>
       </c>
       <c r="E10" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G10" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10">
         <v>2023</v>
       </c>
-      <c r="I10"/>
       <c r="J10" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
-        <v>72</v>
+        <v>50</v>
       </c>
       <c r="E11" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H11">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2023</v>
+      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11"/>
       <c r="M11" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
+        <v>76</v>
+      </c>
+      <c r="P11" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B12" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E12" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F12" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G12" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H12">
+        <v>2022</v>
+      </c>
+      <c r="I12">
         <v>2024</v>
       </c>
-      <c r="I12">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12"/>
       <c r="M12" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="P12" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B13" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-      <c r="I13"/>
+        <v>22</v>
+      </c>
+      <c r="H13"/>
+      <c r="I13">
+        <v>2024</v>
+      </c>
       <c r="J13" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13"/>
       <c r="M13" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="P13" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C14" t="s">
-        <v>84</v>
+        <v>18</v>
       </c>
       <c r="D14" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
         <v>21</v>
       </c>
       <c r="G14" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H14">
-        <v>2011</v>
+        <v>2025</v>
       </c>
       <c r="I14"/>
       <c r="J14" t="s">
-        <v>86</v>
+        <v>65</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14"/>
       <c r="M14" t="s">
-        <v>87</v>
+        <v>71</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>88</v>
       </c>
       <c r="P14" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B15" t="s">
         <v>90</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>91</v>
       </c>
-      <c r="C15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D15" t="s">
+        <v>79</v>
+      </c>
+      <c r="E15" t="s">
         <v>92</v>
       </c>
-      <c r="E15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G15" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H15">
-        <v>1985</v>
+        <v>2011</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
-      <c r="L15" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="P15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C16" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="E16" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F16" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G16" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H16">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="I16"/>
       <c r="J16" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M16" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="P16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C17" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E17" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G17" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H17">
-        <v>1987</v>
-[...3 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="L17"/>
+      <c r="L17" t="s">
+        <v>106</v>
+      </c>
       <c r="M17" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="P17" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B18" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C18" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D18" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E18" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G18" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H18">
-        <v>1989</v>
-[...1 lines deleted...]
-      <c r="I18"/>
+        <v>1987</v>
+      </c>
+      <c r="I18">
+        <v>1988</v>
+      </c>
       <c r="J18" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18"/>
       <c r="M18" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N18" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="P18" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C19" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="E19" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F19" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G19" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H19">
-        <v>1987</v>
-[...3 lines deleted...]
-      </c>
+        <v>1989</v>
+      </c>
+      <c r="I19"/>
       <c r="J19" t="s">
-        <v>86</v>
+        <v>117</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
-      <c r="L19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N19" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P19" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B20" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D20" t="s">
-        <v>41</v>
+        <v>122</v>
       </c>
       <c r="E20" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F20" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G20" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H20">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="I20">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="J20" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
-      <c r="L20"/>
+      <c r="L20" t="s">
+        <v>123</v>
+      </c>
       <c r="M20" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
       <c r="N20" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="P20" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C21" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D21" t="s">
-        <v>126</v>
+        <v>50</v>
       </c>
       <c r="E21" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F21" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G21" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H21">
         <v>1989</v>
       </c>
       <c r="I21">
-        <v>2015</v>
+        <v>1991</v>
       </c>
       <c r="J21" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21"/>
       <c r="M21" t="s">
-        <v>87</v>
+        <v>128</v>
       </c>
       <c r="N21" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="P21" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B22" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D22" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E22" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G22" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H22">
         <v>1989</v>
       </c>
       <c r="I22">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22"/>
       <c r="M22" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N22" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="P22" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B23" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C23" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D23" t="s">
-        <v>126</v>
+        <v>139</v>
       </c>
       <c r="E23" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F23" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G23" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H23">
         <v>1989</v>
       </c>
-      <c r="I23"/>
+      <c r="I23">
+        <v>1992</v>
+      </c>
       <c r="J23" t="s">
-        <v>86</v>
+        <v>134</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23"/>
       <c r="M23" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N23" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="P23" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="B24" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C24" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D24" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="E24" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G24" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H24">
-        <v>1984</v>
+        <v>1989</v>
       </c>
       <c r="I24"/>
       <c r="J24" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K24" t="s">
         <v>24</v>
       </c>
-      <c r="L24" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L24"/>
       <c r="M24" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N24" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P24" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B25" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C25" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D25" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="E25" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G25" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H25">
-        <v>1990</v>
+        <v>1984</v>
       </c>
       <c r="I25"/>
       <c r="J25" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K25" t="s">
         <v>24</v>
       </c>
-      <c r="L25"/>
+      <c r="L25" t="s">
+        <v>149</v>
+      </c>
       <c r="M25" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N25" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="P25" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B26" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C26" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D26" t="s">
-        <v>126</v>
+        <v>154</v>
       </c>
       <c r="E26" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G26" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H26">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="I26"/>
       <c r="J26" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26"/>
       <c r="M26" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N26" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="P26" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="B27" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="C27" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D27" t="s">
-        <v>156</v>
+        <v>133</v>
       </c>
       <c r="E27" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F27" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G27" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H27">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="I27"/>
       <c r="J27" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
-      <c r="L27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N27" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O27" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="P27" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="B28" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C28" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D28" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="E28" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G28" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H28">
-        <v>2011</v>
+        <v>1983</v>
       </c>
       <c r="I28"/>
       <c r="J28" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K28" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="L28"/>
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>164</v>
+      </c>
       <c r="M28" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N28" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O28" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="P28" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B29" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C29" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D29" t="s">
-        <v>62</v>
+        <v>169</v>
       </c>
       <c r="E29" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H29">
-        <v>1986</v>
-[...3 lines deleted...]
-      </c>
+        <v>2011</v>
+      </c>
+      <c r="I29"/>
       <c r="J29" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K29" t="s">
-        <v>24</v>
+        <v>170</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N29" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O29" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="P29" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="B30" t="s">
-        <v>171</v>
+        <v>174</v>
       </c>
       <c r="C30" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D30" t="s">
-        <v>109</v>
+        <v>70</v>
       </c>
       <c r="E30" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F30" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G30" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="H30">
-        <v>1987</v>
-[...1 lines deleted...]
-      <c r="I30"/>
+        <v>1986</v>
+      </c>
+      <c r="I30">
+        <v>1988</v>
+      </c>
       <c r="J30" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30"/>
       <c r="M30" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N30" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O30" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="P30" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="B31" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>176</v>
+        <v>116</v>
       </c>
       <c r="E31" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F31" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G31" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H31">
         <v>1987</v>
       </c>
       <c r="I31"/>
       <c r="J31" t="s">
-        <v>86</v>
+        <v>117</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31"/>
       <c r="M31" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N31" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O31" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="P31" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="B32" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C32" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D32" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E32" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G32" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H32">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32"/>
       <c r="M32" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N32" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O32" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="P32" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B33" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C33" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D33" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E33" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F33" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G33" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H33">
         <v>1986</v>
       </c>
       <c r="I33"/>
       <c r="J33" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L33"/>
       <c r="M33" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="N33" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O33" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="P33" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C34" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D34" t="s">
-        <v>46</v>
+        <v>193</v>
       </c>
       <c r="E34" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F34" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="G34" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H34">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="I34"/>
       <c r="J34" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="M34" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
       <c r="N34" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O34" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="P34" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B35" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C35" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="E35" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F35" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="G35" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="H35">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>1984</v>
+      </c>
+      <c r="I35"/>
       <c r="J35" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M35" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="N35" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O35" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="P35" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B36" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C36" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D36" t="s">
-        <v>104</v>
+        <v>79</v>
       </c>
       <c r="E36" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F36" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="G36" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H36">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I36">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="J36" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="M36" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="N36" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O36" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="P36" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B37" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C37" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D37" t="s">
-        <v>46</v>
+        <v>111</v>
       </c>
       <c r="E37" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F37" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="G37" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H37">
         <v>2011</v>
       </c>
       <c r="I37">
         <v>2014</v>
       </c>
       <c r="J37" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="M37" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="N37" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O37" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="P37" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B38" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C38" t="s">
-        <v>18</v>
+        <v>91</v>
       </c>
       <c r="D38" t="s">
-        <v>213</v>
+        <v>55</v>
       </c>
       <c r="E38" t="s">
-        <v>55</v>
+        <v>92</v>
       </c>
       <c r="F38" t="s">
-        <v>31</v>
+        <v>204</v>
       </c>
       <c r="G38" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H38">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I38">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J38" t="s">
-        <v>214</v>
+        <v>93</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
         <v>215</v>
       </c>
       <c r="M38" t="s">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="N38" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O38" t="s">
         <v>216</v>
       </c>
       <c r="P38" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
         <v>218</v>
       </c>
       <c r="B39" t="s">
         <v>219</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
         <v>220</v>
       </c>
       <c r="E39" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F39" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G39" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H39">
         <v>2021</v>
       </c>
       <c r="I39"/>
       <c r="J39" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
         <v>221</v>
       </c>
       <c r="M39" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N39" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O39" t="s">
         <v>222</v>
       </c>
       <c r="P39" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
         <v>224</v>
       </c>
       <c r="B40" t="s">
         <v>225</v>
       </c>
       <c r="C40" t="s">
         <v>18</v>
       </c>
       <c r="D40" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="E40" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F40" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G40" t="s">
-        <v>56</v>
+        <v>226</v>
       </c>
       <c r="H40">
         <v>2021</v>
       </c>
       <c r="I40"/>
       <c r="J40" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="M40" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N40" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O40" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="P40" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B41" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C41" t="s">
         <v>18</v>
       </c>
       <c r="D41" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E41" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F41" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="M41" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N41" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O41" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="P41" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B42" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C42" t="s">
         <v>18</v>
       </c>
       <c r="D42" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E42" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F42" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G42" t="s">
-        <v>63</v>
+        <v>239</v>
       </c>
       <c r="H42">
         <v>2021</v>
       </c>
       <c r="I42"/>
       <c r="J42" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="M42" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="N42" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O42" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="P42" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B43" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C43" t="s">
         <v>18</v>
       </c>
       <c r="D43" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="E43" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F43" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G43" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H43">
         <v>2021</v>
       </c>
       <c r="I43"/>
       <c r="J43" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43"/>
       <c r="M43" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N43" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O43" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="P43" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="B44" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C44" t="s">
         <v>18</v>
       </c>
       <c r="D44" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E44" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F44" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="G44" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H44">
         <v>2015</v>
       </c>
       <c r="I44">
         <v>2018</v>
       </c>
       <c r="J44" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="M44" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N44" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O44" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="P44" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B45" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C45" t="s">
         <v>18</v>
       </c>
       <c r="D45" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E45" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="F45" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="G45" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2013</v>
       </c>
       <c r="I45">
         <v>2016</v>
       </c>
       <c r="J45" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="M45" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="N45" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O45" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="P45" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B46" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C46" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D46" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E46" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F46" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="G46" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H46">
         <v>2011</v>
       </c>
       <c r="I46"/>
       <c r="J46" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46"/>
       <c r="M46" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="N46" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O46" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="P46" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B47" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C47" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="D47" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="E47" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F47" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="G47" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H47">
         <v>2012</v>
       </c>
       <c r="I47"/>
       <c r="J47" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K47" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="L47" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M47" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="N47" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O47" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="P47" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">