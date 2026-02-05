--- v0 (2025-12-11)
+++ v1 (2026-02-05)
@@ -3458,51 +3458,51 @@
       </c>
       <c r="P40" t="s">
         <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
         <v>231</v>
       </c>
       <c r="B41" t="s">
         <v>232</v>
       </c>
       <c r="C41" t="s">
         <v>32</v>
       </c>
       <c r="D41" t="s">
         <v>233</v>
       </c>
       <c r="E41" t="s">
         <v>20</v>
       </c>
       <c r="F41" t="s">
         <v>21</v>
       </c>
       <c r="G41" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H41">
         <v>2021</v>
       </c>
       <c r="I41">
         <v>2024</v>
       </c>
       <c r="J41" t="s">
         <v>234</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
         <v>235</v>
       </c>
       <c r="M41" t="s">
         <v>37</v>
       </c>
       <c r="N41" t="s">
         <v>27</v>
       </c>
       <c r="O41" t="s">
         <v>236</v>
       </c>