--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,362 +12,365 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="118">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
     <t>Source</t>
   </si>
   <si>
-    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning</t>
-[...224 lines deleted...]
-    <t>MEPS for indoor LED lamps</t>
+    <t>135.K/EK.07/DJE/2022 MEPS for indoor LED lamps</t>
   </si>
   <si>
     <t>This policy is applicable to self-ballasted LED lamps of types E40, E27, and E26 with a rated power of up to 60 W and a rated voltage of &gt; 50 V AC up to 250 V AC. It stipulates a minimum luminous efficacy of 80 lumens per watt, in line with the 2023 ASEAN harmonization target. The regulations consist of five tiers or star levels, with efficiency increasing with the number of stars.
 One star - 80-90 lm/W
 Two star - &gt;98-108 lm/W
 Three star - &gt;108-119 lm/W
 Four star - &gt;119 - 135 lm/W
 Five star - &gt; 135 lm/W
 The policy also applies to self-ballasted LED tubes. It specifies a minimum luminous efficacy of 100 lumens per watt, and LED luminaires (street lighting, high bay, floodlight, etc) where the minimum luminous efficacy is set at 120 lumens per watt. The five tier star levels are not applicable for these products.</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Streetlighting, Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised</t>
+  </si>
+  <si>
     <t>July 2024</t>
   </si>
   <si>
+    <t>Electricity</t>
+  </si>
+  <si>
     <t>SNI IEC 62612:2016</t>
   </si>
   <si>
     <t>Ministry of Energy and Mineral Resources</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/meps-indoor-led-lamps</t>
+    <t>Energy Efficiency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/135kek07dje2022-meps-indoor-led-lamps</t>
   </si>
   <si>
     <t>https://united4efficiency.org/wp-content/uploads/2022/09/Ministerial-Decree-LED-MEPS-Indonesia_ENG.pdf</t>
   </si>
   <si>
+    <t>ESDM Ministerial Decree No. 134.K/EK.07/DJE/2023 -- Air Conditioning (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum energy performance standards and labels for air conditioners that are single split, wall-mounted units with a maximum cooling capacity of 27,000 BTU/hour for both inverter and non-inverter types, with HS code 8415.10.10 or as subsequently amended.</t>
+  </si>
+  <si>
+    <t>Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>Directorate General of New, Renewable Energy and Energy Conservation, Ministry …</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-134kek07dje2023-air-conditioning-amendment</t>
+  </si>
+  <si>
+    <t>https://simebtke.esdm.go.id/sinergi/program_konservasi_energi/detail/1/regulasi-dan-standar-konservasi-energi</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 20.K/EK.07/DJE.S/2024 -- LED Lamps</t>
+  </si>
+  <si>
+    <t>This policy regulates self-ballasted Light-Emitting Diode (LED) lamps with a rated power of up to 60 watts and a rated voltage of &gt;50V  up to 250V. The minimum energy performance standard for self-ballasted LED lamps is an energy efficiency of 80 lumens per watt.</t>
+  </si>
+  <si>
+    <t>Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-20kek07djes2024-led-lamps</t>
+  </si>
+  <si>
+    <t>ESDM Ministerial Decree No. 8.K/EK.07/DJE/2024 -- Refrigerators (Amendment)</t>
+  </si>
+  <si>
+    <t>This policy establishes MEPS and label for refrigerators that have a maximum capacity of 300 (three hundred) liters and a maximum electrical voltage of 250 (two hundred fifty) volts.</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/esdm-ministerial-decree-no-8kek07dje2024-refrigerators-amendment</t>
+  </si>
+  <si>
+    <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
+  </si>
+  <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Russia</t>
+  </si>
+  <si>
+    <t>Refrigerators-Freezers, Freezers-only</t>
+  </si>
+  <si>
+    <t>Voluntary</t>
+  </si>
+  <si>
+    <t>Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>August 2018</t>
+  </si>
+  <si>
+    <t>Russian Energy Agency</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
+    <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
+    <t>Heat Pumps</t>
+  </si>
+  <si>
+    <t>Art 4.3 of GOST 16617-87</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
+    <t>GOST 18198-89 Television receivers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
+    <t>Televisions</t>
+  </si>
+  <si>
+    <t>Federal Agency on Technical Regulating and Metrology</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
+    <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>October 2016</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
+    <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
+    <t>Power Transformers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
+    <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
+  </si>
+  <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
+    <t>Comparative Label</t>
+  </si>
+  <si>
+    <t>GOST R 51388-99 (art.7)</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
+    <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
+    <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
+    <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>GOST R IEC 60456-2011</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Minister of Energy and Mineral Resources Decision No. 103.K/EK.07/DJE/2021 on Minimum Energy Performance Standards and Energy Savings Label for Energy Consuming Appliance Air Conditioners</t>
   </si>
   <si>
     <t>The document specifies the MEPS and energy labelling requirements for single split wall-mounted ACs with maximum cooling capacity of 27,000 BTU/hour for inverter and non-inver type under the HS Code 8415.10.10</t>
   </si>
   <si>
     <t>Air Conditioning, Room ACs - Stationary ACs</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>SNI ISO 5151:2015, SNI 8560-1:2018 ISO 16358-1:2013</t>
   </si>
   <si>
     <t>Directorate General of New and Renewable Energy, and Energy Conservation under …</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minister-energy-and-mineral-resources-decision-no-103kek07dje2021-minimum-energy</t>
   </si>
   <si>
     <t>https://simebtke.esdm.go.id/sinergi/assets/content/20210924123008_103KEK07DJE2021_STANDAR_KINERJA_MINIMUM_DAN_LABEL_TANDA_HEMAT_ENERGI_UNTUK_PERALATAN_PEMANFAATAN_ENERGI_PENGONDISI_UDARA.pdf</t>
   </si>
   <si>
     <t>Minister of Energy and Mineral Resources Regulation No. 57 of 2017 on MEPS and energy labels for air conditioners</t>
   </si>
   <si>
     <t>The MEPS and labeling requirements cover single-split, wall-mounted, inverter or non-inverter air conditioners with cooling capacity up to 27,000 BTU/hour (HS code: 8415.10.10).</t>
   </si>
   <si>
     <t>SNI ISO/IEC 17067:2013, SNI 19-6713-2002, SNI 04-6958-2003</t>
   </si>
@@ -818,807 +821,803 @@
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>19</v>
       </c>
       <c r="E2" t="s">
         <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>21</v>
       </c>
       <c r="G2" t="s">
         <v>22</v>
       </c>
       <c r="H2">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2022</v>
+      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
         <v>23</v>
       </c>
       <c r="K2" t="s">
         <v>24</v>
       </c>
-      <c r="L2"/>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
       <c r="M2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="N2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="P2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="3" spans="1:16">
       <c r="A3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>21</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I3">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K3" t="s">
         <v>24</v>
       </c>
       <c r="L3"/>
       <c r="M3" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="P3" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4" spans="1:16">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B4" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
         <v>20</v>
       </c>
       <c r="F4" t="s">
         <v>21</v>
       </c>
       <c r="G4" t="s">
         <v>22</v>
       </c>
       <c r="H4">
+        <v>2022</v>
+      </c>
+      <c r="I4">
         <v>2024</v>
       </c>
-      <c r="I4">
-[...1 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4"/>
       <c r="M4" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="N4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E5" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="H5">
-[...1 lines deleted...]
-      </c>
+      <c r="H5"/>
       <c r="I5">
-        <v>1988</v>
+        <v>2024</v>
       </c>
       <c r="J5" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>34</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
         <v>44</v>
       </c>
-      <c r="N5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P5" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
     </row>
     <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>47</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>48</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>49</v>
       </c>
-      <c r="E6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G6" t="s">
         <v>22</v>
       </c>
       <c r="H6">
         <v>1987</v>
       </c>
       <c r="I6">
         <v>1988</v>
       </c>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="N6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="P6" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G7" t="s">
         <v>22</v>
       </c>
       <c r="H7">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="I7">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="J7" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
-      <c r="L7"/>
+      <c r="L7" t="s">
+        <v>58</v>
+      </c>
       <c r="M7" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="N7" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="P7" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="C8" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E8" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G8" t="s">
         <v>22</v>
       </c>
       <c r="H8">
         <v>1989</v>
       </c>
       <c r="I8">
-        <v>2015</v>
+        <v>1991</v>
       </c>
       <c r="J8" t="s">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8"/>
       <c r="M8" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="N8" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="P8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C9" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D9" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G9" t="s">
         <v>22</v>
       </c>
       <c r="H9">
         <v>1989</v>
       </c>
       <c r="I9">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="J9" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9"/>
       <c r="M9" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="N9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O9" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="P9" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C10" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D10" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="G10" t="s">
         <v>22</v>
       </c>
       <c r="H10">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="I10">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="J10" t="s">
-        <v>43</v>
+        <v>70</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10"/>
       <c r="M10" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="N10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="P10" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B11" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C11" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E11" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F11" t="s">
-        <v>76</v>
+        <v>50</v>
       </c>
       <c r="G11" t="s">
         <v>22</v>
       </c>
       <c r="H11">
-        <v>1999</v>
+        <v>1986</v>
       </c>
       <c r="I11">
-        <v>2000</v>
+        <v>1988</v>
       </c>
       <c r="J11" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
-      <c r="L11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="N11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="P11" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:16">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B12" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C12" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" t="s">
         <v>39</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F12" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="G12" t="s">
         <v>22</v>
       </c>
       <c r="H12">
-        <v>2011</v>
+        <v>1999</v>
       </c>
       <c r="I12">
-        <v>2014</v>
+        <v>2000</v>
       </c>
       <c r="J12" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="M12" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="N12" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="P12" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
     </row>
     <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B13" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="D13" t="s">
-        <v>87</v>
+        <v>48</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="F13" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="G13" t="s">
         <v>22</v>
       </c>
       <c r="H13">
         <v>2011</v>
       </c>
       <c r="I13">
         <v>2014</v>
       </c>
       <c r="J13" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="M13" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="N13" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="P13" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B14" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="D14" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="F14" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="G14" t="s">
         <v>22</v>
       </c>
       <c r="H14">
-        <v>2022</v>
+        <v>2011</v>
       </c>
       <c r="I14">
-        <v>2024</v>
+        <v>2014</v>
       </c>
       <c r="J14" t="s">
-        <v>94</v>
+        <v>51</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="M14" t="s">
-        <v>96</v>
+        <v>64</v>
       </c>
       <c r="N14" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
         <v>97</v>
       </c>
       <c r="P14" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:16">
       <c r="A15" t="s">
         <v>99</v>
       </c>
       <c r="B15" t="s">
         <v>100</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>101</v>
       </c>
       <c r="E15" t="s">
         <v>20</v>
       </c>
       <c r="F15" t="s">
         <v>21</v>
       </c>
       <c r="G15" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="H15">
         <v>2021</v>
       </c>
       <c r="I15"/>
       <c r="J15" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="M15" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="N15" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P15" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E16" t="s">
         <v>20</v>
       </c>
       <c r="F16" t="s">
         <v>21</v>
       </c>
       <c r="G16" t="s">
         <v>22</v>
       </c>
       <c r="H16">
         <v>2015</v>
       </c>
       <c r="I16">
         <v>2018</v>
       </c>
       <c r="J16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M16" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="N16" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="P16" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B17" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C17" t="s">
         <v>18</v>
       </c>
       <c r="D17" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E17" t="s">
         <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="G17" t="s">
         <v>22</v>
       </c>
       <c r="H17">
         <v>2013</v>
       </c>
       <c r="I17">
         <v>2016</v>
       </c>
       <c r="J17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="K17" t="s">
         <v>24</v>
       </c>
       <c r="L17" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M17" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="N17" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="P17" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">