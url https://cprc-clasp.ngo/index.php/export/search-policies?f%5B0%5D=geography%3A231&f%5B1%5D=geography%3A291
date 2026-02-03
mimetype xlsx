--- v0 (2025-10-11)
+++ v1 (2026-02-03)
@@ -12,704 +12,996 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="193">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="276">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Air Conditioner</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for air conditioners with the following criteria:
+(a) single-phase;
+(b) non-ducted;
+(c) single-split wall mounted;
+(d) vapor compression air conditioners; and
+(e) with a cooling capacity of up to 7.1 kW</t>
   </si>
   <si>
     <t>Asia and Pacific, Malaysia</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...10 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fan</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
+(c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
+(d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
+(e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
   </si>
   <si>
-    <t>Malaysia</t>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
-    <t>August 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
-    <t>Adopted, Revised</t>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode.</t>
   </si>
   <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Fans</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
+    <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
+or equal to 320 L, chest type with solid door.</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>d MS IEC 60081:2003 or IEC 60081:2003
 ,   
                      MS IEC 60969:2006 or IEC 60969:2001
 ,   
                      MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
+(e) filament tungsten incandescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+  </si>
+  <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
+(a) solo;
+(b) combination;
+(c) convection; and
+(d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Refrigerator</t>
+  </si>
+  <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for refrigerator with the following criteria:
+(a) one door or two door;
+(b) can be connected to main power; and
+(c) within the scope of MS IEC 62552-1:2016 or equivalent standard
+IEC 62552-1:2015</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>MS IEC 62552-1:2016
 ,   
                     MS IEC 62552-3:2016
 ,   
                     IEC 62552-1:2015
 ,   
                     IEC 62552-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-refrigerator</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Television</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for television with size up to or equal to 177.8 cm (70 inch):
+(a) plasma;
+(b) liquid crystal display (LCD);
+(c) light emitting diode (LED);
+(d) cathode ray tube (CRT); and
+(e) any other display type with similar function</t>
+  </si>
+  <si>
     <t>MS IEC 62301:2012; IEC 62301:2011
 ,   
                     MS IEC 62087-3:2017; IEC 62087-3:2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
+    <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
+  </si>
+  <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
+    <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
+  </si>
+  <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
+  </si>
+  <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
+  </si>
+  <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
+    <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
+  </si>
+  <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_Microwave_Oven_Issue_Date_01_MARCH_2020.pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Refrigerator</t>
   </si>
   <si>
+    <t>This guide specifies the minimum energy performance standards (MEPS) requirements for household refrigerating appliances with one door or two door (Refer to figure 1) that can be connected to mains power and which are within the scope of MS IEC 62552-1 or identical.</t>
+  </si>
+  <si>
     <t>MS IEC 62552-1:2016, MS IEC 62552-2:2016, MS IEC 62552-3:2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-refrigerator</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/files/download/95/Guideline_Minimum_Energy_Performance_Requirement_for_Refrigerator.pdf----https://www.st.gov.my/en/web/consumer/details/7/3</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
+  </si>
+  <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
+    <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
+  </si>
+  <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
+  </si>
+  <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
+    <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -973,2139 +1265,2378 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N48"/>
+  <dimension ref="A1:P47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="100.118" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1985</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1984</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>1987</v>
+      </c>
+      <c r="I5">
+        <v>1988</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1989</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>50</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7">
+        <v>1988</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8">
+        <v>1989</v>
+      </c>
+      <c r="I8">
+        <v>1991</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>62</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>67</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>44</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>2015</v>
+      </c>
+      <c r="J9" t="s">
+        <v>68</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>71</v>
+      </c>
+      <c r="B10" t="s">
+        <v>72</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>1992</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>78</v>
+      </c>
+      <c r="P11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>80</v>
+      </c>
+      <c r="B12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1984</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>83</v>
+      </c>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>84</v>
+      </c>
+      <c r="P12" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1990</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>67</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>93</v>
+      </c>
+      <c r="P14" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>95</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>97</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1983</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>98</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>99</v>
+      </c>
+      <c r="P15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2011</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>104</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>105</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>107</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>44</v>
+      </c>
+      <c r="H17">
+        <v>1986</v>
+      </c>
+      <c r="I17">
+        <v>1988</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>110</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>49</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1987</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>50</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>25</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>114</v>
+      </c>
+      <c r="P18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>116</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1987</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>119</v>
+      </c>
+      <c r="P19" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>121</v>
+      </c>
+      <c r="B20" t="s">
+        <v>122</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>123</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1986</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>124</v>
+      </c>
+      <c r="P20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>126</v>
+      </c>
+      <c r="B21" t="s">
+        <v>127</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1986</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>129</v>
+      </c>
+      <c r="M21" t="s">
+        <v>25</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>130</v>
+      </c>
+      <c r="P21" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>132</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1984</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>135</v>
+      </c>
+      <c r="M22" t="s">
+        <v>62</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>136</v>
+      </c>
+      <c r="P22" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>138</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>140</v>
+      </c>
+      <c r="G23" t="s">
+        <v>44</v>
+      </c>
+      <c r="H23">
+        <v>1999</v>
+      </c>
+      <c r="I23">
+        <v>2000</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>141</v>
+      </c>
+      <c r="M23" t="s">
+        <v>62</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>142</v>
+      </c>
+      <c r="P23" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>144</v>
+      </c>
+      <c r="B24" t="s">
+        <v>145</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>140</v>
+      </c>
+      <c r="G24" t="s">
+        <v>44</v>
+      </c>
+      <c r="H24">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I24">
+        <v>2014</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>146</v>
+      </c>
+      <c r="M24" t="s">
+        <v>62</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>147</v>
+      </c>
+      <c r="P24" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>149</v>
+      </c>
+      <c r="B25" t="s">
+        <v>150</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>134</v>
+      </c>
+      <c r="E25" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F25" t="s">
+        <v>140</v>
+      </c>
+      <c r="G25" t="s">
+        <v>44</v>
+      </c>
+      <c r="H25">
+        <v>2011</v>
+      </c>
+      <c r="I25">
+        <v>2014</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>151</v>
+      </c>
+      <c r="M25" t="s">
+        <v>62</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>152</v>
+      </c>
+      <c r="P25" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>154</v>
+      </c>
+      <c r="B26" t="s">
+        <v>155</v>
+      </c>
+      <c r="C26" t="s">
+        <v>156</v>
+      </c>
+      <c r="D26" t="s">
+        <v>157</v>
+      </c>
+      <c r="E26" t="s">
+        <v>158</v>
+      </c>
+      <c r="F26" t="s">
+        <v>159</v>
+      </c>
+      <c r="G26" t="s">
+        <v>44</v>
+      </c>
+      <c r="H26">
+        <v>2013</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>160</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>161</v>
+      </c>
+      <c r="M26" t="s">
+        <v>162</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>163</v>
+      </c>
+      <c r="P26" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" t="s">
+        <v>166</v>
+      </c>
+      <c r="C27" t="s">
+        <v>167</v>
+      </c>
+      <c r="D27" t="s">
+        <v>168</v>
+      </c>
+      <c r="E27" t="s">
+        <v>158</v>
+      </c>
+      <c r="F27" t="s">
+        <v>159</v>
+      </c>
+      <c r="G27" t="s">
+        <v>44</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2025</v>
+      </c>
+      <c r="J27" t="s">
+        <v>169</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>170</v>
+      </c>
+      <c r="M27" t="s">
+        <v>162</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>171</v>
+      </c>
+      <c r="P27" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>173</v>
+      </c>
+      <c r="B28" t="s">
+        <v>174</v>
+      </c>
+      <c r="C28" t="s">
+        <v>167</v>
+      </c>
+      <c r="D28" t="s">
+        <v>175</v>
+      </c>
+      <c r="E28" t="s">
+        <v>158</v>
+      </c>
+      <c r="F28" t="s">
+        <v>159</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2025</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>169</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>162</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>176</v>
+      </c>
+      <c r="P28" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>173</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>167</v>
+      </c>
+      <c r="D29" t="s">
+        <v>175</v>
+      </c>
+      <c r="E29" t="s">
+        <v>158</v>
+      </c>
+      <c r="F29" t="s">
+        <v>159</v>
+      </c>
+      <c r="G29" t="s">
+        <v>44</v>
+      </c>
+      <c r="H29">
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>160</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>178</v>
+      </c>
+      <c r="M29" t="s">
+        <v>162</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" t="s">
+        <v>183</v>
+      </c>
+      <c r="E30" t="s">
+        <v>158</v>
+      </c>
+      <c r="F30" t="s">
+        <v>159</v>
+      </c>
+      <c r="G30" t="s">
+        <v>44</v>
+      </c>
+      <c r="H30">
+        <v>2013</v>
+      </c>
+      <c r="I30">
+        <v>2024</v>
+      </c>
+      <c r="J30" t="s">
+        <v>160</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
+      <c r="M30" t="s">
+        <v>162</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
+        <v>187</v>
+      </c>
+      <c r="C31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" t="s">
+        <v>188</v>
+      </c>
+      <c r="E31" t="s">
+        <v>158</v>
+      </c>
+      <c r="F31" t="s">
+        <v>159</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2025</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>169</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>184</v>
+      </c>
+      <c r="M31" t="s">
+        <v>162</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>189</v>
+      </c>
+      <c r="P31" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" t="s">
+        <v>191</v>
+      </c>
+      <c r="C32" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" t="s">
+        <v>192</v>
+      </c>
+      <c r="E32" t="s">
+        <v>158</v>
+      </c>
+      <c r="F32" t="s">
+        <v>159</v>
+      </c>
+      <c r="G32" t="s">
+        <v>44</v>
+      </c>
+      <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32">
+        <v>2025</v>
+      </c>
+      <c r="J32" t="s">
+        <v>169</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>193</v>
+      </c>
+      <c r="M32" t="s">
+        <v>162</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>194</v>
+      </c>
+      <c r="P32" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>190</v>
+      </c>
+      <c r="B33" t="s">
+        <v>195</v>
+      </c>
+      <c r="C33" t="s">
+        <v>156</v>
+      </c>
+      <c r="D33" t="s">
+        <v>196</v>
+      </c>
+      <c r="E33" t="s">
+        <v>158</v>
+      </c>
+      <c r="F33" t="s">
+        <v>159</v>
+      </c>
+      <c r="G33" t="s">
+        <v>44</v>
+      </c>
+      <c r="H33">
+        <v>2013</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>160</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>197</v>
+      </c>
+      <c r="M33" t="s">
+        <v>162</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>198</v>
+      </c>
+      <c r="P33" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>200</v>
+      </c>
+      <c r="B34" t="s">
+        <v>201</v>
+      </c>
+      <c r="C34" t="s">
+        <v>156</v>
+      </c>
+      <c r="D34" t="s">
+        <v>202</v>
+      </c>
+      <c r="E34" t="s">
+        <v>158</v>
+      </c>
+      <c r="F34" t="s">
+        <v>159</v>
+      </c>
+      <c r="G34" t="s">
+        <v>44</v>
+      </c>
+      <c r="H34">
+        <v>2013</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>160</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>203</v>
+      </c>
+      <c r="M34" t="s">
+        <v>162</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>204</v>
+      </c>
+      <c r="P34" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>205</v>
+      </c>
+      <c r="B35" t="s">
+        <v>206</v>
+      </c>
+      <c r="C35" t="s">
+        <v>156</v>
+      </c>
+      <c r="D35" t="s">
+        <v>207</v>
+      </c>
+      <c r="E35" t="s">
+        <v>158</v>
+      </c>
+      <c r="F35" t="s">
+        <v>159</v>
+      </c>
+      <c r="G35" t="s">
+        <v>44</v>
+      </c>
+      <c r="H35">
+        <v>2013</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
+        <v>160</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>208</v>
+      </c>
+      <c r="M35" t="s">
+        <v>162</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>209</v>
+      </c>
+      <c r="P35" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>210</v>
+      </c>
+      <c r="B36" t="s">
+        <v>211</v>
+      </c>
+      <c r="C36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D36" t="s">
+        <v>61</v>
+      </c>
+      <c r="E36" t="s">
+        <v>158</v>
+      </c>
+      <c r="F36" t="s">
+        <v>159</v>
+      </c>
+      <c r="G36" t="s">
+        <v>44</v>
+      </c>
+      <c r="H36">
+        <v>2015</v>
+      </c>
+      <c r="I36">
+        <v>2024</v>
+      </c>
+      <c r="J36" t="s">
+        <v>160</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>212</v>
+      </c>
+      <c r="M36" t="s">
+        <v>162</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>213</v>
+      </c>
+      <c r="P36" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
+        <v>215</v>
+      </c>
+      <c r="C37" t="s">
+        <v>167</v>
+      </c>
+      <c r="D37" t="s">
+        <v>134</v>
+      </c>
+      <c r="E37" t="s">
+        <v>158</v>
+      </c>
+      <c r="F37" t="s">
+        <v>159</v>
+      </c>
+      <c r="G37" t="s">
+        <v>44</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37">
+        <v>2024</v>
+      </c>
+      <c r="J37" t="s">
+        <v>160</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>216</v>
+      </c>
+      <c r="M37" t="s">
+        <v>162</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>217</v>
+      </c>
+      <c r="P37" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B38" t="s">
+        <v>219</v>
+      </c>
+      <c r="C38" t="s">
+        <v>167</v>
+      </c>
+      <c r="D38" t="s">
+        <v>134</v>
+      </c>
+      <c r="E38" t="s">
+        <v>158</v>
+      </c>
+      <c r="F38" t="s">
+        <v>159</v>
+      </c>
+      <c r="G38" t="s">
+        <v>220</v>
+      </c>
+      <c r="H38">
+        <v>2018</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>221</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>222</v>
+      </c>
+      <c r="M38" t="s">
+        <v>162</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>223</v>
+      </c>
+      <c r="P38" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>225</v>
+      </c>
+      <c r="B39" t="s">
+        <v>226</v>
+      </c>
+      <c r="C39" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" t="s">
+        <v>109</v>
+      </c>
+      <c r="E39" t="s">
+        <v>158</v>
+      </c>
+      <c r="F39" t="s">
+        <v>159</v>
+      </c>
+      <c r="G39" t="s">
+        <v>227</v>
+      </c>
+      <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39">
+        <v>2018</v>
+      </c>
+      <c r="J39" t="s">
+        <v>221</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>228</v>
+      </c>
+      <c r="M39" t="s">
+        <v>162</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>229</v>
+      </c>
+      <c r="P39" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>231</v>
+      </c>
+      <c r="B40" t="s">
+        <v>232</v>
+      </c>
+      <c r="C40" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" t="s">
+        <v>168</v>
+      </c>
+      <c r="E40" t="s">
+        <v>158</v>
+      </c>
+      <c r="F40" t="s">
+        <v>159</v>
+      </c>
+      <c r="G40" t="s">
+        <v>220</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>221</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>233</v>
+      </c>
+      <c r="M40" t="s">
+        <v>162</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>234</v>
+      </c>
+      <c r="P40" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>236</v>
+      </c>
+      <c r="B41" t="s">
+        <v>237</v>
+      </c>
+      <c r="C41" t="s">
+        <v>167</v>
+      </c>
+      <c r="D41" t="s">
+        <v>238</v>
+      </c>
+      <c r="E41" t="s">
+        <v>158</v>
+      </c>
+      <c r="F41" t="s">
+        <v>159</v>
+      </c>
+      <c r="G41" t="s">
+        <v>220</v>
+      </c>
+      <c r="H41">
+        <v>2020</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>221</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>239</v>
+      </c>
+      <c r="M41" t="s">
+        <v>162</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>240</v>
+      </c>
+      <c r="P41" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>242</v>
+      </c>
+      <c r="B42" t="s">
+        <v>243</v>
+      </c>
+      <c r="C42" t="s">
+        <v>167</v>
+      </c>
+      <c r="D42" t="s">
+        <v>207</v>
+      </c>
+      <c r="E42" t="s">
+        <v>158</v>
+      </c>
+      <c r="F42" t="s">
+        <v>159</v>
+      </c>
+      <c r="G42" t="s">
+        <v>227</v>
+      </c>
+      <c r="H42">
+        <v>2015</v>
+      </c>
+      <c r="I42">
+        <v>2018</v>
+      </c>
+      <c r="J42" t="s">
+        <v>221</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>244</v>
+      </c>
+      <c r="M42" t="s">
+        <v>162</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>245</v>
+      </c>
+      <c r="P42" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>247</v>
+      </c>
+      <c r="B43" t="s">
+        <v>248</v>
+      </c>
+      <c r="C43" t="s">
+        <v>167</v>
+      </c>
+      <c r="D43" t="s">
+        <v>249</v>
+      </c>
+      <c r="E43" t="s">
+        <v>158</v>
+      </c>
+      <c r="F43" t="s">
+        <v>159</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2020</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>221</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>250</v>
+      </c>
+      <c r="M43" t="s">
+        <v>162</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>251</v>
+      </c>
+      <c r="P43" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>253</v>
+      </c>
+      <c r="B44" t="s">
+        <v>254</v>
+      </c>
+      <c r="C44" t="s">
+        <v>167</v>
+      </c>
+      <c r="D44" t="s">
+        <v>61</v>
+      </c>
+      <c r="E44" t="s">
+        <v>158</v>
+      </c>
+      <c r="F44" t="s">
+        <v>159</v>
+      </c>
+      <c r="G44" t="s">
+        <v>255</v>
+      </c>
+      <c r="H44">
+        <v>2015</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
+      <c r="J44" t="s">
+        <v>221</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>256</v>
+      </c>
+      <c r="M44" t="s">
+        <v>162</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>257</v>
+      </c>
+      <c r="P44" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>259</v>
+      </c>
+      <c r="B45" t="s">
+        <v>260</v>
+      </c>
+      <c r="C45" t="s">
+        <v>167</v>
+      </c>
+      <c r="D45" t="s">
+        <v>261</v>
+      </c>
+      <c r="E45" t="s">
+        <v>158</v>
+      </c>
+      <c r="F45" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G45" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H45">
+        <v>2015</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>221</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>262</v>
+      </c>
+      <c r="M45" t="s">
+        <v>162</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>263</v>
+      </c>
+      <c r="P45" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>265</v>
+      </c>
+      <c r="B46" t="s">
+        <v>266</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>19</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>140</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2011</v>
+      </c>
+      <c r="I46"/>
+      <c r="J46" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...16 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>62</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>267</v>
+      </c>
+      <c r="P46" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>269</v>
+      </c>
+      <c r="B47" t="s">
+        <v>270</v>
+      </c>
+      <c r="C47" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...6 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D47" t="s">
+        <v>271</v>
+      </c>
+      <c r="E47" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F47" t="s">
+        <v>140</v>
+      </c>
+      <c r="G47" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H47">
+        <v>2012</v>
+      </c>
+      <c r="I47"/>
+      <c r="J47" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...1856 lines deleted...]
-      <c r="K47"/>
+      <c r="K47" t="s">
+        <v>272</v>
+      </c>
       <c r="L47" t="s">
-        <v>47</v>
+        <v>273</v>
       </c>
       <c r="M47" t="s">
-        <v>23</v>
+        <v>274</v>
       </c>
       <c r="N47" t="s">
-        <v>186</v>
-[...41 lines deleted...]
-        <v>192</v>
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>275</v>
+      </c>
+      <c r="P47" t="s">
+        <v>268</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>