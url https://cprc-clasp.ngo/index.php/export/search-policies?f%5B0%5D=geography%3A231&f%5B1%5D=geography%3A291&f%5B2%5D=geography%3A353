--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="425">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -516,219 +516,197 @@
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>March 2025</t>
   </si>
   <si>
     <t>MS ISO 5151:2012
 ,   
                     ISO 5151:2010</t>
   </si>
   <si>
     <t>Suruhanjaya Tenaga - ST (Energy Commission)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-air-conditioner</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/07-20250415%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
-    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fan</t>
-[...4 lines deleted...]
-(b) the pedestal fan with size from 10 inch up to16 inch (250mm up to 400mm);
+    <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Domestic Fans</t>
+  </si>
+  <si>
+    <t>This guideline specifies minimum energy performance standards and star rating for domestic fan that are used in household that is connected to main power supply, including—(a) the ceiling fan with size from 48 inch up to 60 inch (1200mm up to 1500mm);
+(b) the pedestal fan with size from 10 inch up to 16 inch (250mm up to 400mm); 
 (c) the wall fan with size from 10 inch up to16 inch (250mm up to 400mm);
 (d) the desk fan with size from 10 inch up to16 inch (250mm up to 400mm); and
 (e) the box/mist/moving louver fan (250mm/10inch-350mm/14 inch).</t>
   </si>
   <si>
-    <t>Ceiling Fans</t>
-[...10 lines deleted...]
-    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>Ceiling Fans, Portable Fans</t>
+  </si>
+  <si>
+    <t>August 2025</t>
+  </si>
+  <si>
+    <t>MS 1220:2010</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-domestic-fans</t>
+  </si>
+  <si>
+    <t>https://www.st.gov.my/contents/2025/EECA/20250505%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Electric Oven</t>
+  </si>
+  <si>
+    <t>This guideline specifies the minimum energy performance standards and rating labels for portable or built-in type electric oven with the following function mode:
+(a) conventional mode;
+(b) convectional mode;
+(c) conventional and convectional mode; and
+(d) conventional, convectional and steam mode</t>
+  </si>
+  <si>
+    <t>Ovens</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency rating label for portable or built-in type electric oven with the following function mode:
 (a) conventional mode;
 (b) convectional mode;
 (c) conventional and convectional mode; and
 (d) conventional, convectional and steam mode.</t>
   </si>
   <si>
-    <t>Ovens</t>
-[...1 lines deleted...]
-  <si>
     <t>IEC 60350-1:2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-electric-oven</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2025/EECA/20250304%20GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
-  </si>
-[...36 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-fans</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezer</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency lable for freezer with size up to or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Refrigeration, Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezer</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Lamp</t>
+  </si>
+  <si>
+    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
+(a) T5 and T8 double capped fluorescent lamps;
+(b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
+(c) single-capped fluorescent lamps (non-integrated compact
+fluorescent lamps) and circular fluorescent lamps for general
+lighting services;
+(d) self-ballasted Light Emitting Diode (LED) lamps for general lighting
+services with lamp cap E14, E27, GU10, B22d and G13; and
+(e) filament tungsten incandescent lamps</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>d MS IEC 60081:2003 or IEC 60081:2003
+,   
+                     MS IEC 60969:2006 or IEC 60969:2001
+,   
+                     MS IEC 60901:2003 or IEC 60901:1996
+,   
+                    MS IEC 62612:2021 or IEC 62612:2015
+,   
+                    MS IEC 60064:2006 or IEC 60064:2006</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for lamp with the following criteria:
 (a) T5 and T8 double capped fluorescent lamps;
 (b) self-ballasted single-capped lamps (compact fluorescent lamps (CFL)) for general lighting services;
 (c) single-capped fluorescent lamps (non-integrated compact fluorescent lamps) and circular fluorescent lamps for general lighting services;
 (d) self-ballasted Light Emitting Diode (LED) lamps for general lighting services with lamp cap E14, E27, GU10, B22d, G5 and G13; and
 (e) filament tungsten incandescent lamps.</t>
   </si>
   <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>MS IEC 60081:2003 or IEC 60081:2003
 ,   
                     MS IEC 60969:2006 or IEC 60969:2001
 ,   
                     MS IEC 60901:2003 or IEC 60901:1996
 ,   
                     MS IEC 62612:2021 or IEC 62612:2015
 ,   
                     MS IEC 60064:2006 or IEC 60064:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp</t>
   </si>
   <si>
-    <t>This policy regulates minimum performance standards and star rating for lamps that have the following criteria:
-[...24 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-lamp-0</t>
+    <t>https://www.st.gov.my/contents/2025/EECA/0701-GUIDELINES%20ON%20ENERGY%20USING%20PRODUCT.pdf</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Microwave Oven</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for microwave oven that combines mricrowave fuctionality with additional heating method with size up to or equal to 32 Litre. Microwave oven should have the following functions:
 (a) solo;
 (b) combination;
 (c) convection; and
 (d) any other microwave oven with similar function;</t>
   </si>
   <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>IEC 60705:2010
 ,   
                     MS IEC 62301:2012
 ,   
                     IEC 62301:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-microwave-oven</t>
   </si>
   <si>
@@ -774,68 +752,74 @@
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-television</t>
   </si>
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Washing Machine</t>
   </si>
   <si>
     <t>This guide outlines the minimum energy performance standard (MEPS) and energy efficiency label for washing machine for household use with or without heating devises utilizing cold or hot water supply.</t>
   </si>
   <si>
     <t>MS IEC 60456: 2012
 ,   
                     IEC 60456: 2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-washing-machine</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide On Minimum Energy Performance Standard Requirements for Air Conditioner with Cooling Capacity ≤ 7.1kw</t>
   </si>
   <si>
     <t>This guide specifies the minimum energy performance standard (MEPS) and energy labeling requirements for single-phase non-ducted single split wall mounted type vapour compression air conditioners with cooling capacity up to 7.1 kW.</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>ISO 16358-1:2013, MS ISO 5151:2012 MS ISO 5151:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-requirements-air-conditioner-cooling-capacity</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-Guide%20on%20MEPS%20for%20AC%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
@@ -873,75 +857,78 @@
   <si>
     <t>Guide on Minimum Energy Performance Standards for Rice cooker</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for rice cooker that can be connected to mains power and for household use. This Guide shall apply to the rice cooker with size up to or equal to 3.6 L and rated power up to 1600 Watt.</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>MS 2024</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-rice-cooker</t>
   </si>
   <si>
     <t>https://www.st.gov.my/contents/2021/MEPS/20210108%20-%20Guide%20on%20MEPS%20for%20Rice%20Cooker%20(UPDATED).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Television</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labeling requirements for televisions that can be connected to mains power and for household use. This Guide shall apply to the following types of television with size up to or equal to 177.8 cm (70 inch): (a) plasma; (b) liquid crystal display (LCD); (c) light emitting diode (LED); (d) cathode ray tube (CRT); and (e) any other display type with similar function.</t>
   </si>
   <si>
+    <t>Entered into force, Revised, Superseded</t>
+  </si>
+  <si>
     <t>MS IEC 62301, IEC 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-television</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Energy_Efficiency_Labelling_Guideline_for_Television1.pdf</t>
   </si>
   <si>
     <t>Guideline for Obtaining the Certificate of Approval (COA) for Led Lamps under Minimum Energy Performance Standards (MEPS)</t>
   </si>
   <si>
     <t>This policy applies to tubular fluorescent lamps, compact fluorescent lamps (CFL), light emitting diode (LED) lamps, and incandescent lamps. This guideline applies only for self-ballasted LED lamps for general lighting services.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>MS 62612 (P), MS IEC 60061-1, MS IEC 60064, MS IEC 60081, MS IEC 60901, MS IEC 60969</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guideline-obtaining-certificate-approval-coa-led-lamps-under-minimum-energy-performance</t>
   </si>
   <si>
-    <t>https://www.st.gov.my/en/web/consumer/details/7/3----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202598%202014%20(MEPS%20for%20Lamp).pdf</t>
+    <t>https://www.st.gov.my/contents/article/consumer/2014/GUIDELINES_FOR_Certificate_of_Approval_Lamp_latest.pdf</t>
   </si>
   <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
     <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
   </si>
   <si>
     <t>Iran</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
     <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
   </si>
@@ -1725,65 +1712,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P82"/>
+  <dimension ref="A1:P81"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="131.968" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="359.769" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
@@ -2968,2811 +2955,2759 @@
     <row r="26" spans="1:16">
       <c r="A26" t="s">
         <v>154</v>
       </c>
       <c r="B26" t="s">
         <v>155</v>
       </c>
       <c r="C26" t="s">
         <v>156</v>
       </c>
       <c r="D26" t="s">
         <v>157</v>
       </c>
       <c r="E26" t="s">
         <v>158</v>
       </c>
       <c r="F26" t="s">
         <v>159</v>
       </c>
       <c r="G26" t="s">
         <v>44</v>
       </c>
       <c r="H26">
         <v>2013</v>
       </c>
-      <c r="I26">
-[...1 lines deleted...]
-      </c>
+      <c r="I26"/>
       <c r="J26" t="s">
         <v>160</v>
       </c>
       <c r="K26" t="s">
         <v>24</v>
       </c>
       <c r="L26" t="s">
         <v>161</v>
       </c>
       <c r="M26" t="s">
         <v>162</v>
       </c>
       <c r="N26" t="s">
         <v>26</v>
       </c>
       <c r="O26" t="s">
         <v>163</v>
       </c>
       <c r="P26" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="27" spans="1:16">
       <c r="A27" t="s">
         <v>165</v>
       </c>
       <c r="B27" t="s">
         <v>166</v>
       </c>
       <c r="C27" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="D27" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E27" t="s">
         <v>158</v>
       </c>
       <c r="F27" t="s">
         <v>159</v>
       </c>
       <c r="G27" t="s">
         <v>44</v>
       </c>
       <c r="H27">
         <v>2013</v>
       </c>
       <c r="I27">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="J27" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="K27" t="s">
         <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="M27" t="s">
         <v>162</v>
       </c>
       <c r="N27" t="s">
         <v>26</v>
       </c>
       <c r="O27" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="P27" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B28" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C28" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="D28" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E28" t="s">
         <v>158</v>
       </c>
       <c r="F28" t="s">
         <v>159</v>
       </c>
       <c r="G28" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H28">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I28"/>
       <c r="J28" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="K28" t="s">
         <v>24</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L28"/>
       <c r="M28" t="s">
         <v>162</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="P28" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B29" t="s">
         <v>177</v>
       </c>
       <c r="C29" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D29" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="E29" t="s">
         <v>158</v>
       </c>
       <c r="F29" t="s">
         <v>159</v>
       </c>
       <c r="G29" t="s">
         <v>44</v>
       </c>
       <c r="H29">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="I29"/>
+        <v>2013</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
       <c r="J29" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="K29" t="s">
         <v>24</v>
       </c>
-      <c r="L29"/>
+      <c r="L29" t="s">
+        <v>178</v>
+      </c>
       <c r="M29" t="s">
         <v>162</v>
       </c>
       <c r="N29" t="s">
         <v>26</v>
       </c>
       <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
         <v>182</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
+        <v>167</v>
+      </c>
+      <c r="D30" t="s">
         <v>183</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E30" t="s">
         <v>158</v>
       </c>
       <c r="F30" t="s">
         <v>159</v>
       </c>
       <c r="G30" t="s">
         <v>44</v>
       </c>
       <c r="H30">
         <v>2013</v>
       </c>
       <c r="I30">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J30" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="M30" t="s">
         <v>162</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="P30" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
+        <v>186</v>
+      </c>
+      <c r="B31" t="s">
         <v>187</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>189</v>
       </c>
       <c r="E31" t="s">
         <v>158</v>
       </c>
       <c r="F31" t="s">
         <v>159</v>
       </c>
       <c r="G31" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="H31">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2025</v>
+      </c>
+      <c r="I31"/>
       <c r="J31" t="s">
-        <v>160</v>
+        <v>169</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>190</v>
+        <v>184</v>
       </c>
       <c r="M31" t="s">
         <v>162</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="P31" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
+        <v>190</v>
+      </c>
+      <c r="B32" t="s">
+        <v>191</v>
+      </c>
+      <c r="C32" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" t="s">
         <v>192</v>
-      </c>
-[...7 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E32" t="s">
         <v>158</v>
       </c>
       <c r="F32" t="s">
         <v>159</v>
       </c>
       <c r="G32" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H32">
+        <v>2015</v>
+      </c>
+      <c r="I32">
         <v>2025</v>
       </c>
-      <c r="I32"/>
       <c r="J32" t="s">
-        <v>179</v>
+        <v>169</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="M32" t="s">
         <v>162</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="P32" t="s">
-        <v>181</v>
+        <v>172</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>196</v>
+        <v>190</v>
       </c>
       <c r="B33" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="C33" t="s">
         <v>156</v>
       </c>
       <c r="D33" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="E33" t="s">
         <v>158</v>
       </c>
       <c r="F33" t="s">
         <v>159</v>
       </c>
       <c r="G33" t="s">
         <v>44</v>
       </c>
       <c r="H33">
         <v>2013</v>
       </c>
       <c r="I33">
         <v>2024</v>
       </c>
       <c r="J33" t="s">
         <v>160</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="M33" t="s">
         <v>162</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="P33" t="s">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="B34" t="s">
         <v>201</v>
       </c>
       <c r="C34" t="s">
-        <v>178</v>
+        <v>156</v>
       </c>
       <c r="D34" t="s">
         <v>202</v>
       </c>
       <c r="E34" t="s">
         <v>158</v>
       </c>
       <c r="F34" t="s">
         <v>159</v>
       </c>
       <c r="G34" t="s">
         <v>44</v>
       </c>
       <c r="H34">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I34">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="J34" t="s">
-        <v>179</v>
+        <v>160</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34" t="s">
         <v>203</v>
       </c>
       <c r="M34" t="s">
         <v>162</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
         <v>204</v>
       </c>
       <c r="P34" t="s">
-        <v>181</v>
+        <v>199</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
         <v>205</v>
       </c>
       <c r="B35" t="s">
         <v>206</v>
       </c>
       <c r="C35" t="s">
         <v>156</v>
       </c>
       <c r="D35" t="s">
         <v>207</v>
       </c>
       <c r="E35" t="s">
         <v>158</v>
       </c>
       <c r="F35" t="s">
         <v>159</v>
       </c>
       <c r="G35" t="s">
         <v>44</v>
       </c>
       <c r="H35">
         <v>2013</v>
       </c>
       <c r="I35">
         <v>2024</v>
       </c>
       <c r="J35" t="s">
         <v>160</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35" t="s">
         <v>208</v>
       </c>
       <c r="M35" t="s">
         <v>162</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
         <v>209</v>
       </c>
       <c r="P35" t="s">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>210</v>
       </c>
       <c r="B36" t="s">
         <v>211</v>
       </c>
       <c r="C36" t="s">
         <v>156</v>
       </c>
       <c r="D36" t="s">
-        <v>212</v>
+        <v>61</v>
       </c>
       <c r="E36" t="s">
         <v>158</v>
       </c>
       <c r="F36" t="s">
         <v>159</v>
       </c>
       <c r="G36" t="s">
         <v>44</v>
       </c>
       <c r="H36">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I36">
         <v>2024</v>
       </c>
       <c r="J36" t="s">
         <v>160</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="M36" t="s">
         <v>162</v>
       </c>
       <c r="N36" t="s">
         <v>26</v>
       </c>
       <c r="O36" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="P36" t="s">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
+        <v>214</v>
+      </c>
+      <c r="B37" t="s">
         <v>215</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="D37" t="s">
-        <v>61</v>
+        <v>134</v>
       </c>
       <c r="E37" t="s">
         <v>158</v>
       </c>
       <c r="F37" t="s">
         <v>159</v>
       </c>
       <c r="G37" t="s">
         <v>44</v>
       </c>
       <c r="H37">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="I37">
         <v>2024</v>
       </c>
       <c r="J37" t="s">
         <v>160</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="M37" t="s">
         <v>162</v>
       </c>
       <c r="N37" t="s">
         <v>26</v>
       </c>
       <c r="O37" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="P37" t="s">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
+        <v>218</v>
+      </c>
+      <c r="B38" t="s">
         <v>219</v>
       </c>
-      <c r="B38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="D38" t="s">
         <v>134</v>
       </c>
       <c r="E38" t="s">
         <v>158</v>
       </c>
       <c r="F38" t="s">
         <v>159</v>
       </c>
       <c r="G38" t="s">
-        <v>44</v>
+        <v>220</v>
       </c>
       <c r="H38">
-        <v>2013</v>
-[...3 lines deleted...]
-      </c>
+        <v>2018</v>
+      </c>
+      <c r="I38"/>
       <c r="J38" t="s">
-        <v>160</v>
+        <v>221</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M38" t="s">
         <v>162</v>
       </c>
       <c r="N38" t="s">
         <v>26</v>
       </c>
       <c r="O38" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="P38" t="s">
-        <v>170</v>
+        <v>224</v>
       </c>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B39" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C39" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D39" t="s">
-        <v>134</v>
+        <v>109</v>
       </c>
       <c r="E39" t="s">
         <v>158</v>
       </c>
       <c r="F39" t="s">
         <v>159</v>
       </c>
       <c r="G39" t="s">
-        <v>22</v>
+        <v>227</v>
       </c>
       <c r="H39">
+        <v>2015</v>
+      </c>
+      <c r="I39">
         <v>2018</v>
       </c>
-      <c r="I39"/>
       <c r="J39" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M39" t="s">
         <v>162</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="P39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:16">
       <c r="A40" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B40" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C40" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D40" t="s">
-        <v>109</v>
+        <v>168</v>
       </c>
       <c r="E40" t="s">
         <v>158</v>
       </c>
       <c r="F40" t="s">
         <v>159</v>
       </c>
       <c r="G40" t="s">
-        <v>44</v>
+        <v>220</v>
       </c>
       <c r="H40">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
       <c r="J40" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="K40" t="s">
         <v>24</v>
       </c>
       <c r="L40" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="M40" t="s">
         <v>162</v>
       </c>
       <c r="N40" t="s">
         <v>26</v>
       </c>
       <c r="O40" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="P40" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
     </row>
     <row r="41" spans="1:16">
       <c r="A41" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B41" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C41" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D41" t="s">
-        <v>184</v>
+        <v>238</v>
       </c>
       <c r="E41" t="s">
         <v>158</v>
       </c>
       <c r="F41" t="s">
         <v>159</v>
       </c>
       <c r="G41" t="s">
-        <v>22</v>
+        <v>220</v>
       </c>
       <c r="H41">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I41"/>
       <c r="J41" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="K41" t="s">
         <v>24</v>
       </c>
       <c r="L41" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="M41" t="s">
         <v>162</v>
       </c>
       <c r="N41" t="s">
         <v>26</v>
       </c>
       <c r="O41" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="P41" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="42" spans="1:16">
       <c r="A42" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="B42" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C42" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D42" t="s">
-        <v>241</v>
+        <v>207</v>
       </c>
       <c r="E42" t="s">
         <v>158</v>
       </c>
       <c r="F42" t="s">
         <v>159</v>
       </c>
       <c r="G42" t="s">
-        <v>22</v>
+        <v>227</v>
       </c>
       <c r="H42">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I42"/>
+        <v>2015</v>
+      </c>
+      <c r="I42">
+        <v>2018</v>
+      </c>
       <c r="J42" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="K42" t="s">
         <v>24</v>
       </c>
       <c r="L42" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="M42" t="s">
         <v>162</v>
       </c>
       <c r="N42" t="s">
         <v>26</v>
       </c>
       <c r="O42" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="P42" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="43" spans="1:16">
       <c r="A43" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B43" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C43" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D43" t="s">
-        <v>212</v>
+        <v>249</v>
       </c>
       <c r="E43" t="s">
         <v>158</v>
       </c>
       <c r="F43" t="s">
         <v>159</v>
       </c>
       <c r="G43" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H43">
-        <v>2015</v>
-[...3 lines deleted...]
-      </c>
+        <v>2020</v>
+      </c>
+      <c r="I43"/>
       <c r="J43" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="K43" t="s">
         <v>24</v>
       </c>
       <c r="L43" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="M43" t="s">
         <v>162</v>
       </c>
       <c r="N43" t="s">
         <v>26</v>
       </c>
       <c r="O43" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="P43" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="B44" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C44" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D44" t="s">
-        <v>252</v>
+        <v>61</v>
       </c>
       <c r="E44" t="s">
         <v>158</v>
       </c>
       <c r="F44" t="s">
         <v>159</v>
       </c>
       <c r="G44" t="s">
-        <v>22</v>
+        <v>255</v>
       </c>
       <c r="H44">
-        <v>2020</v>
-[...1 lines deleted...]
-      <c r="I44"/>
+        <v>2015</v>
+      </c>
+      <c r="I44">
+        <v>2019</v>
+      </c>
       <c r="J44" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="K44" t="s">
         <v>24</v>
       </c>
       <c r="L44" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="M44" t="s">
         <v>162</v>
       </c>
       <c r="N44" t="s">
         <v>26</v>
       </c>
       <c r="O44" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="P44" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="45" spans="1:16">
       <c r="A45" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="B45" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C45" t="s">
-        <v>178</v>
+        <v>167</v>
       </c>
       <c r="D45" t="s">
-        <v>61</v>
+        <v>261</v>
       </c>
       <c r="E45" t="s">
         <v>158</v>
       </c>
       <c r="F45" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="G45" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H45">
         <v>2015</v>
       </c>
-      <c r="I45">
-[...1 lines deleted...]
-      </c>
+      <c r="I45"/>
       <c r="J45" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="K45" t="s">
         <v>24</v>
       </c>
       <c r="L45" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="M45" t="s">
         <v>162</v>
       </c>
       <c r="N45" t="s">
         <v>26</v>
       </c>
       <c r="O45" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="P45" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="46" spans="1:16">
       <c r="A46" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B46" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="C46" t="s">
-        <v>178</v>
+        <v>267</v>
       </c>
       <c r="D46" t="s">
-        <v>263</v>
+        <v>43</v>
       </c>
       <c r="E46" t="s">
         <v>158</v>
       </c>
       <c r="F46" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G46" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H46">
-        <v>2015</v>
-[...1 lines deleted...]
-      <c r="I46"/>
+        <v>1998</v>
+      </c>
+      <c r="I46">
+        <v>2012</v>
+      </c>
       <c r="J46" t="s">
-        <v>225</v>
+        <v>268</v>
       </c>
       <c r="K46" t="s">
         <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="M46" t="s">
-        <v>162</v>
+        <v>270</v>
       </c>
       <c r="N46" t="s">
         <v>26</v>
       </c>
       <c r="O46" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="P46" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="s">
+        <v>273</v>
+      </c>
+      <c r="B47" t="s">
+        <v>274</v>
+      </c>
+      <c r="C47" t="s">
         <v>267</v>
       </c>
-      <c r="B47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D47" t="s">
-        <v>43</v>
+        <v>275</v>
       </c>
       <c r="E47" t="s">
         <v>158</v>
       </c>
       <c r="F47" t="s">
         <v>159</v>
       </c>
       <c r="G47" t="s">
         <v>44</v>
       </c>
       <c r="H47">
-        <v>1998</v>
+        <v>2008</v>
       </c>
       <c r="I47">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="J47" t="s">
+        <v>268</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>276</v>
+      </c>
+      <c r="M47" t="s">
         <v>270</v>
       </c>
-      <c r="K47" t="s">
-[...5 lines deleted...]
-      <c r="M47" t="s">
+      <c r="N47" t="s">
+        <v>277</v>
+      </c>
+      <c r="O47" t="s">
+        <v>278</v>
+      </c>
+      <c r="P47" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="48" spans="1:16">
       <c r="A48" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="B48" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="C48" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D48" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="E48" t="s">
         <v>158</v>
       </c>
       <c r="F48" t="s">
         <v>159</v>
       </c>
       <c r="G48" t="s">
         <v>44</v>
       </c>
       <c r="H48">
+        <v>2002</v>
+      </c>
+      <c r="I48">
         <v>2008</v>
       </c>
-      <c r="I48">
-[...1 lines deleted...]
-      </c>
       <c r="J48" t="s">
+        <v>268</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" t="s">
+        <v>282</v>
+      </c>
+      <c r="M48" t="s">
         <v>270</v>
       </c>
-      <c r="K48" t="s">
-[...5 lines deleted...]
-      <c r="M48" t="s">
+      <c r="N48" t="s">
+        <v>277</v>
+      </c>
+      <c r="O48" t="s">
+        <v>283</v>
+      </c>
+      <c r="P48" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="49" spans="1:16">
       <c r="A49" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B49" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="C49" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D49" t="s">
-        <v>283</v>
+        <v>109</v>
       </c>
       <c r="E49" t="s">
         <v>158</v>
       </c>
       <c r="F49" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="G49" t="s">
         <v>44</v>
       </c>
       <c r="H49">
-        <v>2002</v>
+        <v>2008</v>
       </c>
       <c r="I49">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="J49" t="s">
+        <v>268</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49" t="s">
+        <v>286</v>
+      </c>
+      <c r="M49" t="s">
         <v>270</v>
       </c>
-      <c r="K49" t="s">
-[...5 lines deleted...]
-      <c r="M49" t="s">
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>287</v>
+      </c>
+      <c r="P49" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B50" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C50" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D50" t="s">
-        <v>109</v>
+        <v>290</v>
       </c>
       <c r="E50" t="s">
         <v>158</v>
       </c>
       <c r="F50" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G50" t="s">
         <v>44</v>
       </c>
       <c r="H50">
-        <v>2008</v>
+        <v>2007</v>
       </c>
       <c r="I50">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="J50" t="s">
+        <v>268</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>291</v>
+      </c>
+      <c r="M50" t="s">
         <v>270</v>
       </c>
-      <c r="K50" t="s">
-[...5 lines deleted...]
-      <c r="M50" t="s">
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>292</v>
+      </c>
+      <c r="P50" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="B51" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C51" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D51" t="s">
-        <v>292</v>
+        <v>109</v>
       </c>
       <c r="E51" t="s">
         <v>158</v>
       </c>
       <c r="F51" t="s">
-        <v>159</v>
+        <v>140</v>
       </c>
       <c r="G51" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H51">
-        <v>2007</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I51"/>
       <c r="J51" t="s">
+        <v>268</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
         <v>270</v>
       </c>
-      <c r="K51" t="s">
-[...5 lines deleted...]
-      <c r="M51" t="s">
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>295</v>
+      </c>
+      <c r="P51" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B52" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="C52" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D52" t="s">
-        <v>109</v>
+        <v>298</v>
       </c>
       <c r="E52" t="s">
         <v>158</v>
       </c>
       <c r="F52" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="G52" t="s">
         <v>22</v>
       </c>
       <c r="H52">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I52"/>
       <c r="J52" t="s">
+        <v>268</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52" t="s">
+        <v>299</v>
+      </c>
+      <c r="M52" t="s">
         <v>270</v>
       </c>
-      <c r="K52" t="s">
-[...3 lines deleted...]
-      <c r="M52" t="s">
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>300</v>
+      </c>
+      <c r="P52" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="B53" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="C53" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D53" t="s">
-        <v>300</v>
+        <v>67</v>
       </c>
       <c r="E53" t="s">
         <v>158</v>
       </c>
       <c r="F53" t="s">
         <v>159</v>
       </c>
       <c r="G53" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H53">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I53"/>
+        <v>2012</v>
+      </c>
+      <c r="I53">
+        <v>2010</v>
+      </c>
       <c r="J53" t="s">
+        <v>268</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>303</v>
+      </c>
+      <c r="M53" t="s">
         <v>270</v>
       </c>
-      <c r="K53" t="s">
-[...5 lines deleted...]
-      <c r="M53" t="s">
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>304</v>
+      </c>
+      <c r="P53" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B54" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C54" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D54" t="s">
-        <v>67</v>
+        <v>31</v>
       </c>
       <c r="E54" t="s">
         <v>158</v>
       </c>
       <c r="F54" t="s">
         <v>159</v>
       </c>
       <c r="G54" t="s">
         <v>44</v>
       </c>
       <c r="H54">
         <v>2012</v>
       </c>
       <c r="I54">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J54" t="s">
+        <v>268</v>
+      </c>
+      <c r="K54" t="s">
+        <v>24</v>
+      </c>
+      <c r="L54" t="s">
+        <v>307</v>
+      </c>
+      <c r="M54" t="s">
         <v>270</v>
       </c>
-      <c r="K54" t="s">
-[...5 lines deleted...]
-      <c r="M54" t="s">
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>308</v>
+      </c>
+      <c r="P54" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B55" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="C55" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D55" t="s">
-        <v>31</v>
+        <v>311</v>
       </c>
       <c r="E55" t="s">
         <v>158</v>
       </c>
       <c r="F55" t="s">
         <v>159</v>
       </c>
       <c r="G55" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H55">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I55"/>
       <c r="J55" t="s">
+        <v>268</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55" t="s">
+        <v>312</v>
+      </c>
+      <c r="M55" t="s">
         <v>270</v>
       </c>
-      <c r="K55" t="s">
-[...5 lines deleted...]
-      <c r="M55" t="s">
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>313</v>
+      </c>
+      <c r="P55" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B56" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C56" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D56" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="E56" t="s">
         <v>158</v>
       </c>
       <c r="F56" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="G56" t="s">
         <v>22</v>
       </c>
       <c r="H56">
         <v>2009</v>
       </c>
       <c r="I56"/>
       <c r="J56" t="s">
+        <v>268</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56" t="s">
+        <v>317</v>
+      </c>
+      <c r="M56" t="s">
         <v>270</v>
       </c>
-      <c r="K56" t="s">
-[...5 lines deleted...]
-      <c r="M56" t="s">
+      <c r="N56" t="s">
+        <v>277</v>
+      </c>
+      <c r="O56" t="s">
+        <v>318</v>
+      </c>
+      <c r="P56" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B57" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C57" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D57" t="s">
-        <v>318</v>
+        <v>82</v>
       </c>
       <c r="E57" t="s">
         <v>158</v>
       </c>
       <c r="F57" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G57" t="s">
         <v>22</v>
       </c>
       <c r="H57">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I57"/>
       <c r="J57" t="s">
+        <v>268</v>
+      </c>
+      <c r="K57" t="s">
+        <v>104</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
         <v>270</v>
       </c>
-      <c r="K57" t="s">
-[...5 lines deleted...]
-      <c r="M57" t="s">
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>321</v>
+      </c>
+      <c r="P57" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="B58" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C58" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D58" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="E58" t="s">
         <v>158</v>
       </c>
       <c r="F58" t="s">
-        <v>159</v>
+        <v>140</v>
       </c>
       <c r="G58" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H58">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I58"/>
+        <v>2002</v>
+      </c>
+      <c r="I58">
+        <v>2002</v>
+      </c>
       <c r="J58" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="K58" t="s">
         <v>104</v>
       </c>
-      <c r="L58"/>
+      <c r="L58" t="s">
+        <v>324</v>
+      </c>
       <c r="M58" t="s">
+        <v>270</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>325</v>
+      </c>
+      <c r="P58" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B59" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C59" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D59" t="s">
         <v>103</v>
       </c>
       <c r="E59" t="s">
         <v>158</v>
       </c>
       <c r="F59" t="s">
-        <v>140</v>
+        <v>21</v>
       </c>
       <c r="G59" t="s">
         <v>44</v>
       </c>
       <c r="H59">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="I59">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J59" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="K59" t="s">
         <v>104</v>
       </c>
       <c r="L59" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="M59" t="s">
+        <v>270</v>
+      </c>
+      <c r="N59" t="s">
+        <v>277</v>
+      </c>
+      <c r="O59" t="s">
+        <v>329</v>
+      </c>
+      <c r="P59" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="B60" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C60" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D60" t="s">
-        <v>103</v>
+        <v>73</v>
       </c>
       <c r="E60" t="s">
         <v>158</v>
       </c>
       <c r="F60" t="s">
         <v>21</v>
       </c>
       <c r="G60" t="s">
         <v>44</v>
       </c>
       <c r="H60">
-        <v>1998</v>
+        <v>2012</v>
       </c>
       <c r="I60">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="J60" t="s">
+        <v>268</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>332</v>
+      </c>
+      <c r="M60" t="s">
         <v>270</v>
       </c>
-      <c r="K60" t="s">
-[...5 lines deleted...]
-      <c r="M60" t="s">
+      <c r="N60" t="s">
+        <v>277</v>
+      </c>
+      <c r="O60" t="s">
+        <v>333</v>
+      </c>
+      <c r="P60" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="B61" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="C61" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D61" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
       <c r="E61" t="s">
         <v>158</v>
       </c>
       <c r="F61" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G61" t="s">
         <v>44</v>
       </c>
       <c r="H61">
-        <v>2012</v>
+        <v>2011</v>
       </c>
       <c r="I61">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="J61" t="s">
+        <v>336</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>337</v>
+      </c>
+      <c r="M61" t="s">
         <v>270</v>
       </c>
-      <c r="K61" t="s">
-[...5 lines deleted...]
-      <c r="M61" t="s">
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>338</v>
+      </c>
+      <c r="P61" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="62" spans="1:16">
       <c r="A62" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B62" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C62" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D62" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="E62" t="s">
         <v>158</v>
       </c>
       <c r="F62" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="G62" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H62">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I62"/>
       <c r="J62" t="s">
-        <v>338</v>
+        <v>268</v>
       </c>
       <c r="K62" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="L62" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="M62" t="s">
+        <v>270</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>342</v>
+      </c>
+      <c r="P62" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B63" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C63" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D63" t="s">
-        <v>37</v>
+        <v>103</v>
       </c>
       <c r="E63" t="s">
         <v>158</v>
       </c>
       <c r="F63" t="s">
         <v>21</v>
       </c>
       <c r="G63" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H63">
+        <v>2011</v>
+      </c>
+      <c r="I63">
         <v>2013</v>
       </c>
-      <c r="I63"/>
       <c r="J63" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="K63" t="s">
         <v>104</v>
       </c>
-      <c r="L63" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L63"/>
       <c r="M63" t="s">
+        <v>270</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>345</v>
+      </c>
+      <c r="P63" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="B64" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="C64" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D64" t="s">
-        <v>103</v>
+        <v>82</v>
       </c>
       <c r="E64" t="s">
         <v>158</v>
       </c>
       <c r="F64" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G64" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H64">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
+        <v>268</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64" t="s">
+        <v>348</v>
+      </c>
+      <c r="M64" t="s">
         <v>270</v>
       </c>
-      <c r="K64" t="s">
-[...3 lines deleted...]
-      <c r="M64" t="s">
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>349</v>
+      </c>
+      <c r="P64" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="65" spans="1:16">
       <c r="A65" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="B65" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C65" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D65" t="s">
-        <v>82</v>
+        <v>118</v>
       </c>
       <c r="E65" t="s">
         <v>158</v>
       </c>
       <c r="F65" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="G65" t="s">
         <v>22</v>
       </c>
       <c r="H65">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I65"/>
       <c r="J65" t="s">
+        <v>268</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
         <v>270</v>
       </c>
-      <c r="K65" t="s">
-[...5 lines deleted...]
-      <c r="M65" t="s">
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>352</v>
+      </c>
+      <c r="P65" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B66" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="C66" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D66" t="s">
-        <v>118</v>
+        <v>355</v>
       </c>
       <c r="E66" t="s">
         <v>158</v>
       </c>
       <c r="F66" t="s">
-        <v>21</v>
+        <v>159</v>
       </c>
       <c r="G66" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H66">
-        <v>2013</v>
-[...1 lines deleted...]
-      <c r="I66"/>
+        <v>2003</v>
+      </c>
+      <c r="I66">
+        <v>2010</v>
+      </c>
       <c r="J66" t="s">
+        <v>268</v>
+      </c>
+      <c r="K66" t="s">
+        <v>104</v>
+      </c>
+      <c r="L66" t="s">
+        <v>356</v>
+      </c>
+      <c r="M66" t="s">
         <v>270</v>
       </c>
-      <c r="K66" t="s">
-[...3 lines deleted...]
-      <c r="M66" t="s">
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>357</v>
+      </c>
+      <c r="P66" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B67" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="C67" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D67" t="s">
-        <v>357</v>
+        <v>134</v>
       </c>
       <c r="E67" t="s">
         <v>158</v>
       </c>
       <c r="F67" t="s">
         <v>159</v>
       </c>
       <c r="G67" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H67">
-        <v>2003</v>
-[...3 lines deleted...]
-      </c>
+        <v>2002</v>
+      </c>
+      <c r="I67"/>
       <c r="J67" t="s">
+        <v>268</v>
+      </c>
+      <c r="K67" t="s">
+        <v>24</v>
+      </c>
+      <c r="L67" t="s">
+        <v>360</v>
+      </c>
+      <c r="M67" t="s">
         <v>270</v>
       </c>
-      <c r="K67" t="s">
-[...5 lines deleted...]
-      <c r="M67" t="s">
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>361</v>
+      </c>
+      <c r="P67" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B68" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C68" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D68" t="s">
-        <v>134</v>
+        <v>364</v>
       </c>
       <c r="E68" t="s">
         <v>158</v>
       </c>
       <c r="F68" t="s">
         <v>159</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H68">
         <v>2002</v>
       </c>
-      <c r="I68"/>
+      <c r="I68">
+        <v>2002</v>
+      </c>
       <c r="J68" t="s">
+        <v>268</v>
+      </c>
+      <c r="K68" t="s">
+        <v>24</v>
+      </c>
+      <c r="L68" t="s">
+        <v>365</v>
+      </c>
+      <c r="M68" t="s">
         <v>270</v>
       </c>
-      <c r="K68" t="s">
-[...5 lines deleted...]
-      <c r="M68" t="s">
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>366</v>
+      </c>
+      <c r="P68" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:16">
       <c r="A69" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B69" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C69" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D69" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="E69" t="s">
         <v>158</v>
       </c>
       <c r="F69" t="s">
         <v>159</v>
       </c>
       <c r="G69" t="s">
         <v>44</v>
       </c>
       <c r="H69">
-        <v>2002</v>
+        <v>1999</v>
       </c>
       <c r="I69">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="J69" t="s">
+        <v>268</v>
+      </c>
+      <c r="K69" t="s">
+        <v>24</v>
+      </c>
+      <c r="L69" t="s">
+        <v>370</v>
+      </c>
+      <c r="M69" t="s">
         <v>270</v>
       </c>
-      <c r="K69" t="s">
-[...5 lines deleted...]
-      <c r="M69" t="s">
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>371</v>
+      </c>
+      <c r="P69" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="70" spans="1:16">
       <c r="A70" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B70" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="C70" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D70" t="s">
-        <v>371</v>
+        <v>19</v>
       </c>
       <c r="E70" t="s">
         <v>158</v>
       </c>
       <c r="F70" t="s">
         <v>159</v>
       </c>
       <c r="G70" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H70">
-        <v>1999</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I70"/>
       <c r="J70" t="s">
+        <v>268</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70" t="s">
+        <v>374</v>
+      </c>
+      <c r="M70" t="s">
         <v>270</v>
       </c>
-      <c r="K70" t="s">
-[...5 lines deleted...]
-      <c r="M70" t="s">
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>375</v>
+      </c>
+      <c r="P70" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="71" spans="1:16">
       <c r="A71" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="B71" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C71" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D71" t="s">
-        <v>19</v>
+        <v>109</v>
       </c>
       <c r="E71" t="s">
         <v>158</v>
       </c>
       <c r="F71" t="s">
         <v>159</v>
       </c>
       <c r="G71" t="s">
         <v>22</v>
       </c>
       <c r="H71">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="I71"/>
       <c r="J71" t="s">
+        <v>268</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71" t="s">
+        <v>378</v>
+      </c>
+      <c r="M71" t="s">
         <v>270</v>
       </c>
-      <c r="K71" t="s">
-[...5 lines deleted...]
-      <c r="M71" t="s">
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>379</v>
+      </c>
+      <c r="P71" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="72" spans="1:16">
       <c r="A72" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="B72" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C72" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D72" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="E72" t="s">
         <v>158</v>
       </c>
       <c r="F72" t="s">
-        <v>159</v>
+        <v>140</v>
       </c>
       <c r="G72" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H72">
         <v>2002</v>
       </c>
-      <c r="I72"/>
+      <c r="I72">
+        <v>2010</v>
+      </c>
       <c r="J72" t="s">
+        <v>268</v>
+      </c>
+      <c r="K72" t="s">
+        <v>104</v>
+      </c>
+      <c r="L72" t="s">
+        <v>382</v>
+      </c>
+      <c r="M72" t="s">
         <v>270</v>
       </c>
-      <c r="K72" t="s">
-[...5 lines deleted...]
-      <c r="M72" t="s">
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>383</v>
+      </c>
+      <c r="P72" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="73" spans="1:16">
       <c r="A73" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B73" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C73" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D73" t="s">
         <v>103</v>
       </c>
       <c r="E73" t="s">
         <v>158</v>
       </c>
       <c r="F73" t="s">
         <v>140</v>
       </c>
       <c r="G73" t="s">
         <v>44</v>
       </c>
       <c r="H73">
         <v>2002</v>
       </c>
       <c r="I73">
-        <v>2010</v>
+        <v>2012</v>
       </c>
       <c r="J73" t="s">
+        <v>268</v>
+      </c>
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
         <v>270</v>
       </c>
-      <c r="K73" t="s">
-[...5 lines deleted...]
-      <c r="M73" t="s">
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>386</v>
+      </c>
+      <c r="P73" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="74" spans="1:16">
       <c r="A74" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B74" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C74" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D74" t="s">
-        <v>103</v>
+        <v>389</v>
       </c>
       <c r="E74" t="s">
         <v>158</v>
       </c>
       <c r="F74" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="G74" t="s">
         <v>44</v>
       </c>
       <c r="H74">
         <v>2002</v>
       </c>
       <c r="I74">
-        <v>2012</v>
+        <v>2002</v>
       </c>
       <c r="J74" t="s">
+        <v>268</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74" t="s">
+        <v>390</v>
+      </c>
+      <c r="M74" t="s">
         <v>270</v>
       </c>
-      <c r="K74" t="s">
-[...3 lines deleted...]
-      <c r="M74" t="s">
+      <c r="N74" t="s">
+        <v>277</v>
+      </c>
+      <c r="O74" t="s">
+        <v>391</v>
+      </c>
+      <c r="P74" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="75" spans="1:16">
       <c r="A75" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="B75" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C75" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D75" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="E75" t="s">
         <v>158</v>
       </c>
       <c r="F75" t="s">
         <v>159</v>
       </c>
       <c r="G75" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H75">
-        <v>2002</v>
-[...3 lines deleted...]
-      </c>
+        <v>2009</v>
+      </c>
+      <c r="I75"/>
       <c r="J75" t="s">
+        <v>268</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75" t="s">
+        <v>303</v>
+      </c>
+      <c r="M75" t="s">
         <v>270</v>
       </c>
-      <c r="K75" t="s">
-[...5 lines deleted...]
-      <c r="M75" t="s">
+      <c r="N75" t="s">
+        <v>26</v>
+      </c>
+      <c r="O75" t="s">
+        <v>395</v>
+      </c>
+      <c r="P75" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="76" spans="1:16">
       <c r="A76" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="B76" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C76" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D76" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E76" t="s">
         <v>158</v>
       </c>
       <c r="F76" t="s">
         <v>159</v>
       </c>
       <c r="G76" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="H76">
-        <v>2009</v>
-[...1 lines deleted...]
-      <c r="I76"/>
+        <v>2012</v>
+      </c>
+      <c r="I76">
+        <v>2012</v>
+      </c>
       <c r="J76" t="s">
+        <v>268</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" t="s">
+        <v>399</v>
+      </c>
+      <c r="M76" t="s">
         <v>270</v>
       </c>
-      <c r="K76" t="s">
-[...5 lines deleted...]
-      <c r="M76" t="s">
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>400</v>
+      </c>
+      <c r="P76" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="77" spans="1:16">
       <c r="A77" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B77" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C77" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D77" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="E77" t="s">
         <v>158</v>
       </c>
       <c r="F77" t="s">
         <v>159</v>
       </c>
       <c r="G77" t="s">
         <v>44</v>
       </c>
       <c r="H77">
         <v>2012</v>
       </c>
       <c r="I77">
         <v>2012</v>
       </c>
       <c r="J77" t="s">
+        <v>268</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77"/>
+      <c r="M77" t="s">
         <v>270</v>
       </c>
-      <c r="K77" t="s">
-[...5 lines deleted...]
-      <c r="M77" t="s">
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>404</v>
+      </c>
+      <c r="P77" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="78" spans="1:16">
       <c r="A78" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="B78" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C78" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D78" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="E78" t="s">
         <v>158</v>
       </c>
       <c r="F78" t="s">
         <v>159</v>
       </c>
       <c r="G78" t="s">
         <v>44</v>
       </c>
       <c r="H78">
         <v>2012</v>
       </c>
       <c r="I78">
         <v>2012</v>
       </c>
       <c r="J78" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="K78" t="s">
         <v>24</v>
       </c>
       <c r="L78"/>
       <c r="M78" t="s">
+        <v>270</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>408</v>
+      </c>
+      <c r="P78" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="79" spans="1:16">
       <c r="A79" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B79" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C79" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="D79" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="E79" t="s">
         <v>158</v>
       </c>
       <c r="F79" t="s">
         <v>159</v>
       </c>
       <c r="G79" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="H79">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2004</v>
+      </c>
+      <c r="I79"/>
       <c r="J79" t="s">
+        <v>268</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79" t="s">
+        <v>412</v>
+      </c>
+      <c r="M79" t="s">
         <v>270</v>
       </c>
-      <c r="K79" t="s">
-[...3 lines deleted...]
-      <c r="M79" t="s">
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>413</v>
+      </c>
+      <c r="P79" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="80" spans="1:16">
       <c r="A80" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B80" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C80" t="s">
-        <v>269</v>
+        <v>18</v>
       </c>
       <c r="D80" t="s">
-        <v>413</v>
+        <v>19</v>
       </c>
       <c r="E80" t="s">
-        <v>158</v>
+        <v>20</v>
       </c>
       <c r="F80" t="s">
-        <v>159</v>
+        <v>140</v>
       </c>
       <c r="G80" t="s">
         <v>22</v>
       </c>
       <c r="H80">
-        <v>2004</v>
+        <v>2011</v>
       </c>
       <c r="I80"/>
       <c r="J80" t="s">
-        <v>270</v>
+        <v>23</v>
       </c>
       <c r="K80" t="s">
         <v>24</v>
       </c>
-      <c r="L80" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L80"/>
       <c r="M80" t="s">
-        <v>272</v>
+        <v>62</v>
       </c>
       <c r="N80" t="s">
         <v>26</v>
       </c>
       <c r="O80" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="P80" t="s">
-        <v>274</v>
+        <v>417</v>
       </c>
     </row>
     <row r="81" spans="1:16">
       <c r="A81" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B81" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="C81" t="s">
         <v>18</v>
       </c>
       <c r="D81" t="s">
-        <v>19</v>
+        <v>420</v>
       </c>
       <c r="E81" t="s">
         <v>20</v>
       </c>
       <c r="F81" t="s">
         <v>140</v>
       </c>
       <c r="G81" t="s">
         <v>22</v>
       </c>
       <c r="H81">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="I81"/>
       <c r="J81" t="s">
         <v>23</v>
       </c>
       <c r="K81" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="L81"/>
+        <v>421</v>
+      </c>
+      <c r="L81" t="s">
+        <v>422</v>
+      </c>
       <c r="M81" t="s">
-        <v>62</v>
+        <v>423</v>
       </c>
       <c r="N81" t="s">
         <v>26</v>
       </c>
       <c r="O81" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="P81" t="s">
-        <v>419</v>
-[...47 lines deleted...]
-        <v>419</v>
+        <v>417</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">