--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -390,72 +390,72 @@
   <si>
     <t>GP/ST/No.50/2024: Guidelines on Energy Using Product - Freezers</t>
   </si>
   <si>
     <t>The guideline specifies minimum energy performance standards and star rating for freezer with size up to
 or equal to 320 L, chest type with solid door.</t>
   </si>
   <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>IEC 62552-1:2015/AMD1:2020
 ,   
                     IEC 62552-3:2015/AMD1:2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gpstno502024-guidelines-energy-using-product-freezers</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standard (Meps) Requirement for Washing Machine (Amendment 1)</t>
   </si>
   <si>
     <t>This guide specifies minimum energy performance standard (MEPS) and energy labeling requirements of washing machines for households use, with or without heating devices utilizing cold and/or hot water supply.</t>
   </si>
   <si>
+    <t>New, Superseded</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>IEC 60456: 2010, MS IEC 60456: 2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standard-meps-requirement-washing-machine-amendment-1</t>
   </si>
   <si>
     <t>https://www.st.gov.my/en/contents/files/download/95/Guide_on_MEPS_for_Washing_Machine.pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Fans</t>
   </si>
   <si>
     <t>This Guide applies to (a) wall (b) desk (c) pedestal (d) ceiling fans.</t>
   </si>
   <si>
     <t>Ceiling Fans, Portable Fans</t>
-  </si>
-[...1 lines deleted...]
-    <t>New, Superseded</t>
   </si>
   <si>
     <t>MS 2574:2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-fans</t>
   </si>
   <si>
     <t>https://www.st.gov.my/web/consumer/details/7/2----http://portal.unimap.edu.my/portal/page/portal30/Lecture%20Notes/KEJURUTERAAN_SISTEM_ELEKTRIK/Semester%202%20Sidang%20Akademik%2020182019/EET432%20Electrical%20Energy%20Utilization/Reading%20References/MS%202574%202014%20(MEPS%20for%20Domestic%20Fan).pdf</t>
   </si>
   <si>
     <t>Guide on Minimum Energy Performance Standards for Microwave Oven</t>
   </si>
   <si>
     <t>This Guide is developed by the Commission to specify the MEPS and energy labelling requirements for microwave oven that can be connected to mains power and for household use. This Guide shall apply to the following function of microwave oven with size up to or equal to 32 Litre: (a) solo; (b) combination; (c) convection; (d) any other microwave oven with similar function; and (e) exclude any type of built-in microwave oven which its power supplied direct from power source.</t>
   </si>
   <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>MS IEC 62301:2012, IEC 60705:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/guide-minimum-energy-performance-standards-microwave-oven</t>
   </si>
@@ -1750,250 +1750,250 @@
       </c>
       <c r="P18" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="19" spans="1:16">
       <c r="A19" t="s">
         <v>121</v>
       </c>
       <c r="B19" t="s">
         <v>122</v>
       </c>
       <c r="C19" t="s">
         <v>108</v>
       </c>
       <c r="D19" t="s">
         <v>101</v>
       </c>
       <c r="E19" t="s">
         <v>110</v>
       </c>
       <c r="F19" t="s">
         <v>111</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H19">
         <v>2018</v>
       </c>
       <c r="I19"/>
       <c r="J19" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K19" t="s">
         <v>24</v>
       </c>
       <c r="L19" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M19" t="s">
         <v>113</v>
       </c>
       <c r="N19" t="s">
         <v>26</v>
       </c>
       <c r="O19" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="P19" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B20" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C20" t="s">
         <v>108</v>
       </c>
       <c r="D20" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="E20" t="s">
         <v>110</v>
       </c>
       <c r="F20" t="s">
         <v>111</v>
       </c>
       <c r="G20" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="H20">
         <v>2013</v>
       </c>
       <c r="I20"/>
       <c r="J20" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K20" t="s">
         <v>24</v>
       </c>
       <c r="L20" t="s">
         <v>131</v>
       </c>
       <c r="M20" t="s">
         <v>113</v>
       </c>
       <c r="N20" t="s">
         <v>26</v>
       </c>
       <c r="O20" t="s">
         <v>132</v>
       </c>
       <c r="P20" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>134</v>
       </c>
       <c r="B21" t="s">
         <v>135</v>
       </c>
       <c r="C21" t="s">
         <v>108</v>
       </c>
       <c r="D21" t="s">
         <v>136</v>
       </c>
       <c r="E21" t="s">
         <v>110</v>
       </c>
       <c r="F21" t="s">
         <v>111</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="H21">
         <v>2020</v>
       </c>
       <c r="I21"/>
       <c r="J21" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>137</v>
       </c>
       <c r="M21" t="s">
         <v>113</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
         <v>138</v>
       </c>
       <c r="P21" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="22" spans="1:16">
       <c r="A22" t="s">
         <v>140</v>
       </c>
       <c r="B22" t="s">
         <v>141</v>
       </c>
       <c r="C22" t="s">
         <v>108</v>
       </c>
       <c r="D22" t="s">
         <v>142</v>
       </c>
       <c r="E22" t="s">
         <v>110</v>
       </c>
       <c r="F22" t="s">
         <v>111</v>
       </c>
       <c r="G22" t="s">
         <v>22</v>
       </c>
       <c r="H22">
         <v>2020</v>
       </c>
       <c r="I22"/>
       <c r="J22" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K22" t="s">
         <v>24</v>
       </c>
       <c r="L22" t="s">
         <v>143</v>
       </c>
       <c r="M22" t="s">
         <v>113</v>
       </c>
       <c r="N22" t="s">
         <v>26</v>
       </c>
       <c r="O22" t="s">
         <v>144</v>
       </c>
       <c r="P22" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="23" spans="1:16">
       <c r="A23" t="s">
         <v>146</v>
       </c>
       <c r="B23" t="s">
         <v>147</v>
       </c>
       <c r="C23" t="s">
         <v>108</v>
       </c>
       <c r="D23" t="s">
         <v>148</v>
       </c>
       <c r="E23" t="s">
         <v>110</v>
       </c>
       <c r="F23" t="s">
         <v>21</v>
       </c>
       <c r="G23" t="s">
         <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
       <c r="I23"/>
       <c r="J23" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="K23" t="s">
         <v>24</v>
       </c>
       <c r="L23" t="s">
         <v>149</v>
       </c>
       <c r="M23" t="s">
         <v>113</v>
       </c>
       <c r="N23" t="s">
         <v>26</v>
       </c>
       <c r="O23" t="s">
         <v>150</v>
       </c>
       <c r="P23" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="24" spans="1:16">
       <c r="A24" t="s">
         <v>152</v>
       </c>
       <c r="B24" t="s">