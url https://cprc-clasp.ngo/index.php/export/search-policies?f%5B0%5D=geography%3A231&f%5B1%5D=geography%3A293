--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -12,677 +12,945 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="284">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4847.2:2010: Self-ballasted lamps for general lighting services—Minimum Energy Performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies Minimum Energy Performance Standards (MEPS) requirements and related attributes for self ballasted compact fluorescent lamps (CFLs) with integrated means for controlling starting and stable operation that are intended for domestic and similar general lighting purposes. This Standard applies to self ballasted lamps of all voltages and wattages irrespective of the type of lamp cap. This Standard covers lamps that are supplied as individual lamps or part of a luminaire. This Standard is to be read in conjunction with AS/NZS 4847.1.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>AS/NZS 4847.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-484722010-self-ballasted-lamps-general-lighting-services-minimum-energy-performance</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/led-</t>
+  </si>
+  <si>
     <t>AS/NZS 4965.2:2008: Performance of close control air conditioners—Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Climate Controls</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>AS/NZS 4965.1:2008</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-496522008-performance-close-control-air-conditioners-minimum-energy-performance</t>
   </si>
   <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004: Double-capped fluorescent lamps—Performance specifications—Minimum Energy Performance Standard (MEPS)</t>
   </si>
   <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.1:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-478222004-double-capped-fluorescent-lamps-performance-specifications-minimum-energy</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>labeling for clothes dryers</t>
   </si>
   <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>AS/NZS 2442.2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-dryers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-dryers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for clothes washers</t>
   </si>
   <si>
     <t>AS/NZS 2040.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-clothes-washers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/clothes-washer-factsheet.pdf</t>
+  </si>
+  <si>
     <t>labeling for dishwashers</t>
   </si>
   <si>
+    <t>MEPL covers mains electric dishwashers intended for household and similar use. MEPL does not apply to dishwashers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>AS/NZS 2007.2:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/labeling-dishwashers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/dishwasher-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for Computer Monitors</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover computer monitors with a diagonal screen size up to 152 cm.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>AS/NZS 5815.2:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-computer-monitors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Monitor-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for ballasts for fluorescent lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes dryers intended for household and similar use. This includes vented dryers condenser dryers and the drying function of combination washer|dryer units. MEPL does not apply to clothes dryers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-ballasts-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/ballast-factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Computers</t>
   </si>
   <si>
+    <t>MEPS covers desktop computers; notebooks; and small scale servers.</t>
+  </si>
+  <si>
     <t>AS/NZS 5813.2:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-computers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Computer-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>MEPS for LED lamps</t>
   </si>
   <si>
+    <t>MEPL covers mains electric clothes washers intended for household and similar use. This includes both horizontal and vertical axis single bowl machines twin tub units and the washing function of combination washer|dryer units. MEPL does not apply to clothes washers specifically designed for commercial use.</t>
+  </si>
+  <si>
     <t>Under development</t>
   </si>
   <si>
     <t>AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-led-lamps</t>
   </si>
   <si>
     <t>MEPS for set top boxes</t>
   </si>
   <si>
+    <t>MEPS covers simple non-recording standalone free-to-air digital television (DTV) set-top boxes (STBs) associated with DTV broadcasts.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>AS/NZS 62087.1:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/set-top-boxes-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
+  </si>
+  <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
   </si>
   <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -946,2173 +1214,2470 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N49"/>
+  <dimension ref="A1:P49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5">
+        <v>2013</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>48</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>49</v>
+      </c>
+      <c r="P5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" t="s">
+        <v>52</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6">
+        <v>2008</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>54</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>55</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>56</v>
+      </c>
+      <c r="P6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1997</v>
+      </c>
+      <c r="I7">
+        <v>2018</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>60</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>61</v>
+      </c>
+      <c r="P7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8">
+        <v>2004</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>66</v>
+      </c>
+      <c r="B9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1986</v>
+      </c>
+      <c r="I9">
+        <v>2018</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>69</v>
+      </c>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>74</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>34</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>77</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>47</v>
+      </c>
+      <c r="H11">
+        <v>1985</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>34</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>77</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>47</v>
+      </c>
+      <c r="H12">
+        <v>1984</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>89</v>
+      </c>
+      <c r="M12" t="s">
+        <v>77</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>59</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1987</v>
+      </c>
+      <c r="I13">
+        <v>1988</v>
+      </c>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>77</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" t="s">
+        <v>76</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>47</v>
+      </c>
+      <c r="H14">
+        <v>1989</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>77</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>74</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1987</v>
+      </c>
+      <c r="I15">
+        <v>1988</v>
+      </c>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>105</v>
+      </c>
+      <c r="M15" t="s">
+        <v>77</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>106</v>
+      </c>
+      <c r="P15" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>108</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>74</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1989</v>
+      </c>
+      <c r="I16">
+        <v>1991</v>
+      </c>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>112</v>
+      </c>
+      <c r="P16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>114</v>
+      </c>
+      <c r="B17" t="s">
+        <v>115</v>
+      </c>
+      <c r="C17" t="s">
+        <v>74</v>
+      </c>
+      <c r="D17" t="s">
+        <v>116</v>
+      </c>
+      <c r="E17" t="s">
+        <v>76</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1989</v>
+      </c>
+      <c r="I17">
+        <v>2015</v>
+      </c>
+      <c r="J17" t="s">
+        <v>117</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>77</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>118</v>
+      </c>
+      <c r="P17" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" t="s">
+        <v>122</v>
+      </c>
+      <c r="E18" t="s">
+        <v>76</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>1989</v>
+      </c>
+      <c r="I18">
+        <v>1992</v>
+      </c>
+      <c r="J18" t="s">
+        <v>117</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>77</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>123</v>
+      </c>
+      <c r="P18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" t="s">
+        <v>74</v>
+      </c>
+      <c r="D19" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" t="s">
+        <v>76</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>47</v>
+      </c>
+      <c r="H19">
+        <v>1989</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>77</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>74</v>
+      </c>
+      <c r="D20" t="s">
+        <v>131</v>
+      </c>
+      <c r="E20" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>47</v>
+      </c>
+      <c r="H20">
+        <v>1984</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>132</v>
+      </c>
+      <c r="M20" t="s">
+        <v>77</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>74</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>76</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>47</v>
+      </c>
+      <c r="H21">
+        <v>1990</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>77</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>140</v>
+      </c>
+      <c r="B22" t="s">
+        <v>141</v>
+      </c>
+      <c r="C22" t="s">
+        <v>74</v>
+      </c>
+      <c r="D22" t="s">
+        <v>116</v>
+      </c>
+      <c r="E22" t="s">
+        <v>76</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>47</v>
+      </c>
+      <c r="H22">
+        <v>1989</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>34</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>77</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>144</v>
+      </c>
+      <c r="B23" t="s">
+        <v>145</v>
+      </c>
+      <c r="C23" t="s">
+        <v>74</v>
+      </c>
+      <c r="D23" t="s">
+        <v>146</v>
+      </c>
+      <c r="E23" t="s">
+        <v>76</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>47</v>
+      </c>
+      <c r="H23">
+        <v>1983</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>34</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>147</v>
+      </c>
+      <c r="M23" t="s">
+        <v>77</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>148</v>
+      </c>
+      <c r="P23" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>150</v>
+      </c>
+      <c r="B24" t="s">
+        <v>151</v>
+      </c>
+      <c r="C24" t="s">
+        <v>74</v>
+      </c>
+      <c r="D24" t="s">
+        <v>152</v>
+      </c>
+      <c r="E24" t="s">
+        <v>76</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>47</v>
+      </c>
+      <c r="H24">
+        <v>2011</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>34</v>
+      </c>
+      <c r="K24" t="s">
+        <v>153</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>77</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>154</v>
+      </c>
+      <c r="P24" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>156</v>
+      </c>
+      <c r="B25" t="s">
+        <v>157</v>
+      </c>
+      <c r="C25" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>158</v>
+      </c>
+      <c r="E25" t="s">
+        <v>76</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>1986</v>
+      </c>
+      <c r="I25">
+        <v>1988</v>
+      </c>
+      <c r="J25" t="s">
+        <v>34</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>77</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>159</v>
+      </c>
+      <c r="P25" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>161</v>
+      </c>
+      <c r="B26" t="s">
+        <v>162</v>
+      </c>
+      <c r="C26" t="s">
+        <v>74</v>
+      </c>
+      <c r="D26" t="s">
+        <v>98</v>
+      </c>
+      <c r="E26" t="s">
+        <v>76</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>47</v>
+      </c>
+      <c r="H26">
+        <v>1987</v>
+      </c>
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>99</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>77</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>163</v>
+      </c>
+      <c r="P26" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>165</v>
+      </c>
+      <c r="B27" t="s">
+        <v>166</v>
+      </c>
+      <c r="C27" t="s">
+        <v>74</v>
+      </c>
+      <c r="D27" t="s">
+        <v>167</v>
+      </c>
+      <c r="E27" t="s">
+        <v>76</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>47</v>
+      </c>
+      <c r="H27">
+        <v>1987</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
+        <v>34</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>77</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>168</v>
+      </c>
+      <c r="P27" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>170</v>
+      </c>
+      <c r="B28" t="s">
+        <v>171</v>
+      </c>
+      <c r="C28" t="s">
+        <v>74</v>
+      </c>
+      <c r="D28" t="s">
+        <v>172</v>
+      </c>
+      <c r="E28" t="s">
+        <v>76</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>47</v>
+      </c>
+      <c r="H28">
+        <v>1986</v>
+      </c>
+      <c r="I28"/>
+      <c r="J28" t="s">
+        <v>34</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28"/>
+      <c r="M28" t="s">
+        <v>77</v>
+      </c>
+      <c r="N28" t="s">
+        <v>27</v>
+      </c>
+      <c r="O28" t="s">
+        <v>173</v>
+      </c>
+      <c r="P28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>175</v>
+      </c>
+      <c r="B29" t="s">
+        <v>176</v>
+      </c>
+      <c r="C29" t="s">
+        <v>74</v>
+      </c>
+      <c r="D29" t="s">
+        <v>177</v>
+      </c>
+      <c r="E29" t="s">
+        <v>76</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>47</v>
+      </c>
+      <c r="H29">
+        <v>1986</v>
+      </c>
+      <c r="I29"/>
+      <c r="J29" t="s">
+        <v>34</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>178</v>
+      </c>
+      <c r="M29" t="s">
+        <v>77</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>74</v>
+      </c>
+      <c r="D30" t="s">
+        <v>183</v>
+      </c>
+      <c r="E30" t="s">
+        <v>76</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>47</v>
+      </c>
+      <c r="H30">
+        <v>1984</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>34</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
+      <c r="M30" t="s">
+        <v>111</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" t="s">
+        <v>188</v>
+      </c>
+      <c r="C31" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" t="s">
+        <v>75</v>
+      </c>
+      <c r="E31" t="s">
+        <v>76</v>
+      </c>
+      <c r="F31" t="s">
+        <v>68</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>1999</v>
+      </c>
+      <c r="I31">
+        <v>2000</v>
+      </c>
+      <c r="J31" t="s">
+        <v>34</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>189</v>
+      </c>
+      <c r="M31" t="s">
+        <v>111</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>190</v>
+      </c>
+      <c r="P31" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>192</v>
+      </c>
+      <c r="B32" t="s">
+        <v>193</v>
+      </c>
+      <c r="C32" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" t="s">
+        <v>59</v>
+      </c>
+      <c r="E32" t="s">
+        <v>76</v>
+      </c>
+      <c r="F32" t="s">
+        <v>68</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2011</v>
+      </c>
+      <c r="I32">
+        <v>2014</v>
+      </c>
+      <c r="J32" t="s">
+        <v>34</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>194</v>
+      </c>
+      <c r="M32" t="s">
+        <v>111</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>195</v>
+      </c>
+      <c r="P32" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>197</v>
+      </c>
+      <c r="B33" t="s">
+        <v>198</v>
+      </c>
+      <c r="C33" t="s">
+        <v>74</v>
+      </c>
+      <c r="D33" t="s">
+        <v>183</v>
+      </c>
+      <c r="E33" t="s">
+        <v>76</v>
+      </c>
+      <c r="F33" t="s">
+        <v>68</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2011</v>
+      </c>
+      <c r="I33">
+        <v>2014</v>
+      </c>
+      <c r="J33" t="s">
+        <v>34</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>199</v>
+      </c>
+      <c r="M33" t="s">
+        <v>111</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>200</v>
+      </c>
+      <c r="P33" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>202</v>
+      </c>
+      <c r="B34" t="s">
+        <v>202</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>203</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>68</v>
+      </c>
+      <c r="G34" t="s">
+        <v>47</v>
+      </c>
+      <c r="H34">
+        <v>1990</v>
+      </c>
+      <c r="I34"/>
+      <c r="J34" t="s">
+        <v>34</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>204</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>205</v>
+      </c>
+      <c r="P34" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>207</v>
+      </c>
+      <c r="B35" t="s">
+        <v>207</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>183</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>68</v>
+      </c>
+      <c r="G35" t="s">
+        <v>47</v>
+      </c>
+      <c r="H35">
+        <v>1990</v>
+      </c>
+      <c r="I35"/>
+      <c r="J35" t="s">
+        <v>34</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>208</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>209</v>
+      </c>
+      <c r="P35" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>211</v>
+      </c>
+      <c r="B36" t="s">
+        <v>212</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>167</v>
+      </c>
+      <c r="E36" t="s">
+        <v>20</v>
+      </c>
+      <c r="F36" t="s">
+        <v>68</v>
+      </c>
+      <c r="G36" t="s">
+        <v>47</v>
+      </c>
+      <c r="H36">
+        <v>1987</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>34</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>213</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>27</v>
+      </c>
+      <c r="O36" t="s">
+        <v>214</v>
+      </c>
+      <c r="P36" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>216</v>
+      </c>
+      <c r="B37" t="s">
+        <v>217</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>218</v>
+      </c>
+      <c r="E37" t="s">
+        <v>20</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" t="s">
+        <v>47</v>
+      </c>
+      <c r="H37">
+        <v>2013</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>34</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>219</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>27</v>
+      </c>
+      <c r="O37" t="s">
+        <v>220</v>
+      </c>
+      <c r="P37" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>222</v>
+      </c>
+      <c r="B38" t="s">
+        <v>223</v>
+      </c>
+      <c r="C38" t="s">
+        <v>18</v>
+      </c>
+      <c r="D38" t="s">
+        <v>110</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2012</v>
+      </c>
+      <c r="I38">
+        <v>2017</v>
+      </c>
+      <c r="J38" t="s">
+        <v>34</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38" t="s">
+        <v>224</v>
+      </c>
+      <c r="M38" t="s">
+        <v>26</v>
+      </c>
+      <c r="N38" t="s">
+        <v>27</v>
+      </c>
+      <c r="O38" t="s">
+        <v>225</v>
+      </c>
+      <c r="P38" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>227</v>
+      </c>
+      <c r="B39" t="s">
+        <v>228</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>229</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>21</v>
+      </c>
+      <c r="G39" t="s">
+        <v>47</v>
+      </c>
+      <c r="H39">
+        <v>2002</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>34</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39"/>
+      <c r="M39" t="s">
+        <v>26</v>
+      </c>
+      <c r="N39" t="s">
+        <v>27</v>
+      </c>
+      <c r="O39" t="s">
+        <v>230</v>
+      </c>
+      <c r="P39" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>232</v>
+      </c>
+      <c r="B40" t="s">
+        <v>233</v>
+      </c>
+      <c r="C40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" t="s">
+        <v>98</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>21</v>
+      </c>
+      <c r="G40" t="s">
+        <v>47</v>
+      </c>
+      <c r="H40">
+        <v>2013</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>34</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>234</v>
+      </c>
+      <c r="M40" t="s">
+        <v>26</v>
+      </c>
+      <c r="N40" t="s">
+        <v>27</v>
+      </c>
+      <c r="O40" t="s">
+        <v>235</v>
+      </c>
+      <c r="P40" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>237</v>
+      </c>
+      <c r="B41" t="s">
+        <v>52</v>
+      </c>
+      <c r="C41" t="s">
+        <v>18</v>
+      </c>
+      <c r="D41" t="s">
+        <v>131</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>21</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
         <v>2003</v>
       </c>
-      <c r="H2">
+      <c r="I41">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J41" t="s">
+        <v>34</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>238</v>
+      </c>
+      <c r="M41" t="s">
+        <v>26</v>
+      </c>
+      <c r="N41" t="s">
+        <v>27</v>
+      </c>
+      <c r="O41" t="s">
+        <v>239</v>
+      </c>
+      <c r="P41" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>237</v>
+      </c>
+      <c r="B42" t="s">
+        <v>241</v>
+      </c>
+      <c r="C42" t="s">
+        <v>18</v>
+      </c>
+      <c r="D42" t="s">
+        <v>242</v>
+      </c>
+      <c r="E42" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F42" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G42" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H42">
+        <v>2005</v>
+      </c>
+      <c r="I42">
+        <v>2018</v>
+      </c>
+      <c r="J42" t="s">
+        <v>34</v>
+      </c>
+      <c r="K42" t="s">
+        <v>153</v>
+      </c>
+      <c r="L42" t="s">
+        <v>243</v>
+      </c>
+      <c r="M42" t="s">
+        <v>26</v>
+      </c>
+      <c r="N42" t="s">
+        <v>27</v>
+      </c>
+      <c r="O42" t="s">
+        <v>244</v>
+      </c>
+      <c r="P42" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>245</v>
+      </c>
+      <c r="B43" t="s">
+        <v>246</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>46</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>21</v>
+      </c>
+      <c r="G43" t="s">
+        <v>247</v>
+      </c>
+      <c r="H43"/>
+      <c r="I43"/>
+      <c r="J43" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...7 lines deleted...]
-      <c r="A3" t="s">
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>248</v>
+      </c>
+      <c r="M43" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...23 lines deleted...]
-      <c r="J3" t="s">
+      <c r="N43" t="s">
+        <v>27</v>
+      </c>
+      <c r="O43" t="s">
+        <v>249</v>
+      </c>
+      <c r="P43" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>250</v>
+      </c>
+      <c r="B44" t="s">
+        <v>251</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>252</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
         <v>21</v>
       </c>
-      <c r="K3" t="s">
-[...25 lines deleted...]
-      <c r="E4" t="s">
+      <c r="G44" t="s">
+        <v>47</v>
+      </c>
+      <c r="H44">
+        <v>2008</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>34</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>253</v>
+      </c>
+      <c r="M44" t="s">
+        <v>26</v>
+      </c>
+      <c r="N44" t="s">
+        <v>27</v>
+      </c>
+      <c r="O44" t="s">
+        <v>254</v>
+      </c>
+      <c r="P44" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>256</v>
+      </c>
+      <c r="B45" t="s">
+        <v>257</v>
+      </c>
+      <c r="C45" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D45" t="s">
+        <v>258</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>21</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2002</v>
+      </c>
+      <c r="I45">
+        <v>2006</v>
+      </c>
+      <c r="J45" t="s">
+        <v>34</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>259</v>
+      </c>
+      <c r="M45" t="s">
+        <v>26</v>
+      </c>
+      <c r="N45" t="s">
+        <v>27</v>
+      </c>
+      <c r="O45" t="s">
+        <v>260</v>
+      </c>
+      <c r="P45" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>262</v>
+      </c>
+      <c r="B46" t="s">
+        <v>263</v>
+      </c>
+      <c r="C46" t="s">
+        <v>18</v>
+      </c>
+      <c r="D46" t="s">
+        <v>122</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>21</v>
+      </c>
+      <c r="G46" t="s">
+        <v>22</v>
+      </c>
+      <c r="H46">
+        <v>2004</v>
+      </c>
+      <c r="I46">
         <v>2011</v>
       </c>
-      <c r="I4" t="s">
+      <c r="J46" t="s">
+        <v>34</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46" t="s">
+        <v>264</v>
+      </c>
+      <c r="M46" t="s">
+        <v>26</v>
+      </c>
+      <c r="N46" t="s">
+        <v>27</v>
+      </c>
+      <c r="O46" t="s">
+        <v>265</v>
+      </c>
+      <c r="P46" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>267</v>
+      </c>
+      <c r="B47" t="s">
+        <v>268</v>
+      </c>
+      <c r="C47" t="s">
+        <v>18</v>
+      </c>
+      <c r="D47" t="s">
+        <v>269</v>
+      </c>
+      <c r="E47" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F47" t="s">
         <v>21</v>
       </c>
-      <c r="K4" t="s">
+      <c r="G47" t="s">
+        <v>22</v>
+      </c>
+      <c r="H47">
+        <v>2005</v>
+      </c>
+      <c r="I47">
+        <v>2011</v>
+      </c>
+      <c r="J47" t="s">
         <v>34</v>
       </c>
-      <c r="L4" t="s">
-[...100 lines deleted...]
-      <c r="C7" t="s">
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47" t="s">
+        <v>270</v>
+      </c>
+      <c r="M47" t="s">
+        <v>26</v>
+      </c>
+      <c r="N47" t="s">
+        <v>27</v>
+      </c>
+      <c r="O47" t="s">
+        <v>271</v>
+      </c>
+      <c r="P47" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>273</v>
+      </c>
+      <c r="B48" t="s">
+        <v>274</v>
+      </c>
+      <c r="C48" t="s">
+        <v>74</v>
+      </c>
+      <c r="D48" t="s">
+        <v>75</v>
+      </c>
+      <c r="E48" t="s">
+        <v>76</v>
+      </c>
+      <c r="F48" t="s">
+        <v>68</v>
+      </c>
+      <c r="G48" t="s">
         <v>47</v>
       </c>
-      <c r="D7" t="s">
-[...82 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H48">
+        <v>2011</v>
+      </c>
+      <c r="I48"/>
+      <c r="J48" t="s">
+        <v>34</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>111</v>
+      </c>
+      <c r="N48" t="s">
+        <v>27</v>
+      </c>
+      <c r="O48" t="s">
+        <v>275</v>
+      </c>
+      <c r="P48" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>277</v>
+      </c>
+      <c r="B49" t="s">
+        <v>278</v>
+      </c>
+      <c r="C49" t="s">
+        <v>74</v>
+      </c>
+      <c r="D49" t="s">
+        <v>279</v>
+      </c>
+      <c r="E49" t="s">
+        <v>76</v>
+      </c>
+      <c r="F49" t="s">
+        <v>68</v>
+      </c>
+      <c r="G49" t="s">
         <v>47</v>
       </c>
-      <c r="D9" t="s">
-[...1218 lines deleted...]
-      <c r="G38">
+      <c r="H49">
         <v>2012</v>
       </c>
-      <c r="H38">
-[...470 lines deleted...]
-      </c>
+      <c r="I49"/>
       <c r="J49" t="s">
-        <v>192</v>
+        <v>34</v>
       </c>
       <c r="K49" t="s">
-        <v>193</v>
+        <v>280</v>
       </c>
       <c r="L49" t="s">
-        <v>194</v>
+        <v>281</v>
       </c>
       <c r="M49" t="s">
-        <v>24</v>
+        <v>282</v>
       </c>
       <c r="N49" t="s">
-        <v>195</v>
+        <v>27</v>
+      </c>
+      <c r="O49" t="s">
+        <v>283</v>
+      </c>
+      <c r="P49" t="s">
+        <v>276</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>