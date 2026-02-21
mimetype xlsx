--- v0 (2025-12-12)
+++ v1 (2026-02-21)
@@ -3287,51 +3287,51 @@
       </c>
       <c r="P35" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
         <v>215</v>
       </c>
       <c r="B36" t="s">
         <v>216</v>
       </c>
       <c r="C36" t="s">
         <v>68</v>
       </c>
       <c r="D36" t="s">
         <v>217</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>33</v>
       </c>
       <c r="G36" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36">
         <v>2024</v>
       </c>
       <c r="J36" t="s">
         <v>218</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
         <v>219</v>
       </c>
       <c r="M36" t="s">
         <v>71</v>
       </c>
       <c r="N36" t="s">
         <v>27</v>
       </c>
       <c r="O36" t="s">
         <v>220</v>
       </c>