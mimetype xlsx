--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,389 +12,513 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>AS 1731.14–2003: Refrigerated display cabinets—Part 14: Minimum energy performance standard (MEPS) requirements</t>
   </si>
   <si>
+    <t>This standard specifies the mandatory requirements for remote and self-contained refrigerated display cabinets that fall within the Scope of AS 1731.1.</t>
+  </si>
+  <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>AS 1731.1-13:2003</t>
   </si>
   <si>
     <t>Energy Efficiency and Conservation Authority (EECA)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/173114-2003-refrigerated-display-cabinets-part-14-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108798</t>
+  </si>
+  <si>
     <t>AS/NZS 3823.2:2013 Performance of electrical appliances—Air conditioners and heat pumps—Part 2: Energy labelling and minimum energy performance standards (MEPS) requirements</t>
   </si>
   <si>
+    <t>MEPL covers some single phase heat pump|air conditioners.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>AS/NZS 3823.1.4:2012 or AS/NZS 3823.3:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-382322013-performance-electrical-appliances-air-conditioners-and-heat-pumps-part-2</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790----https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/Air-Con-Heat-Pump-Factsheet.pdf</t>
+  </si>
+  <si>
     <t>AS/NZS 4776.2:2008: Liquid-chilling packages using the vapour compression cycle—Minimum energy performance standard (MEPS) and compliance requirements</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS levels and compliance paths for liquid-chilling packages that fall within the scope of AS/NZS 4776.1.1.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>AS/NZS 4776 parts 1.1 and 1.2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-477622008-liquid-chilling-packages-using-vapour-compression-cycle-minimum-energy</t>
   </si>
   <si>
+    <t>http://www.legislation.govt.nz/regulation/public/2002/0009/latest/whole.html#DLM108790</t>
+  </si>
+  <si>
     <t>AS/NZS 4474.2:2009: Performance of household electrical appliances—Refrigerating appliances—Energy labelling and minimum energy performance standard requirements</t>
   </si>
   <si>
+    <t>This standard specifies the energy labelling and minimum energy performance standard (MEPS) requirements for vapour compression refrigerating appliances that can be connected to mains power and which are within the scope of AS/NZS 4474.1:2007. Such refrigerating appliances that are used in the commercial sector are included within the scope.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>AS/NZS 4474.1:2007, will be replaced by IEC 62552 1-3: 2015</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/asnzs-447422009-performance-household-electrical-appliances-refrigerating-appliances</t>
   </si>
   <si>
     <t>Domestic fridges and freezers</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover fridges and freezers intended for household (or similar) use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>IEC 62552 parts 1 to 3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/domestic-fridges-and-freezers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/fridges-and-freezers-domestic/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>MEPS and MEPL for televisions</t>
   </si>
   <si>
+    <t>MEPS and MEPL cover televisions defined as a display device; designed for the primary purpose of showing television pictures; and supplied with a television tuner. This includes multifunction televisions and display devices supplied in modular form with an external television tuner. The E3 Programme is planning to undertake a review of the existing requirements for televisions and assess opportunities to make further energy efficiency gains</t>
+  </si>
+  <si>
     <t>AS/NZS 62087.1:2010AS/NZS62087.2.2:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-and-mepl-televisions</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/televisions/</t>
+  </si>
+  <si>
     <t>MEPS for Hot Water Systems</t>
   </si>
   <si>
+    <t>This standard specifies the MEPS for close control air conditioners that fall in the scope of AS/NZS 4965.1.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>AS/NZS 4692.1:2005; NZ4602:1988; NZ4606.1:1989</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/standards-ratings-and-labels/equipment-energy-efficiency-programme/products-under-the-e3-programme/measures-under-consideration/hot-water-systems/</t>
+  </si>
+  <si>
+    <t>MEPS covers: Gas water heaters intended for use with natural gas; liquefied petroleum gas (LPG) and simulated natural gas (SNG) up to a nominal gas consumption of 50 MJ per hour for storage types and 250 MJ per hour for instantaneous types and which fall within the scope of AS 4552.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters, Storage Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4552-2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-hot-water-systems-0</t>
   </si>
   <si>
     <t>Minimum energy performance requirements for three phase electric motors</t>
   </si>
   <si>
+    <t>The minimum energy performance standards apply to new motors and motors incorporated into machines:
+i) with rated output less than or equal to 0.73kW and less than 185kW; 
+ii) in 2- 4- 6- and 8-pole configurations; and 
+iii) with voltages rated up to 1100 V AC</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>AS/NZS 1359.5:2004; AS 1359.101; AS 1359.102.1; AS/NZS 1359.102.3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-requirements-three-phase-electric-motors</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/3-phase-motor-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standard (MEPS) requirements for distribution transformers</t>
   </si>
   <si>
+    <t>Minimum energy performance standards for distribution transformers covers: Single- and three-phase dry and oilimmersed transformers with a power rating between 10kVA and 2500kVA; which are designed for 11kV and 22kV networks.</t>
+  </si>
+  <si>
     <t>AS 2375 for dry type, and AS 2374.1 for other type transformers.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standard-meps-requirements-distribution-transformers</t>
   </si>
   <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/distribution-transformers-factsheet.pdf</t>
+  </si>
+  <si>
     <t>Minimum Performance of external power supplies</t>
   </si>
   <si>
+    <t>MEPS covers: Mains powered; dc and ac adaptors|power-packs with a single output of up to 250 W or VA  used to power or recharge separate low voltage electronic products; like laptops cellphones etc. They are often sold packaged with the product it will be used with - for examplel; a laptop computer normally comes with a power adaptor.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>AS/NZS 4665.1:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-performance-external-power-supplies</t>
+  </si>
+  <si>
+    <t>https://www.eeca.govt.nz/assets/Resources-EECA/standards-ratings-labels/product-factsheets/external-power-supplies-factsheet.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -658,1021 +782,1150 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N21"/>
+  <dimension ref="A1:P21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="205" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="205.093" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="619.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="60.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="251.224" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2003</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1998</v>
+      </c>
+      <c r="I3">
+        <v>2017</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>35</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2008</v>
+      </c>
+      <c r="I4">
+        <v>2011</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1997</v>
+      </c>
+      <c r="I5">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>48</v>
+      </c>
+      <c r="P5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...2 lines deleted...]
-      <c r="M2" t="s">
+      <c r="H6">
+        <v>1986</v>
+      </c>
+      <c r="I6">
+        <v>2018</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+      <c r="K6" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...165 lines deleted...]
-    <row r="7" spans="1:14">
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
       <c r="A7" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D7" t="s">
         <v>46</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="F7" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G7">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
         <v>1987</v>
       </c>
-      <c r="H7">
+      <c r="I7">
         <v>1988</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
+        <v>34</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>60</v>
+      </c>
+      <c r="P7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>63</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...3 lines deleted...]
-      <c r="M7" t="s">
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1987</v>
+      </c>
+      <c r="I8">
+        <v>1988</v>
+      </c>
+      <c r="J8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K8" t="s">
         <v>24</v>
       </c>
-      <c r="N7" t="s">
-[...25 lines deleted...]
-      <c r="H8">
+      <c r="L8" t="s">
+        <v>65</v>
+      </c>
+      <c r="M8" t="s">
+        <v>59</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" t="s">
+        <v>70</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9">
+        <v>1991</v>
+      </c>
+      <c r="J9" t="s">
+        <v>34</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>71</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>72</v>
+      </c>
+      <c r="P9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>74</v>
+      </c>
+      <c r="B10" t="s">
+        <v>75</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>2015</v>
+      </c>
+      <c r="J10" t="s">
+        <v>77</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>59</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>80</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>58</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11">
+        <v>1992</v>
+      </c>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>59</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1986</v>
+      </c>
+      <c r="I12">
         <v>1988</v>
       </c>
-      <c r="I8" t="s">
-[...5 lines deleted...]
-      <c r="K8" t="s">
+      <c r="J12" t="s">
+        <v>34</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>59</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>57</v>
+      </c>
+      <c r="D13" t="s">
+        <v>92</v>
+      </c>
+      <c r="E13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F13" t="s">
         <v>51</v>
       </c>
-      <c r="L8" t="s">
-[...2 lines deleted...]
-      <c r="M8" t="s">
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1999</v>
+      </c>
+      <c r="I13">
+        <v>2000</v>
+      </c>
+      <c r="J13" t="s">
+        <v>34</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N8" t="s">
-[...46 lines deleted...]
-      <c r="A10" t="s">
+      <c r="L13" t="s">
+        <v>93</v>
+      </c>
+      <c r="M13" t="s">
+        <v>71</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>94</v>
+      </c>
+      <c r="P13" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
         <v>57</v>
-      </c>
-[...174 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D14" t="s">
         <v>46</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="F14" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G14">
+        <v>51</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2011</v>
       </c>
-      <c r="H14">
+      <c r="I14">
         <v>2014</v>
       </c>
-      <c r="I14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J14" t="s">
+        <v>34</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>71</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>57</v>
+      </c>
+      <c r="D15" t="s">
+        <v>103</v>
+      </c>
+      <c r="E15" t="s">
+        <v>58</v>
+      </c>
+      <c r="F15" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2011</v>
+      </c>
+      <c r="I15">
+        <v>2014</v>
+      </c>
+      <c r="J15" t="s">
+        <v>34</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>104</v>
+      </c>
+      <c r="M15" t="s">
+        <v>71</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
+        <v>108</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>70</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>33</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2017</v>
+      </c>
+      <c r="J16" t="s">
+        <v>34</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>109</v>
+      </c>
+      <c r="M16" t="s">
+        <v>26</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K14" t="s">
-[...5 lines deleted...]
-      <c r="M14" t="s">
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2003</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>34</v>
+      </c>
+      <c r="K17" t="s">
         <v>24</v>
       </c>
-      <c r="N14" t="s">
-[...22 lines deleted...]
-      <c r="G15">
+      <c r="L17" t="s">
+        <v>115</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>116</v>
+      </c>
+      <c r="P17" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2005</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>34</v>
+      </c>
+      <c r="K18" t="s">
+        <v>120</v>
+      </c>
+      <c r="L18" t="s">
+        <v>121</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>122</v>
+      </c>
+      <c r="P18" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2002</v>
+      </c>
+      <c r="I19">
+        <v>2006</v>
+      </c>
+      <c r="J19" t="s">
+        <v>34</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>126</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
         <v>2011</v>
       </c>
-      <c r="H15">
-[...5 lines deleted...]
-      <c r="J15" t="s">
+      <c r="J20" t="s">
+        <v>34</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>132</v>
+      </c>
+      <c r="P20" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>134</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>136</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
         <v>21</v>
       </c>
-      <c r="K15" t="s">
-[...5 lines deleted...]
-      <c r="M15" t="s">
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2005</v>
+      </c>
+      <c r="I21">
+        <v>2011</v>
+      </c>
+      <c r="J21" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N15" t="s">
-[...256 lines deleted...]
-      </c>
       <c r="L21" t="s">
-        <v>23</v>
+        <v>137</v>
       </c>
       <c r="M21" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="N21" t="s">
-        <v>99</v>
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>138</v>
+      </c>
+      <c r="P21" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>