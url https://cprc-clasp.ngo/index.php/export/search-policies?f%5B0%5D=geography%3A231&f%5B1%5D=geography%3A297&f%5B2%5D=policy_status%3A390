--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -12,494 +12,536 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
-    <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
-[...8 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
   </si>
   <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
-    <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
-[...14 lines deleted...]
-    <t>Televisions</t>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
+    <t>GOST 21776-87 Printers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
+    <t>Imaging Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
+    <t>GOST 23110-84 Household electric water heaters - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
+    <t>Storage Water Heaters</t>
+  </si>
+  <si>
+    <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
+    <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
+    <t>Home Theater Equipment</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
+    <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
+  </si>
+  <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
+    <t>GOST 25178-82 Electric hand dryers - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
+    <t>Hand Dryers</t>
+  </si>
+  <si>
+    <t>art 5.3 of GOST 25178-82</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
+    <t>GOST 26287-84 Household electric pumps - General specifications</t>
+  </si>
+  <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
+    <t>Boilers and Furnaces</t>
+  </si>
+  <si>
+    <t>Gas</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
+    <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
+  </si>
+  <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
+    <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
+  </si>
+  <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
+    <t>Dishwashers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
+    <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
+  </si>
+  <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
+    <t>Pump Systems</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
+    <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
+    <t>Window Fans</t>
+  </si>
+  <si>
+    <t>Art 6.5 of GOST 7402-84</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
+  </si>
+  <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
+    <t>GOST 8051-83 Domestic washing machines - Specifications</t>
+  </si>
+  <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
+    <t>Washing Machines</t>
+  </si>
+  <si>
+    <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
-[...133 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
-    <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
+    <t>MEPS for Compact Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Samoa*</t>
+  </si>
+  <si>
+    <t>Tubular Lamps, Non-Directional lamps</t>
+  </si>
+  <si>
+    <t>Mandatory</t>
+  </si>
+  <si>
+    <t>January 2024</t>
+  </si>
+  <si>
+    <t>AS/NZS 4847.2:2010</t>
+  </si>
+  <si>
+    <t>Samoa Ministry of Finance</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
+    <t>MEPS for Fluorescent Lamp Ballasts</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
+    <t>Lighting</t>
+  </si>
+  <si>
+    <t>AS/NZ 4783.1:2001</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamp-ballasts</t>
+  </si>
+  <si>
+    <t>MEPS for Incandescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
+    <t>AS/NZS 4934.1-2014</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
+  </si>
+  <si>
+    <t>MEPS for Linear Fluorescent Lamps</t>
+  </si>
+  <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
+    <t>Tubular Lamps</t>
+  </si>
+  <si>
+    <t>AS/NZS 4782.2:2004</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
+  </si>
+  <si>
+    <t>Ministry of Industry and Trade Decree N 1324</t>
+  </si>
+  <si>
+    <t>Low-pressure lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>GOST R 51388-99 (art.7)</t>
-[...82 lines deleted...]
-  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
+  </si>
+  <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -763,1439 +805,1194 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N32"/>
+  <dimension ref="A1:P23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2011</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1985</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1984</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4" t="s">
+        <v>38</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1989</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1989</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1984</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>55</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>56</v>
+      </c>
+      <c r="P7" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>60</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1990</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1989</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>65</v>
+      </c>
+      <c r="P9" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>67</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>69</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1983</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>71</v>
+      </c>
+      <c r="P10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>73</v>
+      </c>
+      <c r="B11" t="s">
+        <v>74</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2011</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>76</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>43</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>1987</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>44</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>81</v>
+      </c>
+      <c r="P12" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1987</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>86</v>
+      </c>
+      <c r="P13" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>88</v>
+      </c>
+      <c r="B14" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1986</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>91</v>
+      </c>
+      <c r="P14" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>93</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1986</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>96</v>
+      </c>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>97</v>
+      </c>
+      <c r="P15" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16" t="s">
+        <v>100</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>101</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1984</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>102</v>
+      </c>
+      <c r="M16" t="s">
+        <v>103</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>104</v>
+      </c>
+      <c r="P16" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>106</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>110</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2018</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>111</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>113</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>116</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>108</v>
+      </c>
+      <c r="D18" t="s">
+        <v>118</v>
+      </c>
+      <c r="E18" t="s">
+        <v>110</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2018</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>111</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>119</v>
+      </c>
+      <c r="M18" t="s">
+        <v>113</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>120</v>
+      </c>
+      <c r="P18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E19" t="s">
+        <v>110</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2018</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>111</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" t="s">
+        <v>113</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>125</v>
+      </c>
+      <c r="B20" t="s">
+        <v>126</v>
+      </c>
+      <c r="C20" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" t="s">
+        <v>127</v>
+      </c>
+      <c r="E20" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2018</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>111</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>128</v>
+      </c>
+      <c r="M20" t="s">
+        <v>113</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>129</v>
+      </c>
+      <c r="P20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>19</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>132</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
         <v>2011</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>103</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...6 lines deleted...]
-      <c r="M2" t="s">
+      <c r="F22" t="s">
+        <v>132</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2012</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K22" t="s">
+        <v>138</v>
+      </c>
+      <c r="L22" t="s">
+        <v>139</v>
+      </c>
+      <c r="M22" t="s">
+        <v>140</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>142</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>108</v>
+      </c>
+      <c r="D23" t="s">
+        <v>144</v>
+      </c>
+      <c r="E23" t="s">
+        <v>110</v>
+      </c>
+      <c r="F23" t="s">
+        <v>132</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2018</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>145</v>
+      </c>
+      <c r="K23" t="s">
         <v>24</v>
       </c>
-    </row>
-[...862 lines deleted...]
-      </c>
+      <c r="L23"/>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>113</v>
       </c>
       <c r="N23" t="s">
-        <v>97</v>
-[...377 lines deleted...]
-        <v>134</v>
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>146</v>
+      </c>
+      <c r="P23" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>