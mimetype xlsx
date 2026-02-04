--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,290 +12,364 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>SLS 1225 - Energy efficiency rating for self-ballasted Integral type compact fluorescent lamps For general lighting services</t>
   </si>
   <si>
+    <t>Sri Lanka Standard Specification for Energy Efficiency Rating for Self ballasted Lamps (Integral Compact Fluorescent Lamps).</t>
+  </si>
+  <si>
     <t>Sri Lanka</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>SLS 1225:2002</t>
   </si>
   <si>
     <t>Sri Lanka Sustainable Energy Authority</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1225-energy-efficiency-rating-self-ballasted-integral-type-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=1739&amp;lang=en</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016 Minimum energy performance for self-ballasted integral type led lamps for general lighting services</t>
   </si>
   <si>
+    <t>Specifies Minimum Energy Performance Standard (MEPS) for self ballasted integral type LED lamps for general lighting services operating on supply voltage of greater than 50 V a.c. up to 250 V a.c. 50 Hz nominal and rated power up to 60 W, having screw and bayonet lamp caps. It also includes method of measurement of electrical energy consumption and luminous flux for determination of efficiency of the lamps for the purpose of MEPS.
+Amendment text available here http://www.slsi.lk/images/web/images/PDF_upload/amds/amd-523-sls-1530.pdf</t>
+  </si>
+  <si>
     <t>SLS 1530: 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/sls-1530-2016-minimum-energy-performance-self-ballasted-integral-type-led-lamps-general</t>
+  </si>
+  <si>
+    <t>https://www.slsi.lk/index.php?option=com_slstandards&amp;view=standard&amp;tmpl=component&amp;sri_lankan_standard_id=2358&amp;lang=en</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -559,625 +633,700 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="619.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1987</v>
+      </c>
+      <c r="I2">
+        <v>1988</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1987</v>
+      </c>
+      <c r="I3">
+        <v>1988</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>1991</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1989</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1989</v>
+      </c>
+      <c r="I6">
+        <v>1992</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7">
+        <v>1988</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1999</v>
+      </c>
+      <c r="I8">
+        <v>2000</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K9" t="s">
         <v>24</v>
       </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>72</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...14 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>78</v>
+      </c>
+      <c r="E11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F11" t="s">
+        <v>80</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2002</v>
+      </c>
+      <c r="I11">
+        <v>2016</v>
+      </c>
+      <c r="J11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>82</v>
+      </c>
+      <c r="M11" t="s">
+        <v>83</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>84</v>
+      </c>
+      <c r="P11" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...5 lines deleted...]
-      <c r="L3" t="s">
+      <c r="F12" t="s">
+        <v>80</v>
+      </c>
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
-[...328 lines deleted...]
-      <c r="H11">
+      <c r="H12">
         <v>2016</v>
       </c>
-      <c r="I11" t="s">
-[...40 lines deleted...]
-      <c r="H12">
+      <c r="I12">
         <v>2019</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="K12" t="s">
-        <v>65</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="N12" t="s">
-        <v>66</v>
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>