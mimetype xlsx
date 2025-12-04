--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,166 +12,187 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Compressors</t>
   </si>
   <si>
     <t>Taiwan of China</t>
   </si>
   <si>
     <t>Air Compressors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Bureau of Energy, Ministry of Economic Affairs</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-compressors</t>
   </si>
   <si>
+    <t>https://www.moeaboe.gov.tw/ECW/english/content/Content.aspx?menu_id=1535</t>
+  </si>
+  <si>
     <t>Minimum Energy Performance Standards for Air Conditioning System Chillers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial air conditioning system chillers.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-air-conditioning-system-chillers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Boilers</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial boilers.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-boilers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled-Warm-Hot Water Fountain Machines</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot water fountain machines.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilled-warm-hot-water-fountain-machines</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Chilled/Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial chilled/warm/hot drinking water dispensers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-chilledwarmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Compact Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-compact-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Dehumidifiers</t>
   </si>
   <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://www.moeaboe.gov.tw/ECW/english/home/English.aspx</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-dehumidifiers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Ductless Air Conditioners</t>
@@ -182,219 +203,259 @@
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-ductless-air-conditioners</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Hot Water Pots</t>
   </si>
   <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-hot-water-pots</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Electric Storage Water Heaters</t>
   </si>
   <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-electric-storage-water-heaters</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Fluorescent Light Ballasts</t>
   </si>
   <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-fluorescent-light-ballasts</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Incandescent Lightbulbs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-incandescent-lightbulbs</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for LED Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-led-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Single-Phase Inductive Motors</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for low-voltage single-phase inductive industrial motors.</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-single-phase-inductive-motors</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Low-Voltage Three-Phase Squirrel-Cage Induction Motors</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for industrial low-voltage three-phase squirrel-cage induction motors.</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-low-voltage-three-phase-squirrel-cage-induction</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Refrigerator/Freezer</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for residential and commercial refrigerators/freezers.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-refrigeratorfreezer</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Rice Cookers</t>
   </si>
   <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-rice-cookers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Self-Ballasted Fluorescent Lamps</t>
   </si>
   <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-self-ballasted-fluorescent-lamps</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Warm/Hot Drinking Water Dispensers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-warmhot-drinking-water-dispensers</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Water Dispensers Supplied by Packaged Drinking Water</t>
   </si>
   <si>
+    <t>This policy contains MEPS for residential and commercial water dispensers supplied by packaged drinking water.</t>
+  </si>
+  <si>
     <t>Water Fixtures</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-water-dispensers-supplied-packaged-drinking-water</t>
   </si>
   <si>
     <t>Minimum Energy Performance Standards for Window/Box-Type Air Conditioners</t>
   </si>
   <si>
+    <t>This policy contains minimum energy performance standards for residential and commercial window/box-type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-energy-performance-standards-windowbox-type-air-conditioners</t>
   </si>
   <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for ice-warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The ice-warm-hot drinking water machine set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy-0</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=40</t>
+  </si>
+  <si>
     <t>Regulations, methods, and inspection measures of energy consumption standards and energy efficiency grade labeling for warm-hot drinking water machines</t>
   </si>
   <si>
+    <t>The warm-hot drinking water machine -Machine- set in this announcement covers goods in compliance with Clause 13516 of Chinese National Standards; which are subjected to inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-methods-and-inspection-measures-energy-consumption-standards-and-energy</t>
   </si>
   <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=39</t>
+  </si>
+  <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Electric Storage Tank Water Heaters</t>
   </si>
   <si>
+    <t>The electric storage tank water heaters -products- denoted in this Announcement are those meeting the definition of electric storage tank water heater in CNS 11010; and promulgated by the Bureau of Standards; Metrology and Inspection of the Ministry of Economic Affairs as products requiring inspection.</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-and</t>
   </si>
   <si>
     <t>Requirements on the Minimal Energy Performance Standard and Energy Efficiency Rating Labeling and Inspection of Ice-warm-hot --IWH-- water dispenser</t>
   </si>
   <si>
+    <t>The IWH water dispensers of this regulation are those compliant with CNS3910 and contained in list of products requiring inspection by the Bureau of Standards Metrology and Inspection</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/requirements-minimal-energy-performance-standard-and-energy-efficiency-rating-labeling-0</t>
+  </si>
+  <si>
+    <t>https://ranking.energylabel.org.tw/gen/law/upt.aspx?pageno=0&amp;key=&amp;PDID=0&amp;lang=2&amp;uid=0&amp;cid=10&amp;con=1&amp;year=&amp;month=&amp;day=&amp;p0=44</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -658,1203 +719,1342 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N27"/>
+  <dimension ref="A1:P27"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="183" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="183.955" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="358.484" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="144.965" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="B2"/>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2">
         <v>2021</v>
       </c>
-      <c r="H2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I2"/>
       <c r="J2" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>24</v>
+      </c>
+      <c r="N2" t="s">
+        <v>25</v>
+      </c>
+      <c r="O2" t="s">
+        <v>26</v>
+      </c>
+      <c r="P2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2005</v>
+      </c>
+      <c r="J3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>24</v>
+      </c>
+      <c r="N3" t="s">
+        <v>25</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>19</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...29 lines deleted...]
-      <c r="G3">
+      <c r="H4">
         <v>2003</v>
       </c>
-      <c r="H3">
-[...5 lines deleted...]
-      <c r="J3" t="s">
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>24</v>
+      </c>
+      <c r="N4" t="s">
+        <v>37</v>
+      </c>
+      <c r="O4" t="s">
+        <v>38</v>
+      </c>
+      <c r="P4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>19</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-[...36 lines deleted...]
-      <c r="J4" t="s">
+      <c r="H5">
+        <v>2018</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>24</v>
+      </c>
+      <c r="N5" t="s">
+        <v>25</v>
+      </c>
+      <c r="O5" t="s">
+        <v>42</v>
+      </c>
+      <c r="P5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6">
+        <v>2016</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>24</v>
+      </c>
+      <c r="N6" t="s">
+        <v>25</v>
+      </c>
+      <c r="O6" t="s">
+        <v>45</v>
+      </c>
+      <c r="P6" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7"/>
+      <c r="C7" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>19</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>21</v>
+      </c>
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>24</v>
+      </c>
+      <c r="N7" t="s">
+        <v>25</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8"/>
+      <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>19</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>31</v>
       </c>
-      <c r="K4"/>
-[...29 lines deleted...]
-      <c r="G5">
+      <c r="H8">
+        <v>2011</v>
+      </c>
+      <c r="I8">
         <v>2018</v>
       </c>
-      <c r="H5"/>
-[...3 lines deleted...]
-      <c r="J5" t="s">
+      <c r="J8" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" t="s">
+        <v>23</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>25</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9"/>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>19</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-[...29 lines deleted...]
-      <c r="G6">
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
         <v>2016</v>
       </c>
-      <c r="H6"/>
-[...3 lines deleted...]
-      <c r="J6" t="s">
+      <c r="J9" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>24</v>
+      </c>
+      <c r="N9" t="s">
+        <v>25</v>
+      </c>
+      <c r="O9" t="s">
+        <v>55</v>
+      </c>
+      <c r="P9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10"/>
+      <c r="C10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>19</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...29 lines deleted...]
-      <c r="G7">
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>22</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>24</v>
+      </c>
+      <c r="N10" t="s">
+        <v>25</v>
+      </c>
+      <c r="O10" t="s">
+        <v>58</v>
+      </c>
+      <c r="P10" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11"/>
+      <c r="C11" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" t="s">
+        <v>19</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>22</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>24</v>
+      </c>
+      <c r="N11" t="s">
+        <v>25</v>
+      </c>
+      <c r="O11" t="s">
+        <v>61</v>
+      </c>
+      <c r="P11" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C12" t="s">
+        <v>17</v>
+      </c>
+      <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>19</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>31</v>
+      </c>
+      <c r="H12">
+        <v>2001</v>
+      </c>
+      <c r="I12">
+        <v>2018</v>
+      </c>
+      <c r="J12" t="s">
+        <v>22</v>
+      </c>
+      <c r="K12" t="s">
+        <v>23</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>24</v>
+      </c>
+      <c r="N12" t="s">
+        <v>25</v>
+      </c>
+      <c r="O12" t="s">
+        <v>65</v>
+      </c>
+      <c r="P12" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B13"/>
+      <c r="C13" t="s">
+        <v>17</v>
+      </c>
+      <c r="D13" t="s">
+        <v>67</v>
+      </c>
+      <c r="E13" t="s">
+        <v>19</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>21</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>22</v>
+      </c>
+      <c r="K13" t="s">
+        <v>23</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>24</v>
+      </c>
+      <c r="N13" t="s">
+        <v>25</v>
+      </c>
+      <c r="O13" t="s">
+        <v>68</v>
+      </c>
+      <c r="P13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>69</v>
+      </c>
+      <c r="B14"/>
+      <c r="C14" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>19</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>21</v>
+      </c>
+      <c r="H14">
+        <v>2012</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>22</v>
+      </c>
+      <c r="K14" t="s">
+        <v>23</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>24</v>
+      </c>
+      <c r="N14" t="s">
+        <v>25</v>
+      </c>
+      <c r="O14" t="s">
+        <v>70</v>
+      </c>
+      <c r="P14" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>71</v>
+      </c>
+      <c r="B15"/>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" t="s">
+        <v>19</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>21</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>22</v>
+      </c>
+      <c r="K15" t="s">
+        <v>23</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>24</v>
+      </c>
+      <c r="N15" t="s">
+        <v>25</v>
+      </c>
+      <c r="O15" t="s">
+        <v>72</v>
+      </c>
+      <c r="P15" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" t="s">
+        <v>17</v>
+      </c>
+      <c r="D16" t="s">
+        <v>75</v>
+      </c>
+      <c r="E16" t="s">
+        <v>19</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>21</v>
+      </c>
+      <c r="H16">
+        <v>2002</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>22</v>
+      </c>
+      <c r="K16" t="s">
+        <v>23</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>24</v>
+      </c>
+      <c r="N16" t="s">
+        <v>25</v>
+      </c>
+      <c r="O16" t="s">
+        <v>76</v>
+      </c>
+      <c r="P16"/>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>78</v>
+      </c>
+      <c r="C17" t="s">
+        <v>17</v>
+      </c>
+      <c r="D17" t="s">
+        <v>79</v>
+      </c>
+      <c r="E17" t="s">
+        <v>19</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>31</v>
+      </c>
+      <c r="H17">
+        <v>2002</v>
+      </c>
+      <c r="I17">
+        <v>2016</v>
+      </c>
+      <c r="J17" t="s">
+        <v>22</v>
+      </c>
+      <c r="K17" t="s">
+        <v>23</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>24</v>
+      </c>
+      <c r="N17" t="s">
+        <v>25</v>
+      </c>
+      <c r="O17" t="s">
+        <v>80</v>
+      </c>
+      <c r="P17" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>82</v>
+      </c>
+      <c r="C18" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" t="s">
+        <v>83</v>
+      </c>
+      <c r="E18" t="s">
+        <v>19</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>31</v>
+      </c>
+      <c r="H18">
+        <v>2000</v>
+      </c>
+      <c r="I18">
+        <v>2018</v>
+      </c>
+      <c r="J18" t="s">
+        <v>22</v>
+      </c>
+      <c r="K18" t="s">
+        <v>23</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>24</v>
+      </c>
+      <c r="N18" t="s">
+        <v>25</v>
+      </c>
+      <c r="O18" t="s">
+        <v>84</v>
+      </c>
+      <c r="P18" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>85</v>
+      </c>
+      <c r="B19"/>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" t="s">
+        <v>19</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>21</v>
+      </c>
+      <c r="H19">
+        <v>2020</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>22</v>
+      </c>
+      <c r="K19" t="s">
+        <v>23</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>24</v>
+      </c>
+      <c r="N19" t="s">
+        <v>25</v>
+      </c>
+      <c r="O19" t="s">
+        <v>87</v>
+      </c>
+      <c r="P19" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>88</v>
+      </c>
+      <c r="B20"/>
+      <c r="C20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" t="s">
+        <v>89</v>
+      </c>
+      <c r="E20" t="s">
+        <v>19</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>21</v>
+      </c>
+      <c r="H20">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-[...3 lines deleted...]
-      <c r="J7" t="s">
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>22</v>
+      </c>
+      <c r="K20" t="s">
+        <v>23</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>24</v>
+      </c>
+      <c r="N20" t="s">
+        <v>25</v>
+      </c>
+      <c r="O20" t="s">
+        <v>90</v>
+      </c>
+      <c r="P20" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>91</v>
+      </c>
+      <c r="B21"/>
+      <c r="C21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D21" t="s">
+        <v>41</v>
+      </c>
+      <c r="E21" t="s">
+        <v>19</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...32 lines deleted...]
-      <c r="H8">
+      <c r="H21">
         <v>2018</v>
       </c>
-      <c r="I8" t="s">
-[...2 lines deleted...]
-      <c r="J8" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>22</v>
+      </c>
+      <c r="K21" t="s">
+        <v>23</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>24</v>
+      </c>
+      <c r="N21" t="s">
+        <v>25</v>
+      </c>
+      <c r="O21" t="s">
+        <v>92</v>
+      </c>
+      <c r="P21" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>93</v>
+      </c>
+      <c r="B22" t="s">
+        <v>94</v>
+      </c>
+      <c r="C22" t="s">
+        <v>17</v>
+      </c>
+      <c r="D22" t="s">
+        <v>95</v>
+      </c>
+      <c r="E22" t="s">
+        <v>19</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-[...32 lines deleted...]
-      <c r="H9">
+      <c r="H22">
+        <v>2020</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>22</v>
+      </c>
+      <c r="K22" t="s">
+        <v>23</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>24</v>
+      </c>
+      <c r="N22" t="s">
+        <v>25</v>
+      </c>
+      <c r="O22" t="s">
+        <v>96</v>
+      </c>
+      <c r="P22" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>97</v>
+      </c>
+      <c r="B23" t="s">
+        <v>98</v>
+      </c>
+      <c r="C23" t="s">
+        <v>17</v>
+      </c>
+      <c r="D23" t="s">
+        <v>99</v>
+      </c>
+      <c r="E23" t="s">
+        <v>19</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>21</v>
+      </c>
+      <c r="H23">
+        <v>2002</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>22</v>
+      </c>
+      <c r="K23" t="s">
+        <v>23</v>
+      </c>
+      <c r="L23"/>
+      <c r="M23" t="s">
+        <v>24</v>
+      </c>
+      <c r="N23" t="s">
+        <v>25</v>
+      </c>
+      <c r="O23" t="s">
+        <v>100</v>
+      </c>
+      <c r="P23" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>101</v>
+      </c>
+      <c r="B24" t="s">
+        <v>102</v>
+      </c>
+      <c r="C24" t="s">
+        <v>17</v>
+      </c>
+      <c r="D24" t="s">
+        <v>103</v>
+      </c>
+      <c r="E24" t="s">
+        <v>19</v>
+      </c>
+      <c r="F24" t="s">
+        <v>104</v>
+      </c>
+      <c r="G24" t="s">
+        <v>21</v>
+      </c>
+      <c r="H24">
         <v>2016</v>
       </c>
-      <c r="I9" t="s">
-[...2 lines deleted...]
-      <c r="J9" t="s">
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>105</v>
+      </c>
+      <c r="K24" t="s">
+        <v>23</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>24</v>
+      </c>
+      <c r="N24" t="s">
+        <v>25</v>
+      </c>
+      <c r="O24" t="s">
+        <v>106</v>
+      </c>
+      <c r="P24" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>108</v>
+      </c>
+      <c r="B25" t="s">
+        <v>109</v>
+      </c>
+      <c r="C25" t="s">
+        <v>17</v>
+      </c>
+      <c r="D25" t="s">
+        <v>103</v>
+      </c>
+      <c r="E25" t="s">
+        <v>19</v>
+      </c>
+      <c r="F25" t="s">
+        <v>104</v>
+      </c>
+      <c r="G25" t="s">
         <v>21</v>
       </c>
-      <c r="K9"/>
-[...29 lines deleted...]
-      <c r="G10">
+      <c r="H25">
+        <v>2016</v>
+      </c>
+      <c r="I25"/>
+      <c r="J25" t="s">
+        <v>105</v>
+      </c>
+      <c r="K25" t="s">
+        <v>23</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>24</v>
+      </c>
+      <c r="N25" t="s">
+        <v>25</v>
+      </c>
+      <c r="O25" t="s">
+        <v>110</v>
+      </c>
+      <c r="P25" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>112</v>
+      </c>
+      <c r="B26" t="s">
+        <v>113</v>
+      </c>
+      <c r="C26" t="s">
+        <v>17</v>
+      </c>
+      <c r="D26" t="s">
+        <v>60</v>
+      </c>
+      <c r="E26" t="s">
+        <v>19</v>
+      </c>
+      <c r="F26" t="s">
+        <v>114</v>
+      </c>
+      <c r="G26" t="s">
+        <v>21</v>
+      </c>
+      <c r="H26">
         <v>2015</v>
       </c>
-      <c r="H10"/>
-[...3 lines deleted...]
-      <c r="J10" t="s">
+      <c r="I26"/>
+      <c r="J26" t="s">
+        <v>105</v>
+      </c>
+      <c r="K26" t="s">
+        <v>23</v>
+      </c>
+      <c r="L26"/>
+      <c r="M26" t="s">
+        <v>24</v>
+      </c>
+      <c r="N26" t="s">
+        <v>25</v>
+      </c>
+      <c r="O26" t="s">
+        <v>115</v>
+      </c>
+      <c r="P26" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>116</v>
+      </c>
+      <c r="B27" t="s">
+        <v>117</v>
+      </c>
+      <c r="C27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D27" t="s">
+        <v>103</v>
+      </c>
+      <c r="E27" t="s">
+        <v>19</v>
+      </c>
+      <c r="F27" t="s">
+        <v>114</v>
+      </c>
+      <c r="G27" t="s">
         <v>21</v>
       </c>
-      <c r="K10"/>
-[...72 lines deleted...]
-      <c r="H12">
+      <c r="H27">
         <v>2018</v>
       </c>
-      <c r="I12" t="s">
-[...605 lines deleted...]
-      </c>
+      <c r="I27"/>
       <c r="J27" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K27" t="s">
+        <v>23</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="N27" t="s">
-        <v>99</v>
+        <v>25</v>
+      </c>
+      <c r="O27" t="s">
+        <v>118</v>
+      </c>
+      <c r="P27" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>