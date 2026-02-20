--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -5749,51 +5749,51 @@
       </c>
       <c r="P50" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="s">
         <v>313</v>
       </c>
       <c r="B51" t="s">
         <v>314</v>
       </c>
       <c r="C51" t="s">
         <v>18</v>
       </c>
       <c r="D51" t="s">
         <v>315</v>
       </c>
       <c r="E51" t="s">
         <v>20</v>
       </c>
       <c r="F51" t="s">
         <v>316</v>
       </c>
       <c r="G51" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H51">
         <v>2021</v>
       </c>
       <c r="I51">
         <v>2024</v>
       </c>
       <c r="J51" t="s">
         <v>317</v>
       </c>
       <c r="K51" t="s">
         <v>24</v>
       </c>
       <c r="L51" t="s">
         <v>318</v>
       </c>
       <c r="M51" t="s">
         <v>25</v>
       </c>
       <c r="N51" t="s">
         <v>26</v>
       </c>
       <c r="O51" t="s">
         <v>319</v>
       </c>