--- v0 (2025-10-12)
+++ v1 (2026-02-05)
@@ -12,491 +12,618 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>ISIR 14577, 1st Edition, Household refrigerating appliances - Determination of Criteria for energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Domestic refrigerator, freezer, refrigerator-freezer</t>
+  </si>
+  <si>
     <t>Iran</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>ISO-8187</t>
   </si>
   <si>
     <t>Institute of Standards and Industrial Research of Iran (ISIRI)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isir-14577-1st-edition-household-refrigerating-appliances-determination-criteria-energy</t>
   </si>
   <si>
+    <t>http://isiri.gov.ir/portal/home/?135546/%D8%A7%D8%B7%D9%84%D8%A7%D8%B9%D8%A7%D8%AA-%D9%85%D8%B1%D8%A8%D9%88%D8%B7-%D8%A8%D9%87-%D8%A7%D8%B3%D8%AA%D8%A7%D9%86%D8%AF%D8%A7%D8%B1%D8%AF%D9%87%D8%A7%DB%8C-%D8%A8%D8%B1%DA%86%D8%B3%D8%A8-%D8%A7%D9%86%D8%B1%DA%98%</t>
+  </si>
+  <si>
     <t>ISIRI 10634 Fans- Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Fans with capacity of 170-3500 m3 per h. Does not cover ceiling fans or portable fans.</t>
+  </si>
+  <si>
     <t>Industrial Fans</t>
   </si>
   <si>
     <t>ANSI/ASHRAE 51-1999 (AMCA Standard 210-99 ANSI approved)</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10634-fans-technical-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10635: 2008, Wet Cooling Towers, Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Applicable to wet cooling towers with capacity of 800 tons. Does not include cooling towers with natural flow</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>ISIRI 4514 (1998), BS EN 13741 (2003), BS 4485-part2 (1988), CTI ATC 105 (2000)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10635-2008-wet-cooling-towers-technical-specifications-and-test-methods-energy</t>
   </si>
   <si>
     <t>ISIRI 10636 Specification for Energy Consumption and Energy labeling of Fan coils and Ducted fan coils</t>
   </si>
   <si>
+    <t>Ducted and non-ducted fan coil room air conditioners</t>
+  </si>
+  <si>
     <t>ANSI/ASHRAE STANDARD 79-2002, ARI 440-1998</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10636-specification-energy-consumption-and-energy-labeling-fan-coils-and-ducted-fan</t>
   </si>
   <si>
     <t>ISIRI 10637:2007,Refrigerated Display Cabinet-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Refrigerated Display Cabinet. Does not include vending machines</t>
+  </si>
+  <si>
     <t>Refrigerated Cabinets</t>
   </si>
   <si>
     <t>ISIRI 9187-2:2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-106372007refrigerated-display-cabinet-technical-specifications-and-test-methods</t>
   </si>
   <si>
     <t>ISIRI 10641 Office Equipment-Technical Specifications for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes desktop and personal computers, monitors, copy machines, multi devise machines, fax-printer-scanner; Fax, scanner, printer. Does not include server computers.</t>
+  </si>
+  <si>
     <t>IEC 311 (1988)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10641-office-equipment-technical-specifications-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 10672, Amendment No.1-Technical Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Electric Household Vaccum cleaner</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>NS 5635 (2001)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-10672-amendment-no1-technical-specifications-and-test-methods-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 1220-2- Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Gas fired space heaters with chimney with maximum consumption less than 150 MegaJolt per hr</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>AS 4553,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1220-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 12885, 1st Edition- technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired forced convection air heaters for space heating not exceeding a net heat input of 300 kW</t>
+  </si>
+  <si>
     <t>BS EN 1020 1998, AS 4553&amp; AG 103 2000:</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-12885-1st-edition-technical-specification-and-test-method-energy-consumption-and</t>
   </si>
   <si>
     <t>ISIRI 13368 Energy Consumption Criteria for Oil Distribution Transformers</t>
   </si>
   <si>
+    <t>Three Phases oil transformers, less than 36kVA and 25kVA up to 2500kVA ,50Hz</t>
+  </si>
+  <si>
     <t>IEC 60071-1, 2011, IEC 60071-2, 2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13368-energy-consumption-criteria-oil-distribution-transformers</t>
   </si>
   <si>
     <t>ISIRI 13782, Amendment No.1 , Boilers - Technical specifications and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>BoilersTechnical Specifications and Test Method for Energy Consumption and Energy Labeling Instruction</t>
+  </si>
+  <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>ISIRI 4231 ,ASME PTC4</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-13782-amendment-no1-boilers-technical-specifications-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 14629:2011-determination of critera for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>centeral heating boilers  of nominal heat input not exceeeding 70 kw -nominal heat input not exceeding 70kW</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-146292011-determination-critera-energy-consumption-and-energy-labeling-instruction</t>
   </si>
   <si>
     <t>ISIRI 1828-2-Test Methods for Energy Consumption and Energy Labelling Instructions</t>
   </si>
   <si>
+    <t>Instantaneous gas water heaters with maximum consumtion less than 250MegaJolt per Hr</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>AG 102: 2000, EN 26: 2000, ISIRI 1828-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-1828-2-test-methods-energy-consumption-and-energy-labelling-instructions</t>
   </si>
   <si>
     <t>ISIRI 3678-2: 2002, 1st Edition- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>This policy applies to liquid chilling packages with water-cooled condenser and evaporator.</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>NS 3678: 1995</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-3678-2-2002-1st-edition-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 4910-2, 1st Revision- Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Evaporative air coolers -Direct and indirect types</t>
+  </si>
+  <si>
     <t>Evaporative Coolers</t>
   </si>
   <si>
     <t>AS 2913-1987 ,IS3315-1974</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-4910-2-1st-revision-method-measuring-energy-consumption-and-energy-labeling</t>
   </si>
   <si>
     <t>ISIRI 7268-2,Flueless gas room heaters - Technical specification and test method for energy consumption and energy labeling instruction</t>
   </si>
   <si>
+    <t>Gas fired space heaters without chimney with maximum consumption 30MegaJolt/Hr.</t>
+  </si>
+  <si>
     <t>AS 4553, ISIRI 7268-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7268-2flueless-gas-room-heaters-technical-specification-and-test-method-energy</t>
   </si>
   <si>
     <t>ISIRI 7342-2, Specification for energy consumption and energy labeling of electric houshold room heaters</t>
   </si>
   <si>
+    <t>Residential electric space heater</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7342-2-specification-energy-consumption-and-energy-labeling-electric-houshold-room</t>
   </si>
   <si>
     <t>ISIRI 7817-2, 1st Edition, Centrifugal, mixed flow and axial pumps - Method for measuring of energy consumption and energy labeling instructions</t>
   </si>
   <si>
+    <t>Centrifugal, mixed flow and axial pumps</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>ISO-2548 (Class C)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7817-2-1st-edition-centrifugal-mixed-flow-and-axial-pumps-method-measuring-energy</t>
   </si>
   <si>
     <t>ISIRI 7874, 1st Edition, Specification for energy consumption and energy labeling of single phase electrical motors</t>
   </si>
   <si>
+    <t>Small 1-phase General Purpose</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>ISIRI 3772-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7874-1st-edition-specification-energy-consumption-and-energy-labeling-single-phase</t>
   </si>
   <si>
     <t>ISIRI 7875-1st edition- Specifications and Test Methods for Energy Consumption and Energy Labeling Instructions</t>
   </si>
   <si>
+    <t>Includes electric kettles with capacity of minimum 4L and maximum 30L with 250 Va.c.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7875-1st-edition-specifications-and-test-methods-energy-consumption-and-energy</t>
   </si>
   <si>
     <t>ISIRI 7966, 1st Edition, Specification for energy consumption and energy labeling of three phase electrical motors</t>
+  </si>
+  <si>
+    <t>This policy covers all motors with 3 phase general purpose</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/isiri-7966-1st-edition-specification-energy-consumption-and-energy-labeling-three-phase</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -760,1453 +887,1642 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N31"/>
+  <dimension ref="A1:P31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="172" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="172.101" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="619.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="94.263" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1987</v>
+      </c>
+      <c r="I2">
+        <v>1988</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1987</v>
+      </c>
+      <c r="I3">
+        <v>1988</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" t="s">
+        <v>32</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1989</v>
+      </c>
+      <c r="I4">
+        <v>1991</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1989</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>44</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>45</v>
+      </c>
+      <c r="P5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1989</v>
+      </c>
+      <c r="I6">
+        <v>1992</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>50</v>
+      </c>
+      <c r="P6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>1986</v>
+      </c>
+      <c r="I7">
+        <v>1988</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>55</v>
+      </c>
+      <c r="P7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1999</v>
+      </c>
+      <c r="I8">
+        <v>2000</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>61</v>
+      </c>
+      <c r="M8" t="s">
+        <v>38</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
-[...5 lines deleted...]
-      <c r="I2" t="s">
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2011</v>
+      </c>
+      <c r="I9">
+        <v>2014</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>66</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>71</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2011</v>
+      </c>
+      <c r="I10">
+        <v>2014</v>
+      </c>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>72</v>
+      </c>
+      <c r="M10" t="s">
+        <v>38</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>73</v>
+      </c>
+      <c r="P10" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B11" t="s">
+        <v>76</v>
+      </c>
+      <c r="C11" t="s">
+        <v>77</v>
+      </c>
+      <c r="D11" t="s">
+        <v>19</v>
+      </c>
+      <c r="E11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F11" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>1998</v>
+      </c>
+      <c r="I11">
+        <v>2012</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>82</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>77</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>78</v>
+      </c>
+      <c r="F12" t="s">
+        <v>79</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2008</v>
+      </c>
+      <c r="I12">
+        <v>2010</v>
+      </c>
+      <c r="J12" t="s">
+        <v>80</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>82</v>
+      </c>
+      <c r="N12" t="s">
+        <v>89</v>
+      </c>
+      <c r="O12" t="s">
+        <v>90</v>
+      </c>
+      <c r="P12" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" t="s">
+        <v>79</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2002</v>
+      </c>
+      <c r="I13">
+        <v>2008</v>
+      </c>
+      <c r="J13" t="s">
+        <v>80</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" t="s">
+        <v>82</v>
+      </c>
+      <c r="N13" t="s">
+        <v>89</v>
+      </c>
+      <c r="O13" t="s">
+        <v>95</v>
+      </c>
+      <c r="P13" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>54</v>
+      </c>
+      <c r="E14" t="s">
+        <v>78</v>
+      </c>
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2008</v>
+      </c>
+      <c r="I14">
+        <v>2006</v>
+      </c>
+      <c r="J14" t="s">
+        <v>80</v>
+      </c>
+      <c r="K14" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L14" t="s">
+        <v>98</v>
+      </c>
+      <c r="M14" t="s">
+        <v>82</v>
+      </c>
+      <c r="N14" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...202 lines deleted...]
-      <c r="A8" t="s">
+      <c r="O14" t="s">
+        <v>99</v>
+      </c>
+      <c r="P14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>78</v>
+      </c>
+      <c r="F15" t="s">
+        <v>79</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2007</v>
+      </c>
+      <c r="I15">
+        <v>2012</v>
+      </c>
+      <c r="J15" t="s">
+        <v>80</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>103</v>
+      </c>
+      <c r="M15" t="s">
+        <v>82</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" t="s">
         <v>43</v>
       </c>
-      <c r="B8" t="s">
-[...61 lines deleted...]
-      <c r="H9">
+      <c r="E16" t="s">
+        <v>78</v>
+      </c>
+      <c r="F16" t="s">
+        <v>79</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2012</v>
+      </c>
+      <c r="I16">
+        <v>2010</v>
+      </c>
+      <c r="J16" t="s">
+        <v>80</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16" t="s">
+        <v>82</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>78</v>
+      </c>
+      <c r="F17" t="s">
+        <v>79</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2012</v>
+      </c>
+      <c r="I17">
         <v>2014</v>
       </c>
-      <c r="I9" t="s">
-[...93 lines deleted...]
-      <c r="K11" t="s">
+      <c r="J17" t="s">
+        <v>80</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>82</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>114</v>
+      </c>
+      <c r="B18" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" t="s">
         <v>60</v>
       </c>
-      <c r="L11" t="s">
-[...293 lines deleted...]
-        <v>2002</v>
+      <c r="G18" t="s">
+        <v>22</v>
       </c>
       <c r="H18">
         <v>2002</v>
       </c>
-      <c r="I18" t="s">
-        <v>59</v>
+      <c r="I18">
+        <v>2002</v>
       </c>
       <c r="J18" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="K18" t="s">
+        <v>117</v>
+      </c>
+      <c r="L18" t="s">
+        <v>118</v>
+      </c>
+      <c r="M18" t="s">
+        <v>82</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>121</v>
+      </c>
+      <c r="C19" t="s">
+        <v>77</v>
+      </c>
+      <c r="D19" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" t="s">
+        <v>78</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1998</v>
+      </c>
+      <c r="I19">
+        <v>2009</v>
+      </c>
+      <c r="J19" t="s">
+        <v>80</v>
+      </c>
+      <c r="K19" t="s">
+        <v>117</v>
+      </c>
+      <c r="L19" t="s">
+        <v>122</v>
+      </c>
+      <c r="M19" t="s">
+        <v>82</v>
+      </c>
+      <c r="N19" t="s">
         <v>89</v>
       </c>
-      <c r="L18" t="s">
-[...53 lines deleted...]
-    <row r="20" spans="1:14">
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>94</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>125</v>
       </c>
       <c r="C20" t="s">
-        <v>38</v>
+        <v>77</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>49</v>
       </c>
       <c r="E20" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="F20" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2012</v>
       </c>
-      <c r="I20" t="s">
-        <v>59</v>
+      <c r="I20">
+        <v>2012</v>
       </c>
       <c r="J20" t="s">
+        <v>80</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>126</v>
+      </c>
+      <c r="M20" t="s">
+        <v>82</v>
+      </c>
+      <c r="N20" t="s">
+        <v>89</v>
+      </c>
+      <c r="O20" t="s">
+        <v>127</v>
+      </c>
+      <c r="P20" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>128</v>
+      </c>
+      <c r="B21" t="s">
+        <v>129</v>
+      </c>
+      <c r="C21" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
+        <v>78</v>
+      </c>
+      <c r="F21" t="s">
+        <v>79</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2011</v>
+      </c>
+      <c r="I21">
+        <v>2015</v>
+      </c>
+      <c r="J21" t="s">
+        <v>130</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>131</v>
+      </c>
+      <c r="M21" t="s">
+        <v>82</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>132</v>
+      </c>
+      <c r="P21" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>133</v>
+      </c>
+      <c r="B22" t="s">
+        <v>134</v>
+      </c>
+      <c r="C22" t="s">
+        <v>77</v>
+      </c>
+      <c r="D22" t="s">
+        <v>116</v>
+      </c>
+      <c r="E22" t="s">
+        <v>78</v>
+      </c>
+      <c r="F22" t="s">
         <v>21</v>
       </c>
-      <c r="K20" t="s">
-[...31 lines deleted...]
-      <c r="G21">
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
         <v>2011</v>
       </c>
-      <c r="H21">
-[...43 lines deleted...]
-      <c r="H22">
+      <c r="I22">
         <v>2013</v>
       </c>
-      <c r="I22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>88</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K22" t="s">
+        <v>117</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N22" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>135</v>
+      </c>
+      <c r="P22" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>103</v>
+        <v>136</v>
       </c>
       <c r="B23" t="s">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="C23" t="s">
-        <v>104</v>
+        <v>77</v>
       </c>
       <c r="D23" t="s">
-        <v>57</v>
+        <v>138</v>
       </c>
       <c r="E23" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G23">
+        <v>79</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
         <v>2003</v>
       </c>
-      <c r="H23">
+      <c r="I23">
         <v>2010</v>
       </c>
-      <c r="I23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="K23" t="s">
-        <v>105</v>
+        <v>117</v>
       </c>
       <c r="L23" t="s">
-        <v>61</v>
+        <v>139</v>
       </c>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N23" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>140</v>
+      </c>
+      <c r="P23" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>107</v>
+        <v>141</v>
       </c>
       <c r="B24" t="s">
-        <v>56</v>
+        <v>142</v>
       </c>
       <c r="C24" t="s">
-        <v>108</v>
+        <v>77</v>
       </c>
       <c r="D24" t="s">
-        <v>57</v>
+        <v>143</v>
       </c>
       <c r="E24" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>79</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2002</v>
       </c>
-      <c r="I24" t="s">
-        <v>59</v>
+      <c r="I24">
+        <v>2002</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K24" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>61</v>
+        <v>144</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N24" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>145</v>
+      </c>
+      <c r="P24" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>111</v>
+        <v>146</v>
       </c>
       <c r="B25" t="s">
-        <v>56</v>
+        <v>147</v>
       </c>
       <c r="C25" t="s">
-        <v>112</v>
+        <v>77</v>
       </c>
       <c r="D25" t="s">
-        <v>57</v>
+        <v>148</v>
       </c>
       <c r="E25" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="F25" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G25">
+        <v>79</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
         <v>1999</v>
       </c>
-      <c r="H25">
+      <c r="I25">
         <v>2009</v>
       </c>
-      <c r="I25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K25" t="s">
-        <v>113</v>
+        <v>24</v>
       </c>
       <c r="L25" t="s">
-        <v>61</v>
+        <v>149</v>
       </c>
       <c r="M25" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N25" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>150</v>
+      </c>
+      <c r="P25" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
       <c r="A26" t="s">
-        <v>115</v>
+        <v>151</v>
       </c>
       <c r="B26" t="s">
-        <v>56</v>
+        <v>152</v>
       </c>
       <c r="C26" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>57</v>
+        <v>116</v>
       </c>
       <c r="E26" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G26">
+        <v>60</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2002</v>
       </c>
-      <c r="H26">
+      <c r="I26">
         <v>2010</v>
       </c>
-      <c r="I26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="K26" t="s">
+        <v>117</v>
+      </c>
+      <c r="L26" t="s">
+        <v>153</v>
+      </c>
+      <c r="M26" t="s">
+        <v>82</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>154</v>
+      </c>
+      <c r="P26" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>155</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" t="s">
         <v>116</v>
       </c>
-      <c r="L26" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="E27" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="F27" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G27">
+        <v>60</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
         <v>2002</v>
       </c>
-      <c r="H27">
+      <c r="I27">
         <v>2012</v>
       </c>
-      <c r="I27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N27" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>157</v>
+      </c>
+      <c r="P27" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>120</v>
+        <v>158</v>
       </c>
       <c r="B28" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="C28" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="D28" t="s">
-        <v>57</v>
+        <v>160</v>
       </c>
       <c r="E28" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="F28" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2002</v>
+        <v>79</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
       </c>
       <c r="H28">
         <v>2002</v>
       </c>
-      <c r="I28" t="s">
-        <v>59</v>
+      <c r="I28">
+        <v>2002</v>
       </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K28" t="s">
-        <v>122</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
-        <v>61</v>
+        <v>161</v>
       </c>
       <c r="M28" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="N28" t="s">
-        <v>123</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:14">
+        <v>89</v>
+      </c>
+      <c r="O28" t="s">
+        <v>162</v>
+      </c>
+      <c r="P28" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>124</v>
+        <v>163</v>
       </c>
       <c r="B29" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>77</v>
       </c>
       <c r="D29" t="s">
-        <v>57</v>
+        <v>165</v>
       </c>
       <c r="E29" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="F29" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>79</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
       </c>
       <c r="H29">
         <v>2012</v>
       </c>
-      <c r="I29" t="s">
-        <v>59</v>
+      <c r="I29">
+        <v>2012</v>
       </c>
       <c r="J29" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="K29" t="s">
-        <v>126</v>
+        <v>24</v>
       </c>
       <c r="L29" t="s">
-        <v>61</v>
+        <v>166</v>
       </c>
       <c r="M29" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N29" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>167</v>
+      </c>
+      <c r="P29" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>128</v>
+        <v>168</v>
       </c>
       <c r="B30" t="s">
-        <v>56</v>
+        <v>169</v>
       </c>
       <c r="C30" t="s">
-        <v>129</v>
+        <v>77</v>
       </c>
       <c r="D30" t="s">
-        <v>57</v>
+        <v>170</v>
       </c>
       <c r="E30" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="F30" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>79</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
-      <c r="I30" t="s">
-        <v>59</v>
+      <c r="I30">
+        <v>2012</v>
       </c>
       <c r="J30" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30"/>
       <c r="M30" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N30" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>171</v>
+      </c>
+      <c r="P30" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>131</v>
+        <v>172</v>
       </c>
       <c r="B31" t="s">
-        <v>56</v>
+        <v>173</v>
       </c>
       <c r="C31" t="s">
-        <v>132</v>
+        <v>77</v>
       </c>
       <c r="D31" t="s">
-        <v>57</v>
+        <v>174</v>
       </c>
       <c r="E31" t="s">
-        <v>58</v>
+        <v>78</v>
       </c>
       <c r="F31" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>79</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
-      <c r="I31" t="s">
-        <v>59</v>
+      <c r="I31">
+        <v>2012</v>
       </c>
       <c r="J31" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>80</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
       <c r="M31" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
       <c r="N31" t="s">
-        <v>133</v>
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>175</v>
+      </c>
+      <c r="P31" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>