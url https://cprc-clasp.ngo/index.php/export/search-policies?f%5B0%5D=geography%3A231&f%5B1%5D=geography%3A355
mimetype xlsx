--- v0 (2025-10-11)
+++ v1 (2026-02-03)
@@ -12,684 +12,952 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Department Circular DC2020-06-0015</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for television sets, washing machines, and electric fans.</t>
+  </si>
+  <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>Televisions, Washing Machines, Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Department of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-dc2020-06-0015</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/pelp/related-laws-issuances-and-implementing-guidelines</t>
+  </si>
+  <si>
     <t>Department Circular No. DC 2020-06-0016</t>
   </si>
   <si>
+    <t>This policy defines minimum energy performance for products (MEPP) for room air conditioners (window and split type), refrigeration units (single door, two-door manual defrost, and frost-free), and lighting products (CLFs, LFLs, single-capped fluorescent lamps, and LEDs).</t>
+  </si>
+  <si>
     <t>Lighting, Tubular Lamps, Non-Directional lamps, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/department-circular-no-dc-2020-06-0016</t>
   </si>
   <si>
+    <t>https://www.doe.gov.ph/laws-and-issuances/department-circular-no-dc2020-06-0016</t>
+  </si>
+  <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Air Conditioners 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for air conditioners covered by Department Circular No. 2020-06-0015. It applies to single-phase air conditioners with a cooling capacity of up to 50,400 kJ/hr or 14 KW for domestic single use. The following categories are:
+Fixed-speed air conditioners / Variable-speed air conditioners:
+a. Window type
+b. Split type (wall-mounted, floor-standing type, cassette-type, ceiling-cassette-type, ceiling-suspended type)</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2025</t>
   </si>
   <si>
     <t>PNS ISO 5151
 ,   
                     PNS ISO 16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-air-conditioners-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Clothes Washing Machines 2024, 1st Edition</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to the following fixed speed / variable speed clothes washing machines with minimum capacity of 5 kg up to 22kg: manual (single tub and twin tub), and automatic (top loading and front loading). Clothes washing machines with rated capacity beyond 22kg are not covered by this policy, likewise, spin dryers/water extractors are not covered. The performance data that will be declared shall be based on a Washing Performance of at least 0.6.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-machines-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-clothes-washing-0</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Display Monitors 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for display monitors according to section 5 and 9 of Department Circular No. 2020-06-0015. Products in scope include display monitors operating in AC or combination of AC and DC sources connected by digital inputs, such as but not limited to DP, HDMI, DVI, USB, wireless and network connection, or by analog VGA input. Display Monitors that are powered solely from battery sources and specialized monitors are not covered.</t>
   </si>
   <si>
     <t>Displays</t>
   </si>
   <si>
     <t>PNS IEC 62087-1
 ,   
                     IEC 62087-2
 ,   
                     PNS IEC 62087-7
 ,   
                     PNS 378
 ,   
                     PNS IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-display-monitors-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Electric Fans</t>
   </si>
   <si>
+    <t>This policy contains MEPS and labeling requirements for washing machines according to Department Circular No. 2020-06-0015. The policy applies to electric fans operating in Alternating Current (AC) sources and may perform additional functionalities (such as but not limited to lamps, radio, etc.) with a rated power input of less than 125 watts (W) and falls under the following types: pedestal or stand fans;  desk or table fans; wall-mounted fans; floor, ground or box fans; orbit or ceiling bracket fans; ceiling fans; tower fans; bladeless fans.</t>
+  </si>
+  <si>
     <t>Ceiling Fans, Window Fans, Portable Fans</t>
   </si>
   <si>
     <t>PNS IEC 60879:2020 (IEC published 2019)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-electric-fans</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) for Domestic Application 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains mandatory energy labeling requirements for  Energy Saving Devices (ESD) / Low Voltage Saving Devices (LVSD) according to section 5 and 9 of Department Circular No. 2020-06-0015. These devices are for household appliances, lighting, and related equipment for use on single phase low voltage alternating current (AC) supply.</t>
   </si>
   <si>
     <t>Asia and Pacific, Philippines</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>PNS 2080:2010
 ,   
                     PNS IEC 62301:2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices-esd-low</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-energy-saving-devices</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Lighting Products 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and mandatory energy labeling for lighting products used for General Lighting Service Lamps according to section 9 of Department Circular No. 2020-06-0015. Products in scope include Linear Fluorescent Lamps (LFL) or Double-Capped Fluorescent Lamps (DFL), Double-Capped Linear LED Lamps, Self-Ballasted Compact Fluorescent Lamps (CFL), Single-Capped Fluorescent Lamps (SFL), Self-Ballasted Non Directional LED Lamps.</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>CIE 84 1st Edition 1989
 ,   
                     PNS IEC 60081
 ,   
                     PNS IEC 60901
 ,   
                     ANSI C78.377-2015
 ,   
                     CIE S 025/E:2015
 ,   
                     CIE 13.3:1995
 ,   
                     IES LM 79-08
 ,   
                     IES LM 80-15
 ,   
                     PNS IEC 62612
 ,   
                     PNS IEC 61000-3-2
 ,   
                     IEC 60838-2-3 E.D. 1.0 B:2016 Miscellaneous Lampholders</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-lighting-products-2024</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of the Philippine Energy Labeling Program for Refrigerating Appliances 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains minimum energy performance standards and labeling requirements for refrigerating appliances according to section 9 of Department Circular No. 2020-06-0015. Products in scope include refrigerators and refrigerator-freezers (manual defrost and frost-free) with a minimum volume capacity of 113 liters for domestic and similar use. Freezers are not covered in the scope.</t>
   </si>
   <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>PNS IEC 62552-1
 ,   
                     PNS IEC 62552-2
 ,   
                     PNS IEC 62552-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-refrigerating-appliances-2024</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-refrigerating</t>
+  </si>
+  <si>
     <t>Implementing Guidelines of The Philippine Energy Labeling Program for Television Sets 2024, 1st Edition</t>
+  </si>
+  <si>
+    <t>This policy contains MEPS and labeling requirements for television sets according to Department Circular No. 2020-06-0015. The policy applies to all television sets.</t>
   </si>
   <si>
     <t>PNS IEC 62087
 ,   
                     PNS 378
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024-1st</t>
   </si>
   <si>
+    <t>https://legacy.doe.gov.ph/laws-and-issuances/implementing-guidelines-philippine-energy-labeling-program-television-sets-2024</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>PNS 12-3-2000 - Lamps and related equipment - Electromagnetic ballast - Energy standards and labeling requirements</t>
   </si>
   <si>
+    <t>This standard specifies the power loss and labeling requirements for electromagnetic fluorescent lamp ballast with or without pre-heated cathodes and operated with or without a starter or starting device.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-12-3-2000-lamps-and-related-equipment-electromagnetic-ballast-energy-standards-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%2012-3-2000.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-1:2007 Amendment 1:2013 - Lamps and related equipment-Energy efficiency and labeling requirements - Part 1-1: Double-capped fluorescent lamps</t>
   </si>
   <si>
+    <t>This labeling program covers single-capped fluorescent lamps for general lighting service.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>PNS IEC 60081:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-12007-amendment-12013-lamps-and-related-equipment-energy-efficiency-and</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202050-1-1%20amd%201-2013.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-1-2:2006 - Lamps and related equipments – Energy labeling requirements – Part 1-2: Single-capped fluorescent lamps</t>
   </si>
   <si>
     <t>PNS IEC 60901:2001 Amd. 01, 02, &amp; 03:2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-1-22006-lamps-and-related-equipments-energy-labeling-requirements-part-1-2-single</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0238/Manila_lites_asia_meeting_1.8_Philippine_policies_for_EE_lighting_Mirna_Campanano.pdf</t>
+  </si>
+  <si>
     <t>PNS 2050-2:2015 - Lamps and related equipment - Energy efficiency and labeling requirements - Part 2: Self-ballasted lamps for general lighting services</t>
   </si>
   <si>
+    <t>This labeling program covers AC supplied electronic ballast for tubular fluorescent lamps specifically with ratings from 10 watts to 40 watts for T12, T10, T9, T8 and T5 halophosphate and triphosphate fluorescent lamps with G13 and G5 caps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>PNS IEC 969:2006; PNS IEC 968:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-22015-lamps-and-related-equipment-energy-efficiency-and-labeling-requirements</t>
   </si>
   <si>
+    <t>https://dti.gov.ph/resources/e-library</t>
+  </si>
+  <si>
     <t>PNS 2050-4:2007 - Lamps and related equipment - Energy labeling requirements - Part 4: Ballast</t>
   </si>
   <si>
     <t>PNS IEC 60921:2006; PNS IEC 61347-1:2002; PNS IEC 61347-2-3:2002 amendment 01:2006; PNS IEC 60921:2006; PNS IEC 61347-2-8:2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2050-42007-lamps-and-related-equipment-energy-labeling-requirements-part-4-ballast</t>
   </si>
   <si>
     <t>PNS 2098-1:2013 - Audio video and related equipment - Energy efficiency factor (EEF) and labeling requirements - Part 1: Television set</t>
   </si>
   <si>
+    <t>This labeling program covers television sets and computer monitors with built-in tuner with screen size up to 1520 mm directly connected to the mains.</t>
+  </si>
+  <si>
     <t>PNS 387</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-2098-12013-audio-video-and-related-equipment-energy-efficiency-factor-eef-and-labeling</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%202098-1-2013-tv.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-1:2007 - Household appliances - Energy efficiency ratio (EER) and labelling requirements - Part 1 : Airconditioners</t>
   </si>
   <si>
+    <t>This program covers all non-inverter split-type room air conditioners, fixed-speed window air conditioners, and split air conditioners with capacities up to 36,000 kJ/h (10kW).</t>
+  </si>
+  <si>
     <t>PNS-240:1998/ISO-5151:1994</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-12007-household-appliances-energy-efficiency-ratio-eer-and-labelling-requirements</t>
   </si>
   <si>
+    <t>https://www.lites.asia/files/otherfiles/0000/0221/Sharing_experience_with_Indonesia_Philippines_Raquel_Huliganga.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-2:2013 - Household appliances - Energy efficiency factor (EEF) and labeling requirements - Part 2: Regrigerators and Freezers</t>
   </si>
   <si>
+    <t>This labeling program covers all types of direct-cooling and frost-free refrigerators, freezers, and refrigerators-freezers with storage volume capacities of 113 litres (4 cubic feet) to 340 litres (12 cubic feet).</t>
+  </si>
+  <si>
     <t>PNS IEC 62552:2012</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-22013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
   </si>
   <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-2-2013-ref-freezer.pdf</t>
+  </si>
+  <si>
     <t>PNS 396-3:2013 - Household appliances – Energy efficiency factor (EEF) and labeling requirements – Part 3: Clothes washing machine</t>
   </si>
   <si>
+    <t>This labeling program covers clothes washing machines. It does not cover stand-alone spin extractor.</t>
+  </si>
+  <si>
     <t>PNS IEC 60456</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/pns-396-32013-household-appliances-energy-efficiency-factor-eef-and-labeling-requirements</t>
+  </si>
+  <si>
+    <t>http://www.opac.dti.gov.ph//DocumentFolder/pages%20from%20pns%20396-3-2013-washing%20machine.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -953,2039 +1221,2318 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N46"/>
+  <dimension ref="A1:P46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="149.678" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="160.389" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2020</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2020</v>
       </c>
-      <c r="H2"/>
-[...3 lines deleted...]
-      <c r="J2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...65 lines deleted...]
-      <c r="G4">
+      <c r="H4">
         <v>2011</v>
       </c>
-      <c r="H4"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I4"/>
       <c r="J4" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="N4" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="E5" t="s">
+        <v>38</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1985</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>46</v>
+      </c>
+      <c r="M5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>47</v>
+      </c>
+      <c r="P5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1984</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>39</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>57</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7">
+        <v>1987</v>
+      </c>
+      <c r="I7">
+        <v>1988</v>
+      </c>
+      <c r="J7" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>40</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>1989</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9">
+        <v>1987</v>
+      </c>
+      <c r="I9">
+        <v>1988</v>
+      </c>
+      <c r="J9" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" t="s">
+        <v>40</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>38</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H10">
+        <v>1989</v>
+      </c>
+      <c r="I10">
+        <v>1991</v>
+      </c>
+      <c r="J10" t="s">
+        <v>39</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>36</v>
+      </c>
+      <c r="D11" t="s">
+        <v>81</v>
+      </c>
+      <c r="E11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11">
+        <v>1989</v>
+      </c>
+      <c r="I11">
+        <v>2015</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>40</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>83</v>
+      </c>
+      <c r="P11" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" t="s">
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>38</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12">
+        <v>1989</v>
+      </c>
+      <c r="I12">
+        <v>1992</v>
+      </c>
+      <c r="J12" t="s">
+        <v>82</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>40</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" t="s">
+        <v>91</v>
+      </c>
+      <c r="C13" t="s">
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>81</v>
+      </c>
+      <c r="E13" t="s">
+        <v>38</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>1989</v>
+      </c>
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>39</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>40</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" t="s">
+        <v>36</v>
+      </c>
+      <c r="D14" t="s">
+        <v>96</v>
+      </c>
+      <c r="E14" t="s">
+        <v>38</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>1984</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>39</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>97</v>
+      </c>
+      <c r="M14" t="s">
+        <v>40</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>38</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>1990</v>
+      </c>
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>39</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>40</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>36</v>
+      </c>
+      <c r="D16" t="s">
+        <v>81</v>
+      </c>
+      <c r="E16" t="s">
+        <v>38</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1989</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
+        <v>39</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>40</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>107</v>
+      </c>
+      <c r="P16" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
+        <v>110</v>
+      </c>
+      <c r="C17" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" t="s">
+        <v>111</v>
+      </c>
+      <c r="E17" t="s">
+        <v>38</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1983</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
+        <v>39</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>112</v>
+      </c>
+      <c r="M17" t="s">
+        <v>40</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>36</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>38</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2011</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>39</v>
+      </c>
+      <c r="K18" t="s">
+        <v>118</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>40</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>119</v>
+      </c>
+      <c r="P18" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>121</v>
+      </c>
+      <c r="B19" t="s">
+        <v>122</v>
+      </c>
+      <c r="C19" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
+        <v>38</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>58</v>
+      </c>
+      <c r="H19">
+        <v>1986</v>
+      </c>
+      <c r="I19">
+        <v>1988</v>
+      </c>
+      <c r="J19" t="s">
+        <v>39</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>40</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>36</v>
+      </c>
+      <c r="D20" t="s">
+        <v>63</v>
+      </c>
+      <c r="E20" t="s">
+        <v>38</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>1987</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>64</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
+        <v>40</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>128</v>
+      </c>
+      <c r="P20" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B21" t="s">
+        <v>131</v>
+      </c>
+      <c r="C21" t="s">
+        <v>36</v>
+      </c>
+      <c r="D21" t="s">
+        <v>132</v>
+      </c>
+      <c r="E21" t="s">
+        <v>38</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>1987</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>39</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>40</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>133</v>
+      </c>
+      <c r="P21" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>135</v>
+      </c>
+      <c r="B22" t="s">
+        <v>136</v>
+      </c>
+      <c r="C22" t="s">
+        <v>36</v>
+      </c>
+      <c r="D22" t="s">
+        <v>137</v>
+      </c>
+      <c r="E22" t="s">
+        <v>38</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>1986</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>39</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>40</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B23" t="s">
+        <v>141</v>
+      </c>
+      <c r="C23" t="s">
+        <v>36</v>
+      </c>
+      <c r="D23" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" t="s">
+        <v>38</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>1986</v>
+      </c>
+      <c r="I23"/>
+      <c r="J23" t="s">
+        <v>39</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>143</v>
+      </c>
+      <c r="M23" t="s">
+        <v>40</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>144</v>
+      </c>
+      <c r="P23" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>146</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" t="s">
+        <v>38</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>1984</v>
+      </c>
+      <c r="I24"/>
+      <c r="J24" t="s">
+        <v>39</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>149</v>
+      </c>
+      <c r="M24" t="s">
+        <v>76</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>150</v>
+      </c>
+      <c r="P24" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>152</v>
+      </c>
+      <c r="B25" t="s">
+        <v>153</v>
+      </c>
+      <c r="C25" t="s">
+        <v>36</v>
+      </c>
+      <c r="D25" t="s">
+        <v>37</v>
+      </c>
+      <c r="E25" t="s">
+        <v>38</v>
+      </c>
+      <c r="F25" t="s">
+        <v>154</v>
+      </c>
+      <c r="G25" t="s">
+        <v>58</v>
+      </c>
+      <c r="H25">
+        <v>1999</v>
+      </c>
+      <c r="I25">
+        <v>2000</v>
+      </c>
+      <c r="J25" t="s">
+        <v>39</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>155</v>
+      </c>
+      <c r="M25" t="s">
+        <v>76</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>156</v>
+      </c>
+      <c r="P25" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>158</v>
+      </c>
+      <c r="B26" t="s">
+        <v>159</v>
+      </c>
+      <c r="C26" t="s">
+        <v>36</v>
+      </c>
+      <c r="D26" t="s">
+        <v>57</v>
+      </c>
+      <c r="E26" t="s">
+        <v>38</v>
+      </c>
+      <c r="F26" t="s">
+        <v>154</v>
+      </c>
+      <c r="G26" t="s">
+        <v>58</v>
+      </c>
+      <c r="H26">
+        <v>2011</v>
+      </c>
+      <c r="I26">
+        <v>2014</v>
+      </c>
+      <c r="J26" t="s">
+        <v>39</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>160</v>
+      </c>
+      <c r="M26" t="s">
+        <v>76</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>161</v>
+      </c>
+      <c r="P26" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>163</v>
+      </c>
+      <c r="B27" t="s">
+        <v>164</v>
+      </c>
+      <c r="C27" t="s">
+        <v>36</v>
+      </c>
+      <c r="D27" t="s">
+        <v>148</v>
+      </c>
+      <c r="E27" t="s">
+        <v>38</v>
+      </c>
+      <c r="F27" t="s">
+        <v>154</v>
+      </c>
+      <c r="G27" t="s">
+        <v>58</v>
+      </c>
+      <c r="H27">
+        <v>2011</v>
+      </c>
+      <c r="I27">
+        <v>2014</v>
+      </c>
+      <c r="J27" t="s">
+        <v>39</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>165</v>
+      </c>
+      <c r="M27" t="s">
+        <v>76</v>
+      </c>
+      <c r="N27" t="s">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>166</v>
+      </c>
+      <c r="P27" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>168</v>
+      </c>
+      <c r="B28" t="s">
+        <v>169</v>
+      </c>
+      <c r="C28" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...12 lines deleted...]
-      <c r="K5" t="s">
+      <c r="D28" t="s">
+        <v>170</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>171</v>
+      </c>
+      <c r="G28" t="s">
+        <v>8</v>
+      </c>
+      <c r="H28">
+        <v>2021</v>
+      </c>
+      <c r="I28">
+        <v>2024</v>
+      </c>
+      <c r="J28" t="s">
+        <v>172</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>173</v>
+      </c>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>174</v>
+      </c>
+      <c r="P28" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>176</v>
+      </c>
+      <c r="B29" t="s">
+        <v>177</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>148</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>171</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2023</v>
+      </c>
+      <c r="I29">
+        <v>2024</v>
+      </c>
+      <c r="J29" t="s">
+        <v>172</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>178</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>179</v>
+      </c>
+      <c r="P29" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>182</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>183</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>171</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2024</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>172</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>184</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>185</v>
+      </c>
+      <c r="P30" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>187</v>
+      </c>
+      <c r="B31" t="s">
+        <v>188</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>189</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>171</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2023</v>
+      </c>
+      <c r="I31"/>
+      <c r="J31" t="s">
+        <v>23</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>190</v>
+      </c>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>191</v>
+      </c>
+      <c r="P31" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>193</v>
+      </c>
+      <c r="B32" t="s">
+        <v>194</v>
+      </c>
+      <c r="C32" t="s">
+        <v>195</v>
+      </c>
+      <c r="D32" t="s">
+        <v>196</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>171</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2024</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>172</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>197</v>
+      </c>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>198</v>
+      </c>
+      <c r="P32" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>200</v>
+      </c>
+      <c r="B33" t="s">
+        <v>201</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>202</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>171</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>2021</v>
+      </c>
+      <c r="I33">
+        <v>2024</v>
+      </c>
+      <c r="J33" t="s">
+        <v>172</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>203</v>
+      </c>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>204</v>
+      </c>
+      <c r="P33" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>206</v>
+      </c>
+      <c r="B34" t="s">
+        <v>207</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>208</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>171</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2021</v>
+      </c>
+      <c r="I34">
+        <v>2024</v>
+      </c>
+      <c r="J34" t="s">
+        <v>172</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>209</v>
+      </c>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>210</v>
+      </c>
+      <c r="P34" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>212</v>
+      </c>
+      <c r="B35" t="s">
+        <v>213</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>75</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>171</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2021</v>
+      </c>
+      <c r="I35">
+        <v>2024</v>
+      </c>
+      <c r="J35" t="s">
+        <v>172</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>214</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>215</v>
+      </c>
+      <c r="P35" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>217</v>
+      </c>
+      <c r="B36" t="s">
+        <v>218</v>
+      </c>
+      <c r="C36" t="s">
+        <v>36</v>
+      </c>
+      <c r="D36" t="s">
         <v>37</v>
       </c>
-      <c r="L5" t="s">
-[...5 lines deleted...]
-      <c r="N5" t="s">
+      <c r="E36" t="s">
         <v>38</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="F36" t="s">
+        <v>154</v>
+      </c>
+      <c r="G36" t="s">
+        <v>22</v>
+      </c>
+      <c r="H36">
+        <v>2011</v>
+      </c>
+      <c r="I36"/>
+      <c r="J36" t="s">
         <v>39</v>
       </c>
-      <c r="B6" t="s">
-[...8 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36"/>
+      <c r="M36" t="s">
+        <v>76</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>219</v>
+      </c>
+      <c r="P36" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>221</v>
+      </c>
+      <c r="B37" t="s">
+        <v>222</v>
+      </c>
+      <c r="C37" t="s">
+        <v>36</v>
+      </c>
+      <c r="D37" t="s">
+        <v>223</v>
+      </c>
+      <c r="E37" t="s">
+        <v>38</v>
+      </c>
+      <c r="F37" t="s">
+        <v>154</v>
+      </c>
+      <c r="G37" t="s">
+        <v>22</v>
+      </c>
+      <c r="H37">
+        <v>2012</v>
+      </c>
+      <c r="I37"/>
+      <c r="J37" t="s">
+        <v>39</v>
+      </c>
+      <c r="K37" t="s">
+        <v>224</v>
+      </c>
+      <c r="L37" t="s">
+        <v>225</v>
+      </c>
+      <c r="M37" t="s">
+        <v>226</v>
+      </c>
+      <c r="N37" t="s">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>227</v>
+      </c>
+      <c r="P37" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
+      <c r="A38" t="s">
+        <v>228</v>
+      </c>
+      <c r="B38" t="s">
+        <v>229</v>
+      </c>
+      <c r="C38" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...38 lines deleted...]
-      <c r="E7" t="s">
+      <c r="D38" t="s">
+        <v>230</v>
+      </c>
+      <c r="E38" t="s">
+        <v>20</v>
+      </c>
+      <c r="F38" t="s">
+        <v>154</v>
+      </c>
+      <c r="G38" t="s">
+        <v>22</v>
+      </c>
+      <c r="H38">
+        <v>2002</v>
+      </c>
+      <c r="I38"/>
+      <c r="J38" t="s">
+        <v>231</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>232</v>
+      </c>
+      <c r="P38" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>234</v>
+      </c>
+      <c r="B39" t="s">
+        <v>235</v>
+      </c>
+      <c r="C39" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...38 lines deleted...]
-      <c r="E8" t="s">
+      <c r="D39" t="s">
+        <v>236</v>
+      </c>
+      <c r="E39" t="s">
+        <v>20</v>
+      </c>
+      <c r="F39" t="s">
+        <v>171</v>
+      </c>
+      <c r="G39" t="s">
+        <v>58</v>
+      </c>
+      <c r="H39">
+        <v>2007</v>
+      </c>
+      <c r="I39">
+        <v>2013</v>
+      </c>
+      <c r="J39" t="s">
+        <v>231</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>237</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>238</v>
+      </c>
+      <c r="P39" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>240</v>
+      </c>
+      <c r="B40" t="s">
+        <v>235</v>
+      </c>
+      <c r="C40" t="s">
         <v>18</v>
       </c>
-      <c r="F8" t="s">
-[...36 lines deleted...]
-      <c r="E9" t="s">
+      <c r="D40" t="s">
+        <v>236</v>
+      </c>
+      <c r="E40" t="s">
+        <v>20</v>
+      </c>
+      <c r="F40" t="s">
+        <v>154</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2006</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>231</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40" t="s">
+        <v>241</v>
+      </c>
+      <c r="M40" t="s">
+        <v>25</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>242</v>
+      </c>
+      <c r="P40" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>244</v>
+      </c>
+      <c r="B41" t="s">
+        <v>245</v>
+      </c>
+      <c r="C41" t="s">
         <v>18</v>
       </c>
-      <c r="F9" t="s">
-[...40 lines deleted...]
-      <c r="E10" t="s">
+      <c r="D41" t="s">
+        <v>246</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>154</v>
+      </c>
+      <c r="G41" t="s">
+        <v>58</v>
+      </c>
+      <c r="H41">
+        <v>2007</v>
+      </c>
+      <c r="I41">
+        <v>2015</v>
+      </c>
+      <c r="J41" t="s">
+        <v>231</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>247</v>
+      </c>
+      <c r="M41" t="s">
+        <v>25</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>248</v>
+      </c>
+      <c r="P41" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>250</v>
+      </c>
+      <c r="B42" t="s">
+        <v>245</v>
+      </c>
+      <c r="C42" t="s">
         <v>18</v>
       </c>
-      <c r="F10" t="s">
-[...15 lines deleted...]
-      <c r="L10" t="s">
+      <c r="D42" t="s">
+        <v>230</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>154</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>2007</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>231</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>251</v>
+      </c>
+      <c r="M42" t="s">
+        <v>25</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>252</v>
+      </c>
+      <c r="P42" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>253</v>
+      </c>
+      <c r="B43" t="s">
+        <v>254</v>
+      </c>
+      <c r="C43" t="s">
+        <v>18</v>
+      </c>
+      <c r="D43" t="s">
+        <v>75</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>154</v>
+      </c>
+      <c r="G43" t="s">
+        <v>22</v>
+      </c>
+      <c r="H43">
+        <v>2013</v>
+      </c>
+      <c r="I43"/>
+      <c r="J43" t="s">
+        <v>231</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43" t="s">
+        <v>255</v>
+      </c>
+      <c r="M43" t="s">
+        <v>25</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>256</v>
+      </c>
+      <c r="P43" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>258</v>
+      </c>
+      <c r="B44" t="s">
+        <v>259</v>
+      </c>
+      <c r="C44" t="s">
+        <v>18</v>
+      </c>
+      <c r="D44" t="s">
+        <v>123</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>171</v>
+      </c>
+      <c r="G44" t="s">
+        <v>58</v>
+      </c>
+      <c r="H44">
+        <v>1993</v>
+      </c>
+      <c r="I44">
+        <v>2007</v>
+      </c>
+      <c r="J44" t="s">
+        <v>231</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44" t="s">
+        <v>260</v>
+      </c>
+      <c r="M44" t="s">
+        <v>25</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>261</v>
+      </c>
+      <c r="P44" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>263</v>
+      </c>
+      <c r="B45" t="s">
+        <v>264</v>
+      </c>
+      <c r="C45" t="s">
+        <v>18</v>
+      </c>
+      <c r="D45" t="s">
         <v>57</v>
       </c>
-      <c r="M10" t="s">
-[...19 lines deleted...]
-      <c r="E11" t="s">
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>154</v>
+      </c>
+      <c r="G45" t="s">
+        <v>22</v>
+      </c>
+      <c r="H45">
+        <v>2013</v>
+      </c>
+      <c r="I45"/>
+      <c r="J45" t="s">
+        <v>231</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>265</v>
+      </c>
+      <c r="M45" t="s">
+        <v>25</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>266</v>
+      </c>
+      <c r="P45" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>268</v>
+      </c>
+      <c r="B46" t="s">
+        <v>269</v>
+      </c>
+      <c r="C46" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...723 lines deleted...]
-      <c r="L28" t="s">
+      <c r="D46" t="s">
+        <v>148</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>154</v>
+      </c>
+      <c r="G46" t="s">
         <v>22</v>
       </c>
-      <c r="M28" t="s">
-[...452 lines deleted...]
-      <c r="H39">
+      <c r="H46">
         <v>2013</v>
       </c>
-      <c r="I39" t="s">
-[...299 lines deleted...]
-      </c>
+      <c r="I46"/>
       <c r="J46" t="s">
-        <v>21</v>
+        <v>231</v>
       </c>
       <c r="K46" t="s">
-        <v>183</v>
+        <v>24</v>
       </c>
       <c r="L46" t="s">
-        <v>22</v>
+        <v>270</v>
       </c>
       <c r="M46" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N46" t="s">
-        <v>184</v>
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>271</v>
+      </c>
+      <c r="P46" t="s">
+        <v>272</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>