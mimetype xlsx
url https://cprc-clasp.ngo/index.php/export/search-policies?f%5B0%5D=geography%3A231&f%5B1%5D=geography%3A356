--- v0 (2025-10-12)
+++ v1 (2025-12-04)
@@ -12,1327 +12,1815 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="401">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="558">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Bidets</t>
   </si>
   <si>
+    <t>A type of hygienic device with nameplate output powerof power supply less than equal to 2,000W used to warmup the water to wash users anus or genital area after stool</t>
+  </si>
+  <si>
     <t>Republic of Korea</t>
   </si>
   <si>
     <t>Toilet Seats (Electric)</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Korea Energy Management Corporation (KEMCO)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-bidets</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100300.asp</t>
+  </si>
+  <si>
     <t>e-Standby Power Program for Computers</t>
   </si>
   <si>
+    <t>Computers with nameplate output power of powersupply less than equal to 1,000W</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-computers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Cordless/Corded Phones</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 100W, capable of automatic reporting,voice and image transmitting between the internal andexternal units, opening and locking of the gate,communicating with the security and crime &amp; fire controls; gas, fire, crime</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-cordlesscorded-phones</t>
   </si>
   <si>
     <t>e-Standby Power Program for DVD Players</t>
   </si>
   <si>
+    <t>Digital Versatile Disc Players.</t>
+  </si>
+  <si>
     <t>DVD|Blu-Ray Players</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-dvd-players</t>
   </si>
   <si>
     <t>e-Standby Power Program for Energy-Saving &amp; Controlling</t>
   </si>
   <si>
+    <t>Controlling devices that automatically shut the power ofthe machine connected to multi-tab, by sensing operationor brightness of surrounding; or standby power blockingreceptacles.</t>
+  </si>
+  <si>
     <t>Smart home devices</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-energy-saving-controlling</t>
   </si>
   <si>
     <t>e-Standby Power Program for Fax Machine</t>
   </si>
   <si>
+    <t>Commercially-available imaging product with nameplateoutput power of power supply less than equal to 3,000Wwhose primary functions are scanning hard copy originalsfor electronic transmission to remote units and receivingsimilar electronic transmissions to produce hard copyoutput.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-fax-machine</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Audio Products</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than or equal to 1,000W whose intendedpurpose, other than providing non-video status displays, isthe production of recording of signals in the audio domainas reproduced by headphones, loudspeakers, or othertransducers, except radio cassette players.</t>
+  </si>
+  <si>
     <t>Home Theater Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-audio-products</t>
   </si>
   <si>
     <t>e-Standby Power Program for Home Gateway</t>
   </si>
   <si>
+    <t>Electronic products, with nameplate output power ofpower supply less than equal to 150W at LAN port whenthe maximum network traffic occur, that enable receivingexternal access networks, connecting home networkequipments based on wire/wireless networks, convertingprotocols, controlling, monitoring, managing and providingother home network related services</t>
+  </si>
+  <si>
     <t>Networking Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-home-gateway</t>
   </si>
   <si>
     <t>e-Standby Power Program for Microwave Ovens</t>
   </si>
   <si>
+    <t>A household microwave oven with nameplate outputpower of power supply less than equal to 2,000W</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-microwave-ovens</t>
   </si>
   <si>
     <t>e-Standby Power Program for Modem</t>
   </si>
   <si>
+    <t>Short for modulator-demodulator, it is a device withnameplate output power of power supply less than equalto 150W that enables data transmission from computers orterminals of communication devices over cable lines. Theapplication scope is limited to external modems with itsown power supply device, separated from computer orcommunication terminals.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-modem</t>
   </si>
   <si>
     <t>e-Standby Power Program for Monitors</t>
   </si>
   <si>
+    <t>This policy applies to commercially-available electronic products with a display screen in a single housing that is capable of displaying output information from a computer via one or more inputs (such as VGA and DVI), with nameplate output power of power supply less than or equal to 1,000W.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-monitors</t>
   </si>
   <si>
     <t>e-Standby Power Program for Multifunctional devices</t>
   </si>
   <si>
+    <t>A multifunction equipment able to perform corefunctions of copying, printing, faxing or scanning withnameplate output power of power supply less than equalto 5,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-multifunctional-devices</t>
   </si>
   <si>
     <t>e-Standby Power Program for Printers</t>
   </si>
   <si>
+    <t>Commercially-available imaging product that serves as ahard copy output device, and is capable of receivinginformation from networked computers, or other inputdevices with nameplate output power of power supply lessthan equal to 3,000W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-printers</t>
   </si>
   <si>
     <t>e-Standby Power Program for Scanners</t>
   </si>
   <si>
+    <t>Electro-optical device with nameplate output power ofpower supply less than equal to 1,000W for convertingcolor or black-and-white information into electronicimages that can be stored, edited, converted, ortransmitted primarily in a personal computing environment</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-scanners</t>
   </si>
   <si>
     <t>e-Standby Power Program for Set-Top Boxes</t>
   </si>
   <si>
+    <t>A device with nameplate output power of power supplyless than equal to 150W, capable of receiving,transmitting, processing, recording, converting signals anddisplaying by television or other displaying devices.</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-set-top-boxes</t>
   </si>
   <si>
     <t>e-Standby Power Program for Televisions</t>
   </si>
   <si>
+    <t>An electronic product with nameplate output power ofpower supply less than equal to 1,000W, consisting of atuner|receiver and a monitor encased in a single housing</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/e-standby-power-program-televisions</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Air Conditioners</t>
   </si>
   <si>
+    <t>Air-conditioners of rated cooling power consumption of not more than 7,500W and the rated cooling capacity of not more than 23,000W</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>KS C 9306-2002</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-conditioners</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_4.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dehumidifier</t>
   </si>
   <si>
+    <t>As a single-phase AC, and rated voltage of 220V, its aim is to decrease the humidity of indoors, equipped with compression refrigerating system, blower fan, etc in a single cabinet, its electric power consumption is shall be less than 1,000W.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dehumidifier</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100200_2.asp</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label - Dish Dryers</t>
   </si>
   <si>
+    <t>A machine which only dries dishware, glassware, cutlery and, in some cases,cooking utensils by electrical means with the rated capacity 10 person or lessafter washing, and has the top or front door or sliding door.</t>
+  </si>
+  <si>
     <t>Dish Dryers</t>
   </si>
   <si>
     <t>December 2015</t>
   </si>
   <si>
     <t>KS C IEC 60335-1 Part 1; KS C IEC 60335-2-5 Part 2- 5; KS C IEC 60704-2-3</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dish-dryers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electric washing machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersed in the washing water, the mechanical action being produced by a device moving, which are defined the agitator washing machine, and impeller washing machine with the rated capacity of 2 kg–20 kg</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>KS C 9608</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-washing-machines</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
+    <t>Electrical cooler and heater for drinking - water storage. Electrical cooler and heater for drinking-water storage shall be designed the vapor-compressor cooler, heater, and water storage in a cabinet. Water purifier is included. Rated cooling power consumption of not more than 500W and rated heating power consumptions of not more than 1000W.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>December 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency % shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-television</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label - Water Heaters</t>
   </si>
   <si>
+    <t>By KS B 8116 Gas water heater of rated gas consumption of 70.0 kW or less,and the total heat capacity is defined by KS B 8101</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>KS B 8116</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-water-heaters</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Air Cleaners</t>
   </si>
   <si>
+    <t>By the scope of KS C 9314 the mechanical and combined air cleaner which hasless 200W power consumption, and the single power 220V and 60Hz.</t>
+  </si>
+  <si>
     <t>Air Cleaners</t>
   </si>
   <si>
     <t>KS C 9314</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-air-cleaners</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Commercial Refrigerators</t>
   </si>
   <si>
+    <t>Commercial electric refrigerator-freezer of storage volume 300L-2000L withthe cooling system of less 1000W electric power consumption by KS C ISO15502. Exclude the freezer only, the showcase, the table type, and the specifiedtype.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>KS C ISO 15502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-commercial-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and/or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>KS C IEC 60436</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Electric Fan</t>
   </si>
   <si>
+    <t>By KS C 9301 household electric fan, desktop or stand; which has the diameterof wing of 20-41 cm and the axial single wing run by induction motor to be usedin general: table, stand, etc .</t>
+  </si>
+  <si>
     <t>Portable Fans</t>
   </si>
   <si>
     <t>KS C 9301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-electric-fan</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Fluorescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7601 Fluorescent lamps which are the tubular type of rated powerconsumption of 20W, 28W, 32W, and 40W, the circular type of rated powerconsumption of 32W, and 40W, and the compact type of rated powerconsumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W, FPL36W, FPL 45W, and FPL 55W .7</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-fluorescent-lamps</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Freezers</t>
   </si>
   <si>
+    <t>Household electric freezer of storage volume 80L-400L</t>
+  </si>
+  <si>
     <t>Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-freezers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Household Gas Boiler</t>
   </si>
   <si>
+    <t>By KS B 8109 and KS C 8127 Gas water heating boiler of rated gasconsumption of 69.5 kW or less, and the total heat capacity is defined by KS B8101</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>KS B 8109; KS C 8127</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-household-gas-boiler</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Incandescent Lamps</t>
   </si>
   <si>
+    <t>By KS C 7501 the white tungsten bulb at 220V of rated power consumption of25-150W, which includes the colorless transparent bulb, the inner frosting bulb,the bulb coated with white, and the bulb coated with thin film.   Energy Efficiency shall be measured by the test method in KS C 7501,which is obtained from lumen divided by power consumption.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>KS C 7501</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps</t>
   </si>
   <si>
     <t>Directional Lamps</t>
   </si>
   <si>
     <t>KS C 7502</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-incandescent-lamps-0</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Kimchi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50% of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>Kim-chi Refrigerators</t>
   </si>
   <si>
     <t>KS C 9321</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-kimchi-refrigerators</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Refrigerators</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerators and refrigerator-freezers of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-refrigerators</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/6501-energy-efficiency-labelling-and-standard-for-refrigerator</t>
+  </si>
+  <si>
     <t>Energy Efficiency Grade Label for Rice Cookers</t>
   </si>
   <si>
+    <t>By Annex 1 household electric rice-cooker and rice-warmer with a rated capacity 20 person or less.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-rice-cookers</t>
   </si>
   <si>
     <t>Energy Efficiency Grade Label for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable dry only</t>
+  </si>
+  <si>
     <t>Vacuum Cleaners</t>
   </si>
   <si>
     <t>KS C IEC 60312</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-grade-label-vacuum-cleaners</t>
   </si>
   <si>
     <t>Federal Law No. 261-FZ</t>
   </si>
   <si>
+    <t>A ban on the distribution; sale; and general use of inefficient lighting; such as 100-watt or higher incandescent lamps; starting on 1 January 2011; particularly in the  government sector.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/federal-law-no-261-fz</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_93978/b9d6a867f79696c8920c74897c45bc450483c39f/</t>
+  </si>
+  <si>
     <t>GOST 10280-83 Vacuum electric cleaners for household - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household vacuum cleaners with dry filters intended for cleaning of premises, clothes, carpets and furniture.</t>
+  </si>
+  <si>
     <t>GOST 27570.6-87, art. 6.13 GOST 10280-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-10280-83-vacuum-electric-cleaners-household-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21212/</t>
+  </si>
+  <si>
     <t>GOST 14919-83 Household electric cooking ranges, cooking plates, and cooking ovens - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric cooking ranges, cooking plates, and cooking ovens.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>GOST 14919-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-14919-83-household-electric-cooking-ranges-cooking-plates-and-cooking-ovens-general</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/7652/</t>
+  </si>
+  <si>
     <t>GOST 16317-87 Household electrical refrigerating appliances - General specifications</t>
   </si>
   <si>
+    <t>Applies to household electric compression and absorption refrigerators, household electric compression freezers, household electric compression refrigerators, and freezers for storage and/or freezing of food in domestic conditions.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16317-87-household-electrical-refrigerating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19717/</t>
+  </si>
+  <si>
     <t>GOST 16325-88 General-purpose digital computers - General technical requirements</t>
   </si>
   <si>
+    <t>This standard establishes requirements for stationary computers of general purpose, designed to operate both autonomously and in data processing systems.</t>
+  </si>
+  <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16325-88-general-purpose-digital-computers-general-technical-requirements</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19657/</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 18198-89 Television receivers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers color and black and white televisions (non-portable or portable), but does not apply to projection TVs.</t>
+  </si>
+  <si>
     <t>Federal Agency on Technical Regulating and Metrology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-18198-89-television-receivers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38708/</t>
+  </si>
+  <si>
     <t>GOST 19098-87 Plotters for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers plotters for electronic computers.</t>
+  </si>
+  <si>
     <t>October 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19098-87-plotters-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/19703/</t>
+  </si>
+  <si>
     <t>GOST 19294-84 General-purpose low-power transformers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to dry power transformers and autotransformers of general purpose with single-phase and three-phase power of no more than 5 kVA, included in the AC network of frequency 50 or 60 Hz with a nominal voltage of up to 1000 V.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-19294-84-general-purpose-low-power-transformers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12956/</t>
+  </si>
+  <si>
     <t>GOST 21776-87 Printers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers printers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-21776-87-printers-general-specifications</t>
   </si>
   <si>
+    <t>http://www.internet-law.ru/gosts/gost/38829/</t>
+  </si>
+  <si>
     <t>GOST 23110-84 Household electric water heaters - General specifications</t>
   </si>
   <si>
+    <t>This policy covers accumulation-type water heaters intended for water heating below boiling point. Does not apply to instantaneous flow water heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>GOST 27570.18-90 and 6 of GOST 23110-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-23110-84-household-electric-water-heaters-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12767/</t>
+  </si>
+  <si>
     <t>GOST 24388-88 Domestic sound frequency signal amplifiers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers domestic sound frequency signal amplifiers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24388-88-domestic-sound-frequency-signal-amplifiers-general-specifications</t>
   </si>
   <si>
+    <t>http://docs.cntd.ru/document/1200016457</t>
+  </si>
+  <si>
     <t>GOST 24593-87 Graphic input devices for electronic computers - General specifications</t>
   </si>
   <si>
+    <t>This policy covers graphic input devices for electronic computers.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-24593-87-graphic-input-devices-electronic-computers-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/11933/</t>
+  </si>
+  <si>
     <t>GOST 25178-82 Electric hand dryers - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric hand dryers intended for use in public establishments and places, as well as for individual use.</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>art 5.3 of GOST 25178-82</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-25178-82-electric-hand-dryers-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/29859/</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 27201-87 Personal electronic computers - Types, main parameters, general technical requirements</t>
   </si>
   <si>
+    <t>This standard applies to personal electronic computers used as a means of mass automation (mainly to create automated workplaces) in social and industrial spheres of activity in various areas of the national economy and intended for users who do not have special knowledge in the field of computer technology and programming.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27201-87-personal-electronic-computers-types-main-parameters-general-technical</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19749/</t>
+  </si>
+  <si>
     <t>GOST 27454-87 Household electric dishwashers - Perfomance characteristics and basic dimensions</t>
   </si>
   <si>
+    <t>This policy covers household dishwashers intended for washing, rinsing, drying, and storage of kitchenware and cutlery.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-27454-87-household-electric-dishwashers-perfomance-characteristics-and-basic</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/38812/</t>
+  </si>
+  <si>
     <t>GOST 53635-2009 Gas-fired air heaters with forced convection for firing (heating) rooms not exceeding a net heat input of 100 kW - General technical requirements and test methods</t>
   </si>
   <si>
+    <t>This standard applies to household electric pumps intended for supplying water in domestic conditions.</t>
+  </si>
+  <si>
     <t>Pump Systems</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-53635-2009-gas-fired-air-heaters-forced-convection-firing-heating-rooms-not-exceeding</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/50178/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>GOST 8051-83 Domestic washing machines - Specifications</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines of versions UHL 4.2 or 04.2, in which washing is carried out by mechanical stirring of the laundry in a detergent solution with a rotating paddle disk or drum.</t>
+  </si>
+  <si>
     <t>Art 6.3 of GOST 8051-83</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-8051-83-domestic-washing-machines-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/21307/</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 Energy conservation. Informing of consumers about energy efficiency of equipment in the residential sector - General requirements</t>
   </si>
   <si>
+    <t>This policy covers incandescent lamps of general use.</t>
+  </si>
+  <si>
     <t>GOST R 51388-99 (art.7)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51388-99-energy-conservation-informing-consumers-about-energy-efficiency-equipment</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/8716/</t>
+  </si>
+  <si>
     <t>GOST R 51565-2012 Energy efficiency - Household refrigeration appliances and similar - Indicators of energy efficiency and determination methods</t>
   </si>
   <si>
+    <t>This standard applies to household electrical refrigeration devices of compression and absorption type intended for storage and (or) freezing of food products in a domestic environment, including devices with internal forced air circulation and a system without frost formation (frost-free system).</t>
+  </si>
+  <si>
     <t>GOST R IEC 62552-2011; GOST R ISO 51401-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-51565-2012-energy-efficiency-household-refrigeration-appliances-and-similar</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/53522/</t>
+  </si>
+  <si>
     <t>GOST R 55008-2012 Energy efficiency - Household washing machines and similar - Energy efficiency indicators and methods of determination</t>
   </si>
   <si>
+    <t>This standard applies to household washing machines, including built-in ones, operating from an electrical network with a nominal frequency of 50 Hz and from batteries. The standard specifies the energy efficiency classes of washing machines and the content of the label attached to each machine. The standard does not apply to washing machines without a spin process, with separate tanks for washing and spinning (for example, with two tanks), combined washer-dryers, as well as machines operating on other types of energy.</t>
+  </si>
+  <si>
     <t>GOST R IEC 60456-2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-r-55008-2012-energy-efficiency-household-washing-machines-and-similar-energy</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/54513/</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program</t>
   </si>
   <si>
+    <t>Reflectors for HID Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
+  </si>
+  <si>
+    <t>http://www.energy.or.kr/renew_eng/energy/appliances/certification.aspx</t>
+  </si>
+  <si>
+    <t>Metal-Halide Lamps</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+  </si>
+  <si>
+    <t>Ventilation fans</t>
+  </si>
+  <si>
+    <t>Exhaust Fans</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-9</t>
+  </si>
+  <si>
+    <t>This policy applies to windows with more than 0.34m2hC/kcal thermal resistance and less than 5m3/hm2 air leakage rate.</t>
+  </si>
+  <si>
+    <t>Insulations</t>
+  </si>
+  <si>
+    <t>Other</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program</t>
+  </si>
+  <si>
+    <t>http://www.kemco.or.kr/new_eng/pg02/pg02100101.asp</t>
+  </si>
+  <si>
+    <t>Industrial oil boilers</t>
+  </si>
+  <si>
+    <t>Oil</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+  </si>
+  <si>
+    <t>Oil boilers</t>
+  </si>
+  <si>
+    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
+  </si>
+  <si>
+    <t>Direct-fired absorption chillers-heaters</t>
+  </si>
+  <si>
     <t>Chillers - Cooler Towers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-2</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3</t>
-[...2 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-4</t>
+    <t>Sensor lighting equipment, PLS equipment, UCD lamp equipment, LED lamps using external converter, LED lamps using internal converter, attaching and detaching LED equipment, LED sensor equipment, converters for LED lighting modules, Tublar LED lamps, LED lamps for fluorescent lamp retrofit (internal converter type)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-5</t>
   </si>
   <si>
+    <t>LED traffic lights, LED leading lights, LED guard lighting equipment, LED street lights, LED flood lighting equipment, LED tunnel luminaires, LED module for channel letter signs</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-6</t>
   </si>
   <si>
+    <t>Single-phase induction motors</t>
+  </si>
+  <si>
     <t>1-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-7</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-8</t>
   </si>
   <si>
-    <t>Exhaust Fans</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-0</t>
+    <t>Centrifugal and Turbo Blowers</t>
   </si>
   <si>
     <t>Industrial Blowers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-10</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-1</t>
-[...1 lines deleted...]
-  <si>
     <t>High-efficiency Appliances Certification Program for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>Three phase induction motors</t>
+  </si>
+  <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-3-phase-induction-motor</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Associated Ballasts</t>
   </si>
   <si>
+    <t>Ballasts</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>KS C 7621-99</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-associated-ballasts</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Domestic Gas Boiler</t>
   </si>
   <si>
+    <t>Domestic gas boiler: Gas burning hot water boiler, whose heat efficiency is over 95 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-domestic-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Energy Saving Device for Monitors</t>
   </si>
   <si>
+    <t>Energy saving device for monitor: controlling monitor power by detecting human body with sensor, whose net power consumption is less than 1.8W</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-energy-saving-device-monitors</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Industrial Gas Boiler</t>
   </si>
   <si>
+    <t>Industrial gas boiler whose rated capacity is less than 12 million kcal per h, maximum allowable working pressure is less than 10kg per cm2, heat efficiency is over 91 percent</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-industrial-gas-boiler</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Pumps</t>
   </si>
   <si>
+    <t>Centrifugal water chiller, whose chilling capacity is less than 1,500usRT</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps</t>
   </si>
   <si>
+    <t>Pump: Centrifugal pump for feeding water into boilers</t>
+  </si>
+  <si>
     <t>Pumps Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-pumps-0</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Sensor Lighting Equipment</t>
   </si>
   <si>
+    <t>Sensor Lighting Equipment</t>
+  </si>
+  <si>
     <t>Lighting Controls</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-sensor-lighting-equipment</t>
   </si>
   <si>
     <t>High-efficiency Appliances Certification Program for Streetlighting</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-streetlighting</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/download/Korean%20Energy%20Efficiency%20Policies%20(2015).pdf</t>
+  </si>
+  <si>
     <t>High-efficiency Appliances Certification Program for Uniterruptible Power System</t>
   </si>
   <si>
+    <t>Uniterruptible power system: controlling its function according to the amount of loads</t>
+  </si>
+  <si>
     <t>Uninterruptable Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/high-efficiency-appliances-certification-program-uniterruptible-power-system</t>
   </si>
   <si>
     <t>Korea Eco label Standards EL 228 Urinals</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Eco label of urinals installed in the buildings that use electronic flush valve or do not use water.</t>
+  </si>
+  <si>
     <t>Urinals</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>KSB 2369</t>
   </si>
   <si>
     <t>Ministry of Environment</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-el-228-urinals</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW76txsqp5XCkvi0ddnbZ9Jpc8eHawEBEWOC1mu2zFGur7racKsZ9gJsTis16avSB4Us4zZf5jO6hyPsqRagQx5G3WqHdRX52Jjpercent2F5tzY</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Showerhead and Water Saving Components for Faucet EL 222:2012</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving faucets having a water saving function installed at the end of water pipes such as a single faucet, hot water and cold water mixed faucets or a stop valve among faucets used for supplying water with less than use pressure of 735kPa (hereinafter referred to as faucet), and valve products having a water saving function by stopping supply or water, automatically closing the value or supplying the specified amount of water. However, faucets for special use such as drinking water faucets, faucets for fountains and faucets for toilets shall be excluded.</t>
+  </si>
+  <si>
     <t>Showers or Showerheads</t>
   </si>
   <si>
     <t>KSB 2331</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-showerhead-and-water-saving-components-faucet-el</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7percent2FUTvuniRHmqp75nbpercent2BGaeLny2YsN0IlrQjpercent2F0percent2BKgxM4ispercent2FKD9DlHJ1yXUpercent2Bskykx</t>
+  </si>
+  <si>
     <t>Korea Eco Label Standards Water Saving Toilet EL 223:2013</t>
   </si>
   <si>
+    <t>This standard specif ies a method to confirm the certification criteria and conformance of Ecolabel of the water saving toilet among toilets (western style water closet) with low tanks or flush valves (hereinafter referred to as "toilet").</t>
+  </si>
+  <si>
     <t>Toilets</t>
   </si>
   <si>
     <t>EM501, KS L 1551</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-eco-label-standards-water-saving-toilet-el-2232013</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW7y58Apercent2B81L7P4rLapercent2FajMJdT9b5yA8fyWJFp6vjuUC7yZjvQUPGqd5ftUlbeqBjW52LjNaMUCnmqNVnT1JgBlH501zOaauLm</t>
+  </si>
+  <si>
     <t>Korea Ecolabel Standards Water-saving Faucets EL221:2012</t>
   </si>
   <si>
+    <t>The criteria shall apply to single faucet, cold and warm water mixed faucet or stagnant water faucet the water faucet (hereafter referred to as "faucet") used in water supply/bath supply with less than the usage pressure of 7.5kgf/㎠ 735kPa, to the water-saving faucet, which shall be set up at the end of water pipe and have water-saving effect, and to the valve that have water- saving effect through the function of immediate water-stopping, self-closing and fixed-quantity water-stopping. However, faucets for special use such as ones for drinking water, fountain and toilet shall be excluded.</t>
+  </si>
+  <si>
     <t>Taps or Faucets</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/korea-ecolabel-standards-water-saving-faucets-el2212012</t>
   </si>
   <si>
+    <t>http://el.keiti.re.kr/FileDownload.do?encData=sshC35fJeoPMDprwlrWIcu6LosvVyTDd0a6Ryspercent2Bap4cbpercent2FLBY1Xlp1BC2myOQL4baJQ9VFI2tSubYuZ622CSW74bllzXvqY5Wq0bOgPxdSkbYOaV9uckpercent2FRVFBygq3tRSx2WHxMnswq0VzzPLOeGRpercent2FjEUYTYWPvjh94a8dm0PyBXVQlEUV6y</t>
+  </si>
+  <si>
     <t>MEPS for 3 Phase Induction Motor</t>
   </si>
   <si>
+    <t>This policy applies to 3-phase induction motors with a rated output of 0.75kW-200kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-3-phase-induction-motor</t>
   </si>
   <si>
     <t>MEPS for Adapter - Charger</t>
   </si>
   <si>
+    <t>An adapter under 150W, nameplate output power; and a charger of input 20 W with Li-Ion Battery as a single voltage external power supply</t>
+  </si>
+  <si>
     <t>Battery Chargers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger</t>
   </si>
   <si>
     <t>MEPS for Adapter Charger</t>
   </si>
   <si>
+    <t>For using with mobile phone, notebook, speaker for computer, LCD monitor,printer, PDA, camcorder, digital camera, audio, DVD player, MP3, PMP,portable CD player, set-top box, wire-wireless phone, modem, all AC-DC orAC-AC external power supply shall be included.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-adapter-charger-0</t>
   </si>
   <si>
     <t>MEPS for Air Cleaners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-cleaners</t>
   </si>
   <si>
     <t>MEPS for Air Conditioners</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-air-conditioners</t>
   </si>
   <si>
     <t>MEPS for Associated Ballasts</t>
   </si>
   <si>
+    <t>By KS C 7621 Associated ballasts which all components are in one, and anyparts are not allowed to change, and the rated power consumption of 5W-60W.But globe type is excluded.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-associated-ballasts</t>
   </si>
   <si>
     <t>MEPS for Commercial Refrigerators</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-commercial-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Dehumidifier</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dehumidifier</t>
   </si>
   <si>
     <t>MEPS for Dish Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dish-dryers</t>
   </si>
   <si>
     <t>MEPS for Dishwashers</t>
   </si>
   <si>
+    <t>By Annex 1 a machine which washes rinses, and dries -when drying process isincluded; dishware, glassware, cutlery and, in some cases, cooking utensils bychemical, mechanical and or electrical means with the rated capacity 20 personor less.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-dishwashers</t>
   </si>
   <si>
     <t>MEPS for Electric Fan</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan</t>
   </si>
   <si>
     <t>MEPS for Electric fan heater</t>
   </si>
   <si>
+    <t>Electric fan heater with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-fan-heater</t>
   </si>
   <si>
     <t>MEPS for Electric stove</t>
   </si>
   <si>
+    <t>Electric stove with the rated power consumption of 500W, less than 10kW.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electric-stove</t>
   </si>
   <si>
     <t>MEPS for Electrical cooler and Heater for drinking - water storage</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-cooler-and-heater-drinking-water-storage</t>
   </si>
   <si>
     <t>MEPS for Electrical Driven Multi Heat Pump-Central HVAC</t>
   </si>
   <si>
+    <t>This policy specifies minimum energy performance standards for electrical-driven multi heat pumps.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Space Heating, Heat Pumps</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Korea Energy Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-electrical-driven-multi-heat-pump-central-hvac</t>
   </si>
   <si>
+    <t>https://www.iea.org/policies/8283-meps-for-electrical-driven-multi-heat-pump-central-hvac</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamps</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps</t>
   </si>
   <si>
     <t>MEPS for Fluorescent Lamps Ballast</t>
   </si>
   <si>
+    <t>By KS C 8100 and KS C 8102 Fluorescent lamps ballasts which are the tubulartype of rated power consumption of 20W, 28W, 32W, and 40W, the circular typeof rated power consumption of 32W, and 40W, and the compact type of ratedpower consumption of FPX 13W, FDX 26W, FPL 27W, FPL32W, FPL 36W,FPL 36W, FPL 45W, and FPL 55W</t>
+  </si>
+  <si>
     <t>KS C 8100; KS C 8102</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamps-ballast</t>
   </si>
   <si>
     <t>MEPS for Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-freezers</t>
   </si>
   <si>
     <t>MEPS for Gas Water Heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-gas-water-heater</t>
   </si>
   <si>
     <t>MEPS for horizontal drum washing machine</t>
   </si>
   <si>
+    <t>Product Scope:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-horizontal-drum-washing-machine</t>
   </si>
   <si>
     <t>MEPS for Household Gas Boiler</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-household-gas-boiler</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps</t>
   </si>
   <si>
+    <t>http://www.nea.gov.sg/energy-waste/energy-efficiency/household-sector/minimum-energy-performance-standards</t>
+  </si>
+  <si>
     <t>MEPS for Kim-chi Refrigerators</t>
   </si>
   <si>
+    <t>Household electric refrigerating appliances of total storage volume 1000L or less,and Kimchi storage compartment is much than 50percent of the whole storage volumewith a function maturing which it will be able to take effect the foodstuffs of theKimchi artificially, and with a compression type refrigerating machine andstorage cabinet integrated in one body.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-kim-chi-refrigerators</t>
   </si>
   <si>
     <t>MEPS for Multi Heat Pump System(VRF)</t>
   </si>
   <si>
+    <t>Electrical driven multi heat pump which has one indoor unit standard rated cooling capacity over 1kW less than 30kW, and outdoor unit standard rated cooling capacity in accordance with Annex 1 is over 20kW less than 70kW. The indoor unit that comes with a heating device, rated power consumption of heating device is limited to one indoor unit standard less than 30kW</t>
+  </si>
+  <si>
     <t>Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-multi-heat-pump-systemvrf</t>
   </si>
   <si>
     <t>MEPS for Refrigerator</t>
   </si>
   <si>
+    <t>This policy applies to household electric refrigerator and refrigerator-freezer of storage volume 1000L or less with the cooling system of less 500W electric power consumption by KSC ISO 15502.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-refrigerator</t>
   </si>
   <si>
+    <t>http://www.kemco.or.kr/nd_file/kemco_eng/MKE_Notice_2010-124.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Set Top Boxes</t>
   </si>
   <si>
-    <t>Entered into force, Revised</t>
+    <t>This policy contains minimum energy performance standards for set-top boxes (excluding the digital converter) receiving one or more of cable, satellite, and IP TV broadcastings and sending the image and audio to a television or display unit, with the rated power consumption of less than 150W.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-set-top-boxes-0</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=149</t>
+  </si>
+  <si>
     <t>MEPS for Standby Power</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-standby-power</t>
   </si>
   <si>
     <t>MEPS for Television</t>
   </si>
   <si>
+    <t>With a built-in digital tuner and more than 50cm and less than 180cm lengths of screen diagonal products sold only shall be applied. Energy Efficiency percent shall be measured by KS C IEC 62087.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-television</t>
   </si>
   <si>
     <t>MEPS for Transformer</t>
   </si>
   <si>
+    <t>Transformers smaller than 1500kVA</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer</t>
   </si>
   <si>
+    <t>Transformer defined in KS C 4306, KS C 4311, KS C 4316, KS C 4317 and Annex 3; 1500-3000kVa</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-transformer-0</t>
   </si>
   <si>
     <t>MEPS for Vacuum Cleaners</t>
   </si>
   <si>
+    <t>Vacuum cleaner of rated power consumption of 800W-2,500W, and shall bemoveable, dry only</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-vacuum-cleaners</t>
   </si>
   <si>
     <t>MEPS for Washing Machines</t>
   </si>
   <si>
+    <t>By KS C 9608 washing machine in which the textiles are substantially immersedin the washing water, the mechanical action being produced by a device moving,which are defined the agitator washing machine, and impeller washing machinewith the rated capacity of 2 kg-20kg</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-washing-machines</t>
   </si>
   <si>
     <t>MEPS for Window Set</t>
   </si>
   <si>
+    <t>Window set defined in KS F 3117, which is used where contact with the outside of buildings and is sold as a combination of frame and glass with 1 or more window area</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-window-set</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade Decree N 1324</t>
   </si>
   <si>
+    <t>Low-pressure lamps</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-1324</t>
   </si>
   <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Labeling and Standards, Ministry of Knowkedge Economy Notification No.2011-263. 2011.12.23</t>
   </si>
   <si>
+    <t>Drum washing machines</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-labeling-and-standards-ministry-knowkedge-economy-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Range</t>
   </si>
   <si>
+    <t>This regulation revised energy efficiency grade labels for electric range. Products in scope include electric ranges with a rated input voltage of single-phase AC 220V, a rated frequency of 60Hz, and a rated power consumption between 1kW and 10kW.</t>
+  </si>
+  <si>
     <t>Asia and Pacific, Republic of Korea</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, Minimum Performance Standard</t>
-  </si>
-[...1 lines deleted...]
-    <t>Adopted, Revised</t>
   </si>
   <si>
     <t>February 2025</t>
   </si>
   <si>
     <t>KS C IEC 60350
 ,   
                     K 60335-2-6
 ,   
                     IEC 60350-2</t>
   </si>
   <si>
     <t>Ministry of Trade, Industry and Energy, Korea</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric</t>
   </si>
   <si>
+    <t>https://eep.energy.or.kr/pds/view.aspx?cate=4&amp;no=183</t>
+  </si>
+  <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Energy Efficiency Grade Label for Electric Rice Cooker</t>
+  </si>
+  <si>
+    <t>This regulation revised energy efficiency grades and labeling for electric rice cooker, pursuant to Article 15 of the Energy Use Rationalization Act. Products in scope include electric rice cookers with a rated voltage of 220 V with a single-phase alternating current, and electric rice cookers with a rated voltage of 220 V and an electric warmer.</t>
   </si>
   <si>
     <t>KS A 0006
 ,   
                     KS Q 5002
 ,   
                     KS A 0078
 ,   
                     KS A 0511
 ,   
                     KS C 9310
 ,   
                     KS C 9312
 ,   
                     KS G 3602
 ,</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-energy-efficiency-grade-label-electric-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Bidets</t>
   </si>
   <si>
+    <t>This regulation mandates maximum energy efficiency standards and label for electric bidets. Electric bidets are hygiene devices designed to spray warm water onto the user's anus or genital area after using the toilet for cleaning purposes. These devices consist of components such as water heating devices, cleaning devices, and heated seats, with a rated power consumption of 3,500W or less. However, the following are excluded from this regulation: 
+(a) Devices that receive hot water supply from other water heating systems
+(b) Devices that only provide hot water cleaning
+(c) Devices that only provide a heated seat
+(d) Devices that are powered only by batteries
+(e) Devices used for portable toilets (mobile use)</t>
+  </si>
+  <si>
     <t>Comparative Label, Minimum Performance Standard</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>KS C IEC 62301
 ,   
                     KS C IEC 60335-2-84
 ,   
                     Environmental Labeling Products and Certification Standards: EL229 Bidet</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and-0</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Maximum Energy Efficiency Standards and Label for Clothing Care Appliances</t>
+  </si>
+  <si>
+    <t>This regulation mandates the maximum energy efficiency standards and labels for clothing car appliances. It applies to clothing care appliances that can perform functions such as drying, wrinkle removal, and deodorizing of textile products as specified in the regulations of KS K 0891. However, the following are excluded from this regulation: 
+a) Appliances that do not simultaneously have wrinkle removal and deodorizing functions
+b) Appliances that do not have the ability to collect moisture from the appliance interior as condensate water
+c) Appliances that the user assembles, disassembles, or can carry by themselves</t>
   </si>
   <si>
     <t>Clothes Dryers, Washer and Dryers</t>
   </si>
   <si>
     <t>Comparative Label, Endorsement Label, High Energy Performance Standard</t>
   </si>
   <si>
     <t>KS K 0891
 ,   
                     KS C IEC 61121
 ,   
                     KS C IEC 60456
 ,   
                     KS K ISO 139
 ,   
                     KS K 0552
 ,   
                     ISO 9867:2022
 ,   
                     KS K ISO 105-F01</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-maximum-energy-efficiency-standards-and</t>
   </si>
   <si>
     <t>Regulations on the Operation of Energy-Efficient Equipment, Minimum Energy Efficiency Standards and Label for Electric Heater</t>
   </si>
   <si>
+    <t>This regulation revised minimum energy efficiency standards and labels for electric heaters. Products in scope include electric heaters with a total rated power between 500W and 10kW. 
+The following are excluded from the scope of this regulation: 
+a) Devices that are both cooling and heating types
+b) Devices where the heating element does not directly heat the air
+c) Heating devices installed within the structure of a building
+d) Central heating systems
+e) Heaters connected to air ducts
+f) Curtains that include wallpaper, carpets, or flexible heating elements
+g) Thermal storage heaters</t>
+  </si>
+  <si>
     <t>Portable Heaters</t>
   </si>
   <si>
     <t>KS C IEC 60675
 ,   
                     KS C 9306</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulations-operation-energy-efficient-equipment-minimum-energy-efficiency-standards-and</t>
+  </si>
+  <si>
+    <t>https://eep.energy.or.kr/pds/list.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -1596,5603 +2084,6392 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N131"/>
+  <dimension ref="A1:P131"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="211" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="211.091" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="794.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="109.545" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="303.069" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3">
+        <v>2009</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
-[...22 lines deleted...]
-      <c r="G3">
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>36</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>40</v>
+      </c>
+      <c r="P5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2009</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>44</v>
+      </c>
+      <c r="P6" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G7" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H7">
+        <v>2010</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...4 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>48</v>
+      </c>
+      <c r="P7" t="s">
         <v>28</v>
       </c>
-      <c r="B4" t="s">
-[...14 lines deleted...]
-      <c r="G4">
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2010</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>52</v>
+      </c>
+      <c r="P8" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F9" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H9">
+        <v>2010</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...22 lines deleted...]
-      <c r="G5">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>56</v>
+      </c>
+      <c r="P9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2009</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>23</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>60</v>
+      </c>
+      <c r="P10" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>55</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2010</v>
       </c>
-      <c r="H5"/>
-      <c r="I5" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>63</v>
+      </c>
+      <c r="P11" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>66</v>
+      </c>
+      <c r="E12" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
+      <c r="F12" t="s">
         <v>21</v>
       </c>
-      <c r="K5"/>
-      <c r="L5" t="s">
+      <c r="G12" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H12">
+        <v>2009</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...22 lines deleted...]
-      <c r="G6">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>25</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>67</v>
+      </c>
+      <c r="P12" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>69</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>47</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2009</v>
       </c>
-      <c r="H6"/>
-      <c r="I6" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>25</v>
+      </c>
+      <c r="N13" t="s">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>70</v>
+      </c>
+      <c r="P13" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>71</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
         <v>20</v>
       </c>
-      <c r="J6" t="s">
+      <c r="F14" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-      <c r="L6" t="s">
+      <c r="G14" t="s">
         <v>22</v>
       </c>
-      <c r="M6" t="s">
+      <c r="H14">
+        <v>2009</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...22 lines deleted...]
-      <c r="G7">
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>25</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>73</v>
+      </c>
+      <c r="P14" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>75</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>47</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2010</v>
       </c>
-      <c r="H7"/>
-      <c r="I7" t="s">
+      <c r="I15"/>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>25</v>
+      </c>
+      <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>76</v>
+      </c>
+      <c r="P15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>77</v>
+      </c>
+      <c r="B16" t="s">
+        <v>78</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>79</v>
+      </c>
+      <c r="E16" t="s">
         <v>20</v>
       </c>
-      <c r="J7" t="s">
+      <c r="F16" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-      <c r="L7" t="s">
+      <c r="G16" t="s">
         <v>22</v>
       </c>
-      <c r="M7" t="s">
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16"/>
+      <c r="J16" t="s">
         <v>23</v>
       </c>
-      <c r="N7" t="s">
-[...26 lines deleted...]
-      <c r="I8" t="s">
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>25</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>80</v>
+      </c>
+      <c r="P16" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>82</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>83</v>
+      </c>
+      <c r="E17" t="s">
         <v>20</v>
       </c>
-      <c r="J8" t="s">
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K8"/>
-      <c r="L8" t="s">
+      <c r="G17" t="s">
         <v>22</v>
       </c>
-      <c r="M8" t="s">
+      <c r="H17">
+        <v>2008</v>
+      </c>
+      <c r="I17"/>
+      <c r="J17" t="s">
         <v>23</v>
       </c>
-      <c r="N8" t="s">
-[...62 lines deleted...]
-      <c r="G10">
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>25</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>84</v>
+      </c>
+      <c r="P17" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>85</v>
+      </c>
+      <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>87</v>
+      </c>
+      <c r="E18" t="s">
+        <v>88</v>
+      </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>90</v>
+      </c>
+      <c r="H18">
+        <v>1993</v>
+      </c>
+      <c r="I18">
         <v>2009</v>
       </c>
-      <c r="H10"/>
-[...324 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K18" t="s">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="L18" t="s">
-        <v>22</v>
+        <v>92</v>
       </c>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N18" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>93</v>
+      </c>
+      <c r="P18" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="B19" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="C19" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D19" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="E19" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F19" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G19" t="s">
+        <v>90</v>
       </c>
       <c r="H19">
         <v>2012</v>
       </c>
-      <c r="I19" t="s">
-        <v>20</v>
+      <c r="I19">
+        <v>2012</v>
       </c>
       <c r="J19" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>25</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>98</v>
+      </c>
+      <c r="P19" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>100</v>
+      </c>
+      <c r="B20" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>102</v>
+      </c>
+      <c r="E20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" t="s">
+        <v>89</v>
+      </c>
+      <c r="G20" t="s">
         <v>22</v>
       </c>
-      <c r="M19" t="s">
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20"/>
+      <c r="J20" t="s">
+        <v>103</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>104</v>
+      </c>
+      <c r="M20" t="s">
+        <v>25</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>105</v>
+      </c>
+      <c r="P20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>106</v>
+      </c>
+      <c r="B21" t="s">
+        <v>107</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>108</v>
+      </c>
+      <c r="E21" t="s">
+        <v>88</v>
+      </c>
+      <c r="F21" t="s">
+        <v>89</v>
+      </c>
+      <c r="G21" t="s">
+        <v>90</v>
+      </c>
+      <c r="H21">
+        <v>2000</v>
+      </c>
+      <c r="I21">
+        <v>2009</v>
+      </c>
+      <c r="J21" t="s">
         <v>23</v>
       </c>
-      <c r="N19" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>22</v>
+        <v>109</v>
       </c>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N21" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>110</v>
+      </c>
+      <c r="P21" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
       <c r="C22" t="s">
-        <v>87</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>68</v>
+        <v>113</v>
       </c>
       <c r="E22" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G22" t="s">
+        <v>90</v>
       </c>
       <c r="H22">
         <v>2012</v>
       </c>
-      <c r="I22" t="s">
+      <c r="I22">
+        <v>2012</v>
+      </c>
+      <c r="J22" t="s">
+        <v>114</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22"/>
+      <c r="M22" t="s">
+        <v>25</v>
+      </c>
+      <c r="N22" t="s">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>115</v>
+      </c>
+      <c r="P22" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>116</v>
+      </c>
+      <c r="B23" t="s">
+        <v>117</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" t="s">
         <v>88</v>
       </c>
-      <c r="J22" t="s">
-[...6 lines deleted...]
-      <c r="M22" t="s">
+      <c r="F23" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" t="s">
+        <v>90</v>
+      </c>
+      <c r="H23">
+        <v>2000</v>
+      </c>
+      <c r="I23">
+        <v>2009</v>
+      </c>
+      <c r="J23" t="s">
         <v>23</v>
       </c>
-      <c r="N22" t="s">
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>109</v>
+      </c>
+      <c r="M23" t="s">
+        <v>25</v>
+      </c>
+      <c r="N23" t="s">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>119</v>
+      </c>
+      <c r="P23" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>120</v>
+      </c>
+      <c r="B24" t="s">
+        <v>121</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>122</v>
+      </c>
+      <c r="E24" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" t="s">
         <v>89</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" t="s">
+      <c r="G24" t="s">
         <v>90</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="H24">
+        <v>1992</v>
+      </c>
+      <c r="I24">
+        <v>2016</v>
+      </c>
+      <c r="J24" t="s">
         <v>91</v>
       </c>
-      <c r="D23" t="s">
-[...40 lines deleted...]
-      <c r="C24" t="s">
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24"/>
+      <c r="M24" t="s">
+        <v>25</v>
+      </c>
+      <c r="N24" t="s">
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>123</v>
+      </c>
+      <c r="P24" t="s">
         <v>94</v>
       </c>
-      <c r="D24" t="s">
-[...31 lines deleted...]
-    <row r="25" spans="1:14">
+    </row>
+    <row r="25" spans="1:16">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="B25" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="C25" t="s">
-        <v>64</v>
+        <v>18</v>
       </c>
       <c r="D25" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="E25" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F25" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>89</v>
+      </c>
+      <c r="G25" t="s">
+        <v>90</v>
       </c>
       <c r="H25">
         <v>2012</v>
       </c>
-      <c r="I25" t="s">
-        <v>20</v>
+      <c r="I25">
+        <v>2012</v>
       </c>
       <c r="J25" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25"/>
+      <c r="M25" t="s">
+        <v>25</v>
+      </c>
+      <c r="N25" t="s">
+        <v>26</v>
+      </c>
+      <c r="O25" t="s">
+        <v>126</v>
+      </c>
+      <c r="P25" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>127</v>
+      </c>
+      <c r="B26" t="s">
+        <v>128</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>129</v>
+      </c>
+      <c r="E26" t="s">
+        <v>88</v>
+      </c>
+      <c r="F26" t="s">
+        <v>89</v>
+      </c>
+      <c r="G26" t="s">
+        <v>90</v>
+      </c>
+      <c r="H26">
+        <v>2010</v>
+      </c>
+      <c r="I26">
+        <v>2015</v>
+      </c>
+      <c r="J26" t="s">
+        <v>23</v>
+      </c>
+      <c r="K26" t="s">
+        <v>130</v>
+      </c>
+      <c r="L26" t="s">
+        <v>131</v>
+      </c>
+      <c r="M26" t="s">
+        <v>25</v>
+      </c>
+      <c r="N26" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" t="s">
+        <v>132</v>
+      </c>
+      <c r="P26" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>133</v>
+      </c>
+      <c r="B27" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" t="s">
+        <v>88</v>
+      </c>
+      <c r="F27" t="s">
+        <v>89</v>
+      </c>
+      <c r="G27" t="s">
         <v>22</v>
       </c>
-      <c r="M25" t="s">
+      <c r="H27">
+        <v>2009</v>
+      </c>
+      <c r="I27"/>
+      <c r="J27" t="s">
         <v>23</v>
       </c>
-      <c r="N25" t="s">
-[...75 lines deleted...]
-      </c>
       <c r="K27" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L27" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="M27" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N27" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O27" t="s">
+        <v>137</v>
+      </c>
+      <c r="P27" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
       <c r="A28" t="s">
-        <v>107</v>
+        <v>138</v>
       </c>
       <c r="B28" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D28" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="E28" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F28" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>89</v>
+      </c>
+      <c r="G28" t="s">
+        <v>90</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
-      <c r="I28" t="s">
-        <v>71</v>
+      <c r="I28">
+        <v>2010</v>
       </c>
       <c r="J28" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K28" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L28" t="s">
+        <v>141</v>
+      </c>
+      <c r="M28" t="s">
+        <v>25</v>
+      </c>
+      <c r="N28" t="s">
+        <v>26</v>
+      </c>
+      <c r="O28" t="s">
+        <v>142</v>
+      </c>
+      <c r="P28" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>143</v>
+      </c>
+      <c r="B29" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>145</v>
+      </c>
+      <c r="E29" t="s">
+        <v>88</v>
+      </c>
+      <c r="F29" t="s">
+        <v>89</v>
+      </c>
+      <c r="G29" t="s">
+        <v>90</v>
+      </c>
+      <c r="H29">
+        <v>2002</v>
+      </c>
+      <c r="I29">
+        <v>2010</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>146</v>
+      </c>
+      <c r="M29" t="s">
+        <v>25</v>
+      </c>
+      <c r="N29" t="s">
+        <v>26</v>
+      </c>
+      <c r="O29" t="s">
+        <v>147</v>
+      </c>
+      <c r="P29" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>148</v>
+      </c>
+      <c r="B30" t="s">
+        <v>149</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>150</v>
+      </c>
+      <c r="E30" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" t="s">
+        <v>89</v>
+      </c>
+      <c r="G30" t="s">
         <v>22</v>
       </c>
-      <c r="M28" t="s">
+      <c r="H30">
+        <v>2009</v>
+      </c>
+      <c r="I30"/>
+      <c r="J30" t="s">
+        <v>91</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>151</v>
+      </c>
+      <c r="M30" t="s">
+        <v>25</v>
+      </c>
+      <c r="N30" t="s">
+        <v>26</v>
+      </c>
+      <c r="O30" t="s">
+        <v>152</v>
+      </c>
+      <c r="P30" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>153</v>
+      </c>
+      <c r="B31" t="s">
+        <v>154</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>155</v>
+      </c>
+      <c r="E31" t="s">
+        <v>88</v>
+      </c>
+      <c r="F31" t="s">
+        <v>89</v>
+      </c>
+      <c r="G31" t="s">
+        <v>90</v>
+      </c>
+      <c r="H31">
+        <v>1994</v>
+      </c>
+      <c r="I31">
+        <v>2003</v>
+      </c>
+      <c r="J31" t="s">
+        <v>91</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31"/>
+      <c r="M31" t="s">
+        <v>25</v>
+      </c>
+      <c r="N31" t="s">
+        <v>26</v>
+      </c>
+      <c r="O31" t="s">
+        <v>156</v>
+      </c>
+      <c r="P31" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>157</v>
+      </c>
+      <c r="B32" t="s">
+        <v>158</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>159</v>
+      </c>
+      <c r="E32" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" t="s">
+        <v>89</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2010</v>
+      </c>
+      <c r="I32"/>
+      <c r="J32" t="s">
+        <v>91</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32"/>
+      <c r="M32" t="s">
+        <v>25</v>
+      </c>
+      <c r="N32" t="s">
+        <v>26</v>
+      </c>
+      <c r="O32" t="s">
+        <v>160</v>
+      </c>
+      <c r="P32" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>161</v>
+      </c>
+      <c r="B33" t="s">
+        <v>162</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>163</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
+        <v>89</v>
+      </c>
+      <c r="G33" t="s">
+        <v>90</v>
+      </c>
+      <c r="H33">
+        <v>2000</v>
+      </c>
+      <c r="I33">
+        <v>2010</v>
+      </c>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="N28" t="s">
-[...37 lines deleted...]
-      <c r="L29" t="s">
+      <c r="K33" t="s">
+        <v>130</v>
+      </c>
+      <c r="L33" t="s">
+        <v>164</v>
+      </c>
+      <c r="M33" t="s">
+        <v>25</v>
+      </c>
+      <c r="N33" t="s">
+        <v>26</v>
+      </c>
+      <c r="O33" t="s">
+        <v>165</v>
+      </c>
+      <c r="P33" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>166</v>
+      </c>
+      <c r="B34" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>168</v>
+      </c>
+      <c r="E34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" t="s">
+        <v>89</v>
+      </c>
+      <c r="G34" t="s">
+        <v>90</v>
+      </c>
+      <c r="H34">
+        <v>1996</v>
+      </c>
+      <c r="I34">
+        <v>2009</v>
+      </c>
+      <c r="J34" t="s">
+        <v>91</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>169</v>
+      </c>
+      <c r="M34" t="s">
+        <v>25</v>
+      </c>
+      <c r="N34" t="s">
+        <v>26</v>
+      </c>
+      <c r="O34" t="s">
+        <v>170</v>
+      </c>
+      <c r="P34" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>166</v>
+      </c>
+      <c r="B35" t="s">
+        <v>167</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>171</v>
+      </c>
+      <c r="E35" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" t="s">
+        <v>89</v>
+      </c>
+      <c r="G35" t="s">
+        <v>90</v>
+      </c>
+      <c r="H35">
+        <v>1997</v>
+      </c>
+      <c r="I35">
+        <v>2009</v>
+      </c>
+      <c r="J35" t="s">
+        <v>91</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>172</v>
+      </c>
+      <c r="M35" t="s">
+        <v>25</v>
+      </c>
+      <c r="N35" t="s">
+        <v>26</v>
+      </c>
+      <c r="O35" t="s">
+        <v>173</v>
+      </c>
+      <c r="P35" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="36" spans="1:16">
+      <c r="A36" t="s">
+        <v>174</v>
+      </c>
+      <c r="B36" t="s">
+        <v>175</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>176</v>
+      </c>
+      <c r="E36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" t="s">
+        <v>89</v>
+      </c>
+      <c r="G36" t="s">
         <v>22</v>
       </c>
-      <c r="M29" t="s">
-[...25 lines deleted...]
-      <c r="G30">
+      <c r="H36">
         <v>2009</v>
       </c>
-      <c r="H30"/>
-[...167 lines deleted...]
-      <c r="H34">
+      <c r="I36"/>
+      <c r="J36" t="s">
+        <v>91</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>177</v>
+      </c>
+      <c r="M36" t="s">
+        <v>25</v>
+      </c>
+      <c r="N36" t="s">
+        <v>26</v>
+      </c>
+      <c r="O36" t="s">
+        <v>178</v>
+      </c>
+      <c r="P36" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="37" spans="1:16">
+      <c r="A37" t="s">
+        <v>179</v>
+      </c>
+      <c r="B37" t="s">
+        <v>180</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>140</v>
+      </c>
+      <c r="E37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" t="s">
+        <v>89</v>
+      </c>
+      <c r="G37" t="s">
+        <v>90</v>
+      </c>
+      <c r="H37">
+        <v>1992</v>
+      </c>
+      <c r="I37">
         <v>2009</v>
       </c>
-      <c r="I34" t="s">
-[...131 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K37" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="M37" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N37" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O37" t="s">
+        <v>181</v>
+      </c>
+      <c r="P37" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>142</v>
+        <v>183</v>
       </c>
       <c r="B38" t="s">
-        <v>15</v>
+        <v>184</v>
       </c>
       <c r="C38" t="s">
-        <v>143</v>
+        <v>18</v>
       </c>
       <c r="D38" t="s">
-        <v>68</v>
+        <v>185</v>
       </c>
       <c r="E38" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="F38" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>89</v>
+      </c>
+      <c r="G38" t="s">
+        <v>90</v>
       </c>
       <c r="H38">
         <v>2010</v>
       </c>
-      <c r="I38" t="s">
+      <c r="I38">
+        <v>2010</v>
+      </c>
+      <c r="J38" t="s">
+        <v>23</v>
+      </c>
+      <c r="K38" t="s">
+        <v>24</v>
+      </c>
+      <c r="L38"/>
+      <c r="M38" t="s">
+        <v>25</v>
+      </c>
+      <c r="N38" t="s">
+        <v>26</v>
+      </c>
+      <c r="O38" t="s">
+        <v>186</v>
+      </c>
+      <c r="P38" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="39" spans="1:16">
+      <c r="A39" t="s">
+        <v>187</v>
+      </c>
+      <c r="B39" t="s">
+        <v>188</v>
+      </c>
+      <c r="C39" t="s">
+        <v>18</v>
+      </c>
+      <c r="D39" t="s">
+        <v>189</v>
+      </c>
+      <c r="E39" t="s">
+        <v>88</v>
+      </c>
+      <c r="F39" t="s">
+        <v>89</v>
+      </c>
+      <c r="G39" t="s">
+        <v>22</v>
+      </c>
+      <c r="H39">
+        <v>2009</v>
+      </c>
+      <c r="I39"/>
+      <c r="J39" t="s">
+        <v>23</v>
+      </c>
+      <c r="K39" t="s">
+        <v>24</v>
+      </c>
+      <c r="L39" t="s">
+        <v>190</v>
+      </c>
+      <c r="M39" t="s">
+        <v>25</v>
+      </c>
+      <c r="N39" t="s">
+        <v>26</v>
+      </c>
+      <c r="O39" t="s">
+        <v>191</v>
+      </c>
+      <c r="P39" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="40" spans="1:16">
+      <c r="A40" t="s">
+        <v>192</v>
+      </c>
+      <c r="B40" t="s">
+        <v>193</v>
+      </c>
+      <c r="C40" t="s">
+        <v>194</v>
+      </c>
+      <c r="D40" t="s">
+        <v>168</v>
+      </c>
+      <c r="E40" t="s">
         <v>20</v>
       </c>
-      <c r="J38" t="s">
+      <c r="F40" t="s">
+        <v>195</v>
+      </c>
+      <c r="G40" t="s">
+        <v>22</v>
+      </c>
+      <c r="H40">
+        <v>2011</v>
+      </c>
+      <c r="I40"/>
+      <c r="J40" t="s">
+        <v>196</v>
+      </c>
+      <c r="K40" t="s">
+        <v>24</v>
+      </c>
+      <c r="L40"/>
+      <c r="M40" t="s">
+        <v>197</v>
+      </c>
+      <c r="N40" t="s">
+        <v>26</v>
+      </c>
+      <c r="O40" t="s">
+        <v>198</v>
+      </c>
+      <c r="P40" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="41" spans="1:16">
+      <c r="A41" t="s">
+        <v>200</v>
+      </c>
+      <c r="B41" t="s">
+        <v>201</v>
+      </c>
+      <c r="C41" t="s">
+        <v>194</v>
+      </c>
+      <c r="D41" t="s">
+        <v>189</v>
+      </c>
+      <c r="E41" t="s">
+        <v>20</v>
+      </c>
+      <c r="F41" t="s">
+        <v>195</v>
+      </c>
+      <c r="G41" t="s">
+        <v>22</v>
+      </c>
+      <c r="H41">
+        <v>1985</v>
+      </c>
+      <c r="I41"/>
+      <c r="J41" t="s">
+        <v>196</v>
+      </c>
+      <c r="K41" t="s">
+        <v>24</v>
+      </c>
+      <c r="L41" t="s">
+        <v>202</v>
+      </c>
+      <c r="M41" t="s">
+        <v>197</v>
+      </c>
+      <c r="N41" t="s">
+        <v>26</v>
+      </c>
+      <c r="O41" t="s">
+        <v>203</v>
+      </c>
+      <c r="P41" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="42" spans="1:16">
+      <c r="A42" t="s">
+        <v>205</v>
+      </c>
+      <c r="B42" t="s">
+        <v>206</v>
+      </c>
+      <c r="C42" t="s">
+        <v>194</v>
+      </c>
+      <c r="D42" t="s">
+        <v>207</v>
+      </c>
+      <c r="E42" t="s">
+        <v>20</v>
+      </c>
+      <c r="F42" t="s">
+        <v>195</v>
+      </c>
+      <c r="G42" t="s">
+        <v>22</v>
+      </c>
+      <c r="H42">
+        <v>1984</v>
+      </c>
+      <c r="I42"/>
+      <c r="J42" t="s">
+        <v>196</v>
+      </c>
+      <c r="K42" t="s">
+        <v>24</v>
+      </c>
+      <c r="L42" t="s">
+        <v>208</v>
+      </c>
+      <c r="M42" t="s">
+        <v>197</v>
+      </c>
+      <c r="N42" t="s">
+        <v>26</v>
+      </c>
+      <c r="O42" t="s">
+        <v>209</v>
+      </c>
+      <c r="P42" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="43" spans="1:16">
+      <c r="A43" t="s">
+        <v>211</v>
+      </c>
+      <c r="B43" t="s">
+        <v>212</v>
+      </c>
+      <c r="C43" t="s">
+        <v>194</v>
+      </c>
+      <c r="D43" t="s">
+        <v>213</v>
+      </c>
+      <c r="E43" t="s">
+        <v>20</v>
+      </c>
+      <c r="F43" t="s">
+        <v>195</v>
+      </c>
+      <c r="G43" t="s">
+        <v>90</v>
+      </c>
+      <c r="H43">
+        <v>1987</v>
+      </c>
+      <c r="I43">
+        <v>1988</v>
+      </c>
+      <c r="J43" t="s">
+        <v>196</v>
+      </c>
+      <c r="K43" t="s">
+        <v>24</v>
+      </c>
+      <c r="L43"/>
+      <c r="M43" t="s">
+        <v>197</v>
+      </c>
+      <c r="N43" t="s">
+        <v>26</v>
+      </c>
+      <c r="O43" t="s">
+        <v>214</v>
+      </c>
+      <c r="P43" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="44" spans="1:16">
+      <c r="A44" t="s">
+        <v>216</v>
+      </c>
+      <c r="B44" t="s">
+        <v>217</v>
+      </c>
+      <c r="C44" t="s">
+        <v>194</v>
+      </c>
+      <c r="D44" t="s">
+        <v>31</v>
+      </c>
+      <c r="E44" t="s">
+        <v>20</v>
+      </c>
+      <c r="F44" t="s">
+        <v>195</v>
+      </c>
+      <c r="G44" t="s">
+        <v>22</v>
+      </c>
+      <c r="H44">
+        <v>1989</v>
+      </c>
+      <c r="I44"/>
+      <c r="J44" t="s">
+        <v>218</v>
+      </c>
+      <c r="K44" t="s">
+        <v>24</v>
+      </c>
+      <c r="L44"/>
+      <c r="M44" t="s">
+        <v>197</v>
+      </c>
+      <c r="N44" t="s">
+        <v>26</v>
+      </c>
+      <c r="O44" t="s">
+        <v>219</v>
+      </c>
+      <c r="P44" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="45" spans="1:16">
+      <c r="A45" t="s">
+        <v>221</v>
+      </c>
+      <c r="B45" t="s">
+        <v>222</v>
+      </c>
+      <c r="C45" t="s">
+        <v>194</v>
+      </c>
+      <c r="D45" t="s">
+        <v>122</v>
+      </c>
+      <c r="E45" t="s">
+        <v>20</v>
+      </c>
+      <c r="F45" t="s">
+        <v>195</v>
+      </c>
+      <c r="G45" t="s">
+        <v>90</v>
+      </c>
+      <c r="H45">
+        <v>1987</v>
+      </c>
+      <c r="I45">
+        <v>1988</v>
+      </c>
+      <c r="J45" t="s">
+        <v>196</v>
+      </c>
+      <c r="K45" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" t="s">
+        <v>223</v>
+      </c>
+      <c r="M45" t="s">
+        <v>197</v>
+      </c>
+      <c r="N45" t="s">
+        <v>26</v>
+      </c>
+      <c r="O45" t="s">
+        <v>224</v>
+      </c>
+      <c r="P45" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="46" spans="1:16">
+      <c r="A46" t="s">
+        <v>226</v>
+      </c>
+      <c r="B46" t="s">
+        <v>227</v>
+      </c>
+      <c r="C46" t="s">
+        <v>194</v>
+      </c>
+      <c r="D46" t="s">
+        <v>83</v>
+      </c>
+      <c r="E46" t="s">
+        <v>20</v>
+      </c>
+      <c r="F46" t="s">
+        <v>195</v>
+      </c>
+      <c r="G46" t="s">
+        <v>90</v>
+      </c>
+      <c r="H46">
+        <v>1989</v>
+      </c>
+      <c r="I46">
+        <v>1991</v>
+      </c>
+      <c r="J46" t="s">
+        <v>196</v>
+      </c>
+      <c r="K46" t="s">
+        <v>24</v>
+      </c>
+      <c r="L46"/>
+      <c r="M46" t="s">
+        <v>228</v>
+      </c>
+      <c r="N46" t="s">
+        <v>26</v>
+      </c>
+      <c r="O46" t="s">
+        <v>229</v>
+      </c>
+      <c r="P46" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="47" spans="1:16">
+      <c r="A47" t="s">
+        <v>231</v>
+      </c>
+      <c r="B47" t="s">
+        <v>232</v>
+      </c>
+      <c r="C47" t="s">
+        <v>194</v>
+      </c>
+      <c r="D47" t="s">
+        <v>47</v>
+      </c>
+      <c r="E47" t="s">
+        <v>20</v>
+      </c>
+      <c r="F47" t="s">
+        <v>195</v>
+      </c>
+      <c r="G47" t="s">
+        <v>90</v>
+      </c>
+      <c r="H47">
+        <v>1989</v>
+      </c>
+      <c r="I47">
+        <v>2015</v>
+      </c>
+      <c r="J47" t="s">
+        <v>233</v>
+      </c>
+      <c r="K47" t="s">
+        <v>24</v>
+      </c>
+      <c r="L47"/>
+      <c r="M47" t="s">
+        <v>197</v>
+      </c>
+      <c r="N47" t="s">
+        <v>26</v>
+      </c>
+      <c r="O47" t="s">
+        <v>234</v>
+      </c>
+      <c r="P47" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="48" spans="1:16">
+      <c r="A48" t="s">
+        <v>236</v>
+      </c>
+      <c r="B48" t="s">
+        <v>237</v>
+      </c>
+      <c r="C48" t="s">
+        <v>194</v>
+      </c>
+      <c r="D48" t="s">
+        <v>238</v>
+      </c>
+      <c r="E48" t="s">
+        <v>20</v>
+      </c>
+      <c r="F48" t="s">
+        <v>195</v>
+      </c>
+      <c r="G48" t="s">
+        <v>90</v>
+      </c>
+      <c r="H48">
+        <v>1989</v>
+      </c>
+      <c r="I48">
+        <v>1992</v>
+      </c>
+      <c r="J48" t="s">
+        <v>233</v>
+      </c>
+      <c r="K48" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48"/>
+      <c r="M48" t="s">
+        <v>197</v>
+      </c>
+      <c r="N48" t="s">
+        <v>26</v>
+      </c>
+      <c r="O48" t="s">
+        <v>239</v>
+      </c>
+      <c r="P48" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="49" spans="1:16">
+      <c r="A49" t="s">
+        <v>241</v>
+      </c>
+      <c r="B49" t="s">
+        <v>242</v>
+      </c>
+      <c r="C49" t="s">
+        <v>194</v>
+      </c>
+      <c r="D49" t="s">
+        <v>47</v>
+      </c>
+      <c r="E49" t="s">
+        <v>20</v>
+      </c>
+      <c r="F49" t="s">
+        <v>195</v>
+      </c>
+      <c r="G49" t="s">
+        <v>22</v>
+      </c>
+      <c r="H49">
+        <v>1989</v>
+      </c>
+      <c r="I49"/>
+      <c r="J49" t="s">
+        <v>196</v>
+      </c>
+      <c r="K49" t="s">
+        <v>24</v>
+      </c>
+      <c r="L49"/>
+      <c r="M49" t="s">
+        <v>197</v>
+      </c>
+      <c r="N49" t="s">
+        <v>26</v>
+      </c>
+      <c r="O49" t="s">
+        <v>243</v>
+      </c>
+      <c r="P49" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="50" spans="1:16">
+      <c r="A50" t="s">
+        <v>245</v>
+      </c>
+      <c r="B50" t="s">
+        <v>246</v>
+      </c>
+      <c r="C50" t="s">
+        <v>194</v>
+      </c>
+      <c r="D50" t="s">
+        <v>247</v>
+      </c>
+      <c r="E50" t="s">
+        <v>20</v>
+      </c>
+      <c r="F50" t="s">
+        <v>195</v>
+      </c>
+      <c r="G50" t="s">
+        <v>22</v>
+      </c>
+      <c r="H50">
+        <v>1984</v>
+      </c>
+      <c r="I50"/>
+      <c r="J50" t="s">
+        <v>196</v>
+      </c>
+      <c r="K50" t="s">
+        <v>24</v>
+      </c>
+      <c r="L50" t="s">
+        <v>248</v>
+      </c>
+      <c r="M50" t="s">
+        <v>197</v>
+      </c>
+      <c r="N50" t="s">
+        <v>26</v>
+      </c>
+      <c r="O50" t="s">
+        <v>249</v>
+      </c>
+      <c r="P50" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="51" spans="1:16">
+      <c r="A51" t="s">
+        <v>251</v>
+      </c>
+      <c r="B51" t="s">
+        <v>252</v>
+      </c>
+      <c r="C51" t="s">
+        <v>194</v>
+      </c>
+      <c r="D51" t="s">
+        <v>51</v>
+      </c>
+      <c r="E51" t="s">
+        <v>20</v>
+      </c>
+      <c r="F51" t="s">
+        <v>195</v>
+      </c>
+      <c r="G51" t="s">
+        <v>22</v>
+      </c>
+      <c r="H51">
+        <v>1990</v>
+      </c>
+      <c r="I51"/>
+      <c r="J51" t="s">
+        <v>196</v>
+      </c>
+      <c r="K51" t="s">
+        <v>24</v>
+      </c>
+      <c r="L51"/>
+      <c r="M51" t="s">
+        <v>197</v>
+      </c>
+      <c r="N51" t="s">
+        <v>26</v>
+      </c>
+      <c r="O51" t="s">
+        <v>253</v>
+      </c>
+      <c r="P51" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="52" spans="1:16">
+      <c r="A52" t="s">
+        <v>255</v>
+      </c>
+      <c r="B52" t="s">
+        <v>256</v>
+      </c>
+      <c r="C52" t="s">
+        <v>194</v>
+      </c>
+      <c r="D52" t="s">
+        <v>47</v>
+      </c>
+      <c r="E52" t="s">
+        <v>20</v>
+      </c>
+      <c r="F52" t="s">
+        <v>195</v>
+      </c>
+      <c r="G52" t="s">
+        <v>22</v>
+      </c>
+      <c r="H52">
+        <v>1989</v>
+      </c>
+      <c r="I52"/>
+      <c r="J52" t="s">
+        <v>196</v>
+      </c>
+      <c r="K52" t="s">
+        <v>24</v>
+      </c>
+      <c r="L52"/>
+      <c r="M52" t="s">
+        <v>197</v>
+      </c>
+      <c r="N52" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" t="s">
+        <v>257</v>
+      </c>
+      <c r="P52" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="53" spans="1:16">
+      <c r="A53" t="s">
+        <v>259</v>
+      </c>
+      <c r="B53" t="s">
+        <v>260</v>
+      </c>
+      <c r="C53" t="s">
+        <v>194</v>
+      </c>
+      <c r="D53" t="s">
+        <v>261</v>
+      </c>
+      <c r="E53" t="s">
+        <v>20</v>
+      </c>
+      <c r="F53" t="s">
+        <v>195</v>
+      </c>
+      <c r="G53" t="s">
+        <v>22</v>
+      </c>
+      <c r="H53">
+        <v>1983</v>
+      </c>
+      <c r="I53"/>
+      <c r="J53" t="s">
+        <v>196</v>
+      </c>
+      <c r="K53" t="s">
+        <v>24</v>
+      </c>
+      <c r="L53" t="s">
+        <v>262</v>
+      </c>
+      <c r="M53" t="s">
+        <v>197</v>
+      </c>
+      <c r="N53" t="s">
+        <v>26</v>
+      </c>
+      <c r="O53" t="s">
+        <v>263</v>
+      </c>
+      <c r="P53" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="54" spans="1:16">
+      <c r="A54" t="s">
+        <v>265</v>
+      </c>
+      <c r="B54" t="s">
+        <v>266</v>
+      </c>
+      <c r="C54" t="s">
+        <v>194</v>
+      </c>
+      <c r="D54" t="s">
+        <v>163</v>
+      </c>
+      <c r="E54" t="s">
+        <v>20</v>
+      </c>
+      <c r="F54" t="s">
+        <v>195</v>
+      </c>
+      <c r="G54" t="s">
+        <v>22</v>
+      </c>
+      <c r="H54">
+        <v>2011</v>
+      </c>
+      <c r="I54"/>
+      <c r="J54" t="s">
+        <v>196</v>
+      </c>
+      <c r="K54" t="s">
+        <v>130</v>
+      </c>
+      <c r="L54"/>
+      <c r="M54" t="s">
+        <v>197</v>
+      </c>
+      <c r="N54" t="s">
+        <v>26</v>
+      </c>
+      <c r="O54" t="s">
+        <v>267</v>
+      </c>
+      <c r="P54" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="55" spans="1:16">
+      <c r="A55" t="s">
+        <v>269</v>
+      </c>
+      <c r="B55" t="s">
+        <v>270</v>
+      </c>
+      <c r="C55" t="s">
+        <v>194</v>
+      </c>
+      <c r="D55" t="s">
+        <v>87</v>
+      </c>
+      <c r="E55" t="s">
+        <v>20</v>
+      </c>
+      <c r="F55" t="s">
+        <v>195</v>
+      </c>
+      <c r="G55" t="s">
+        <v>90</v>
+      </c>
+      <c r="H55">
+        <v>1986</v>
+      </c>
+      <c r="I55">
+        <v>1988</v>
+      </c>
+      <c r="J55" t="s">
+        <v>196</v>
+      </c>
+      <c r="K55" t="s">
+        <v>24</v>
+      </c>
+      <c r="L55"/>
+      <c r="M55" t="s">
+        <v>197</v>
+      </c>
+      <c r="N55" t="s">
+        <v>26</v>
+      </c>
+      <c r="O55" t="s">
+        <v>271</v>
+      </c>
+      <c r="P55" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="56" spans="1:16">
+      <c r="A56" t="s">
+        <v>273</v>
+      </c>
+      <c r="B56" t="s">
+        <v>274</v>
+      </c>
+      <c r="C56" t="s">
+        <v>194</v>
+      </c>
+      <c r="D56" t="s">
+        <v>31</v>
+      </c>
+      <c r="E56" t="s">
+        <v>20</v>
+      </c>
+      <c r="F56" t="s">
+        <v>195</v>
+      </c>
+      <c r="G56" t="s">
+        <v>22</v>
+      </c>
+      <c r="H56">
+        <v>1987</v>
+      </c>
+      <c r="I56"/>
+      <c r="J56" t="s">
+        <v>218</v>
+      </c>
+      <c r="K56" t="s">
+        <v>24</v>
+      </c>
+      <c r="L56"/>
+      <c r="M56" t="s">
+        <v>197</v>
+      </c>
+      <c r="N56" t="s">
+        <v>26</v>
+      </c>
+      <c r="O56" t="s">
+        <v>275</v>
+      </c>
+      <c r="P56" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="57" spans="1:16">
+      <c r="A57" t="s">
+        <v>277</v>
+      </c>
+      <c r="B57" t="s">
+        <v>278</v>
+      </c>
+      <c r="C57" t="s">
+        <v>194</v>
+      </c>
+      <c r="D57" t="s">
+        <v>145</v>
+      </c>
+      <c r="E57" t="s">
+        <v>20</v>
+      </c>
+      <c r="F57" t="s">
+        <v>195</v>
+      </c>
+      <c r="G57" t="s">
+        <v>22</v>
+      </c>
+      <c r="H57">
+        <v>1987</v>
+      </c>
+      <c r="I57"/>
+      <c r="J57" t="s">
+        <v>196</v>
+      </c>
+      <c r="K57" t="s">
+        <v>24</v>
+      </c>
+      <c r="L57"/>
+      <c r="M57" t="s">
+        <v>197</v>
+      </c>
+      <c r="N57" t="s">
+        <v>26</v>
+      </c>
+      <c r="O57" t="s">
+        <v>279</v>
+      </c>
+      <c r="P57" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="58" spans="1:16">
+      <c r="A58" t="s">
+        <v>281</v>
+      </c>
+      <c r="B58" t="s">
+        <v>282</v>
+      </c>
+      <c r="C58" t="s">
+        <v>194</v>
+      </c>
+      <c r="D58" t="s">
+        <v>283</v>
+      </c>
+      <c r="E58" t="s">
+        <v>20</v>
+      </c>
+      <c r="F58" t="s">
+        <v>195</v>
+      </c>
+      <c r="G58" t="s">
+        <v>22</v>
+      </c>
+      <c r="H58">
+        <v>1986</v>
+      </c>
+      <c r="I58"/>
+      <c r="J58" t="s">
+        <v>196</v>
+      </c>
+      <c r="K58" t="s">
+        <v>24</v>
+      </c>
+      <c r="L58"/>
+      <c r="M58" t="s">
+        <v>197</v>
+      </c>
+      <c r="N58" t="s">
+        <v>26</v>
+      </c>
+      <c r="O58" t="s">
+        <v>284</v>
+      </c>
+      <c r="P58" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="59" spans="1:16">
+      <c r="A59" t="s">
+        <v>286</v>
+      </c>
+      <c r="B59" t="s">
+        <v>287</v>
+      </c>
+      <c r="C59" t="s">
+        <v>194</v>
+      </c>
+      <c r="D59" t="s">
+        <v>288</v>
+      </c>
+      <c r="E59" t="s">
+        <v>20</v>
+      </c>
+      <c r="F59" t="s">
+        <v>195</v>
+      </c>
+      <c r="G59" t="s">
+        <v>22</v>
+      </c>
+      <c r="H59">
+        <v>1986</v>
+      </c>
+      <c r="I59"/>
+      <c r="J59" t="s">
+        <v>196</v>
+      </c>
+      <c r="K59" t="s">
+        <v>24</v>
+      </c>
+      <c r="L59" t="s">
+        <v>289</v>
+      </c>
+      <c r="M59" t="s">
+        <v>197</v>
+      </c>
+      <c r="N59" t="s">
+        <v>26</v>
+      </c>
+      <c r="O59" t="s">
+        <v>290</v>
+      </c>
+      <c r="P59" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="60" spans="1:16">
+      <c r="A60" t="s">
+        <v>292</v>
+      </c>
+      <c r="B60" t="s">
+        <v>293</v>
+      </c>
+      <c r="C60" t="s">
+        <v>194</v>
+      </c>
+      <c r="D60" t="s">
+        <v>108</v>
+      </c>
+      <c r="E60" t="s">
+        <v>20</v>
+      </c>
+      <c r="F60" t="s">
+        <v>195</v>
+      </c>
+      <c r="G60" t="s">
+        <v>22</v>
+      </c>
+      <c r="H60">
+        <v>1984</v>
+      </c>
+      <c r="I60"/>
+      <c r="J60" t="s">
+        <v>196</v>
+      </c>
+      <c r="K60" t="s">
+        <v>24</v>
+      </c>
+      <c r="L60" t="s">
+        <v>294</v>
+      </c>
+      <c r="M60" t="s">
+        <v>228</v>
+      </c>
+      <c r="N60" t="s">
+        <v>26</v>
+      </c>
+      <c r="O60" t="s">
+        <v>295</v>
+      </c>
+      <c r="P60" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="61" spans="1:16">
+      <c r="A61" t="s">
+        <v>297</v>
+      </c>
+      <c r="B61" t="s">
+        <v>298</v>
+      </c>
+      <c r="C61" t="s">
+        <v>194</v>
+      </c>
+      <c r="D61" t="s">
+        <v>168</v>
+      </c>
+      <c r="E61" t="s">
+        <v>20</v>
+      </c>
+      <c r="F61" t="s">
+        <v>89</v>
+      </c>
+      <c r="G61" t="s">
+        <v>90</v>
+      </c>
+      <c r="H61">
+        <v>1999</v>
+      </c>
+      <c r="I61">
+        <v>2000</v>
+      </c>
+      <c r="J61" t="s">
+        <v>196</v>
+      </c>
+      <c r="K61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L61" t="s">
+        <v>299</v>
+      </c>
+      <c r="M61" t="s">
+        <v>228</v>
+      </c>
+      <c r="N61" t="s">
+        <v>26</v>
+      </c>
+      <c r="O61" t="s">
+        <v>300</v>
+      </c>
+      <c r="P61" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="62" spans="1:16">
+      <c r="A62" t="s">
+        <v>302</v>
+      </c>
+      <c r="B62" t="s">
+        <v>303</v>
+      </c>
+      <c r="C62" t="s">
+        <v>194</v>
+      </c>
+      <c r="D62" t="s">
+        <v>213</v>
+      </c>
+      <c r="E62" t="s">
+        <v>20</v>
+      </c>
+      <c r="F62" t="s">
+        <v>89</v>
+      </c>
+      <c r="G62" t="s">
+        <v>90</v>
+      </c>
+      <c r="H62">
+        <v>2011</v>
+      </c>
+      <c r="I62">
+        <v>2014</v>
+      </c>
+      <c r="J62" t="s">
+        <v>196</v>
+      </c>
+      <c r="K62" t="s">
+        <v>24</v>
+      </c>
+      <c r="L62" t="s">
+        <v>304</v>
+      </c>
+      <c r="M62" t="s">
+        <v>228</v>
+      </c>
+      <c r="N62" t="s">
+        <v>26</v>
+      </c>
+      <c r="O62" t="s">
+        <v>305</v>
+      </c>
+      <c r="P62" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="63" spans="1:16">
+      <c r="A63" t="s">
+        <v>307</v>
+      </c>
+      <c r="B63" t="s">
+        <v>308</v>
+      </c>
+      <c r="C63" t="s">
+        <v>194</v>
+      </c>
+      <c r="D63" t="s">
+        <v>108</v>
+      </c>
+      <c r="E63" t="s">
+        <v>20</v>
+      </c>
+      <c r="F63" t="s">
+        <v>89</v>
+      </c>
+      <c r="G63" t="s">
+        <v>90</v>
+      </c>
+      <c r="H63">
+        <v>2011</v>
+      </c>
+      <c r="I63">
+        <v>2014</v>
+      </c>
+      <c r="J63" t="s">
+        <v>196</v>
+      </c>
+      <c r="K63" t="s">
+        <v>24</v>
+      </c>
+      <c r="L63" t="s">
+        <v>309</v>
+      </c>
+      <c r="M63" t="s">
+        <v>228</v>
+      </c>
+      <c r="N63" t="s">
+        <v>26</v>
+      </c>
+      <c r="O63" t="s">
+        <v>310</v>
+      </c>
+      <c r="P63" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="64" spans="1:16">
+      <c r="A64" t="s">
+        <v>312</v>
+      </c>
+      <c r="B64" t="s">
+        <v>313</v>
+      </c>
+      <c r="C64" t="s">
+        <v>18</v>
+      </c>
+      <c r="D64" t="s">
+        <v>168</v>
+      </c>
+      <c r="E64" t="s">
+        <v>20</v>
+      </c>
+      <c r="F64" t="s">
         <v>21</v>
       </c>
-      <c r="K38"/>
-      <c r="L38" t="s">
+      <c r="G64" t="s">
         <v>22</v>
-      </c>
-[...1067 lines deleted...]
-        <v>2010</v>
       </c>
       <c r="H64">
         <v>2012</v>
       </c>
-      <c r="I64" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I64"/>
       <c r="J64" t="s">
+        <v>91</v>
+      </c>
+      <c r="K64" t="s">
+        <v>24</v>
+      </c>
+      <c r="L64"/>
+      <c r="M64" t="s">
+        <v>25</v>
+      </c>
+      <c r="N64" t="s">
+        <v>26</v>
+      </c>
+      <c r="O64" t="s">
+        <v>314</v>
+      </c>
+      <c r="P64" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="65" spans="1:16">
+      <c r="A65" t="s">
+        <v>312</v>
+      </c>
+      <c r="B65" t="s">
+        <v>316</v>
+      </c>
+      <c r="C65" t="s">
+        <v>18</v>
+      </c>
+      <c r="D65" t="s">
+        <v>168</v>
+      </c>
+      <c r="E65" t="s">
+        <v>20</v>
+      </c>
+      <c r="F65" t="s">
         <v>21</v>
       </c>
-      <c r="K64"/>
-      <c r="L64" t="s">
+      <c r="G65" t="s">
         <v>22</v>
       </c>
-      <c r="M64" t="s">
+      <c r="H65">
+        <v>2012</v>
+      </c>
+      <c r="I65"/>
+      <c r="J65" t="s">
+        <v>91</v>
+      </c>
+      <c r="K65" t="s">
+        <v>24</v>
+      </c>
+      <c r="L65"/>
+      <c r="M65" t="s">
+        <v>25</v>
+      </c>
+      <c r="N65" t="s">
+        <v>26</v>
+      </c>
+      <c r="O65" t="s">
+        <v>317</v>
+      </c>
+      <c r="P65" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="66" spans="1:16">
+      <c r="A66" t="s">
+        <v>312</v>
+      </c>
+      <c r="B66" t="s">
+        <v>318</v>
+      </c>
+      <c r="C66" t="s">
+        <v>18</v>
+      </c>
+      <c r="D66" t="s">
+        <v>319</v>
+      </c>
+      <c r="E66" t="s">
+        <v>20</v>
+      </c>
+      <c r="F66" t="s">
+        <v>21</v>
+      </c>
+      <c r="G66" t="s">
+        <v>22</v>
+      </c>
+      <c r="H66">
+        <v>2012</v>
+      </c>
+      <c r="I66"/>
+      <c r="J66" t="s">
+        <v>91</v>
+      </c>
+      <c r="K66" t="s">
+        <v>24</v>
+      </c>
+      <c r="L66"/>
+      <c r="M66" t="s">
+        <v>25</v>
+      </c>
+      <c r="N66" t="s">
+        <v>26</v>
+      </c>
+      <c r="O66" t="s">
+        <v>320</v>
+      </c>
+      <c r="P66" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="67" spans="1:16">
+      <c r="A67" t="s">
+        <v>312</v>
+      </c>
+      <c r="B67" t="s">
+        <v>321</v>
+      </c>
+      <c r="C67" t="s">
+        <v>18</v>
+      </c>
+      <c r="D67" t="s">
+        <v>322</v>
+      </c>
+      <c r="E67" t="s">
+        <v>20</v>
+      </c>
+      <c r="F67" t="s">
+        <v>21</v>
+      </c>
+      <c r="G67" t="s">
+        <v>22</v>
+      </c>
+      <c r="H67">
+        <v>2010</v>
+      </c>
+      <c r="I67"/>
+      <c r="J67" t="s">
         <v>23</v>
       </c>
-      <c r="N64" t="s">
-[...22 lines deleted...]
-      <c r="G65">
+      <c r="K67" t="s">
+        <v>323</v>
+      </c>
+      <c r="L67"/>
+      <c r="M67" t="s">
+        <v>25</v>
+      </c>
+      <c r="N67" t="s">
+        <v>26</v>
+      </c>
+      <c r="O67" t="s">
+        <v>324</v>
+      </c>
+      <c r="P67" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="68" spans="1:16">
+      <c r="A68" t="s">
+        <v>312</v>
+      </c>
+      <c r="B68" t="s">
+        <v>326</v>
+      </c>
+      <c r="C68" t="s">
+        <v>18</v>
+      </c>
+      <c r="D68" t="s">
+        <v>163</v>
+      </c>
+      <c r="E68" t="s">
+        <v>20</v>
+      </c>
+      <c r="F68" t="s">
+        <v>21</v>
+      </c>
+      <c r="G68" t="s">
+        <v>90</v>
+      </c>
+      <c r="H68">
+        <v>1996</v>
+      </c>
+      <c r="I68">
         <v>2012</v>
       </c>
-      <c r="H65"/>
-[...3 lines deleted...]
-      <c r="J65" t="s">
+      <c r="J68" t="s">
+        <v>23</v>
+      </c>
+      <c r="K68" t="s">
+        <v>327</v>
+      </c>
+      <c r="L68"/>
+      <c r="M68" t="s">
+        <v>25</v>
+      </c>
+      <c r="N68" t="s">
+        <v>26</v>
+      </c>
+      <c r="O68" t="s">
+        <v>328</v>
+      </c>
+      <c r="P68" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="69" spans="1:16">
+      <c r="A69" t="s">
+        <v>312</v>
+      </c>
+      <c r="B69" t="s">
+        <v>329</v>
+      </c>
+      <c r="C69" t="s">
+        <v>18</v>
+      </c>
+      <c r="D69" t="s">
+        <v>163</v>
+      </c>
+      <c r="E69" t="s">
+        <v>20</v>
+      </c>
+      <c r="F69" t="s">
         <v>21</v>
       </c>
-      <c r="K65"/>
-[...3 lines deleted...]
-      <c r="M65" t="s">
+      <c r="G69" t="s">
+        <v>90</v>
+      </c>
+      <c r="H69">
+        <v>1996</v>
+      </c>
+      <c r="I69">
+        <v>2012</v>
+      </c>
+      <c r="J69" t="s">
         <v>23</v>
       </c>
-      <c r="N65" t="s">
-[...22 lines deleted...]
-      <c r="G66">
+      <c r="K69" t="s">
+        <v>327</v>
+      </c>
+      <c r="L69"/>
+      <c r="M69" t="s">
+        <v>25</v>
+      </c>
+      <c r="N69" t="s">
+        <v>26</v>
+      </c>
+      <c r="O69" t="s">
+        <v>330</v>
+      </c>
+      <c r="P69" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="70" spans="1:16">
+      <c r="A70" t="s">
+        <v>312</v>
+      </c>
+      <c r="B70" t="s">
+        <v>331</v>
+      </c>
+      <c r="C70" t="s">
+        <v>18</v>
+      </c>
+      <c r="D70" t="s">
+        <v>332</v>
+      </c>
+      <c r="E70" t="s">
+        <v>20</v>
+      </c>
+      <c r="F70" t="s">
+        <v>21</v>
+      </c>
+      <c r="G70" t="s">
+        <v>90</v>
+      </c>
+      <c r="H70">
+        <v>2010</v>
+      </c>
+      <c r="I70">
         <v>2012</v>
       </c>
-      <c r="H66"/>
-[...3 lines deleted...]
-      <c r="J66" t="s">
+      <c r="J70" t="s">
+        <v>91</v>
+      </c>
+      <c r="K70" t="s">
+        <v>24</v>
+      </c>
+      <c r="L70"/>
+      <c r="M70" t="s">
+        <v>25</v>
+      </c>
+      <c r="N70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O70" t="s">
+        <v>333</v>
+      </c>
+      <c r="P70" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="71" spans="1:16">
+      <c r="A71" t="s">
+        <v>312</v>
+      </c>
+      <c r="B71" t="s">
+        <v>334</v>
+      </c>
+      <c r="C71" t="s">
+        <v>18</v>
+      </c>
+      <c r="D71" t="s">
+        <v>168</v>
+      </c>
+      <c r="E71" t="s">
+        <v>20</v>
+      </c>
+      <c r="F71" t="s">
         <v>21</v>
       </c>
-      <c r="K66"/>
-[...3 lines deleted...]
-      <c r="M66" t="s">
+      <c r="G71" t="s">
+        <v>90</v>
+      </c>
+      <c r="H71">
+        <v>2012</v>
+      </c>
+      <c r="I71">
+        <v>2012</v>
+      </c>
+      <c r="J71" t="s">
+        <v>91</v>
+      </c>
+      <c r="K71" t="s">
+        <v>24</v>
+      </c>
+      <c r="L71"/>
+      <c r="M71" t="s">
+        <v>25</v>
+      </c>
+      <c r="N71" t="s">
+        <v>26</v>
+      </c>
+      <c r="O71" t="s">
+        <v>335</v>
+      </c>
+      <c r="P71" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="72" spans="1:16">
+      <c r="A72" t="s">
+        <v>312</v>
+      </c>
+      <c r="B72" t="s">
+        <v>336</v>
+      </c>
+      <c r="C72" t="s">
+        <v>18</v>
+      </c>
+      <c r="D72" t="s">
+        <v>337</v>
+      </c>
+      <c r="E72" t="s">
+        <v>20</v>
+      </c>
+      <c r="F72" t="s">
+        <v>21</v>
+      </c>
+      <c r="G72" t="s">
+        <v>90</v>
+      </c>
+      <c r="H72">
+        <v>2012</v>
+      </c>
+      <c r="I72">
+        <v>2012</v>
+      </c>
+      <c r="J72" t="s">
+        <v>91</v>
+      </c>
+      <c r="K72" t="s">
+        <v>24</v>
+      </c>
+      <c r="L72"/>
+      <c r="M72" t="s">
+        <v>25</v>
+      </c>
+      <c r="N72" t="s">
+        <v>26</v>
+      </c>
+      <c r="O72" t="s">
+        <v>338</v>
+      </c>
+      <c r="P72" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="73" spans="1:16">
+      <c r="A73" t="s">
+        <v>312</v>
+      </c>
+      <c r="B73" t="s">
+        <v>339</v>
+      </c>
+      <c r="C73" t="s">
+        <v>18</v>
+      </c>
+      <c r="D73" t="s">
+        <v>340</v>
+      </c>
+      <c r="E73" t="s">
+        <v>20</v>
+      </c>
+      <c r="F73" t="s">
+        <v>21</v>
+      </c>
+      <c r="G73" t="s">
+        <v>90</v>
+      </c>
+      <c r="H73">
+        <v>1996</v>
+      </c>
+      <c r="I73">
+        <v>2012</v>
+      </c>
+      <c r="J73" t="s">
         <v>23</v>
       </c>
-      <c r="N66" t="s">
-[...22 lines deleted...]
-      <c r="G67">
+      <c r="K73" t="s">
+        <v>24</v>
+      </c>
+      <c r="L73"/>
+      <c r="M73" t="s">
+        <v>25</v>
+      </c>
+      <c r="N73" t="s">
+        <v>26</v>
+      </c>
+      <c r="O73" t="s">
+        <v>341</v>
+      </c>
+      <c r="P73" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="74" spans="1:16">
+      <c r="A74" t="s">
+        <v>312</v>
+      </c>
+      <c r="B74" t="s">
+        <v>342</v>
+      </c>
+      <c r="C74" t="s">
+        <v>18</v>
+      </c>
+      <c r="D74" t="s">
+        <v>238</v>
+      </c>
+      <c r="E74" t="s">
+        <v>20</v>
+      </c>
+      <c r="F74" t="s">
+        <v>21</v>
+      </c>
+      <c r="G74" t="s">
+        <v>90</v>
+      </c>
+      <c r="H74">
+        <v>1996</v>
+      </c>
+      <c r="I74">
         <v>2012</v>
       </c>
-      <c r="H67">
-[...5 lines deleted...]
-      <c r="J67" t="s">
+      <c r="J74" t="s">
+        <v>23</v>
+      </c>
+      <c r="K74" t="s">
+        <v>24</v>
+      </c>
+      <c r="L74"/>
+      <c r="M74" t="s">
+        <v>25</v>
+      </c>
+      <c r="N74" t="s">
+        <v>26</v>
+      </c>
+      <c r="O74" t="s">
+        <v>343</v>
+      </c>
+      <c r="P74" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="75" spans="1:16">
+      <c r="A75" t="s">
+        <v>312</v>
+      </c>
+      <c r="B75" t="s">
+        <v>344</v>
+      </c>
+      <c r="C75" t="s">
+        <v>18</v>
+      </c>
+      <c r="D75" t="s">
+        <v>345</v>
+      </c>
+      <c r="E75" t="s">
+        <v>20</v>
+      </c>
+      <c r="F75" t="s">
         <v>21</v>
       </c>
-      <c r="K67"/>
-[...320 lines deleted...]
-        <v>1996</v>
+      <c r="G75" t="s">
+        <v>90</v>
       </c>
       <c r="H75">
         <v>2012</v>
       </c>
-      <c r="I75" t="s">
+      <c r="I75">
+        <v>2012</v>
+      </c>
+      <c r="J75" t="s">
+        <v>91</v>
+      </c>
+      <c r="K75" t="s">
+        <v>24</v>
+      </c>
+      <c r="L75"/>
+      <c r="M75" t="s">
+        <v>25</v>
+      </c>
+      <c r="N75" t="s">
+        <v>346</v>
+      </c>
+      <c r="O75" t="s">
+        <v>347</v>
+      </c>
+      <c r="P75" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="76" spans="1:16">
+      <c r="A76" t="s">
+        <v>348</v>
+      </c>
+      <c r="B76" t="s">
+        <v>349</v>
+      </c>
+      <c r="C76" t="s">
+        <v>18</v>
+      </c>
+      <c r="D76" t="s">
+        <v>350</v>
+      </c>
+      <c r="E76" t="s">
         <v>20</v>
       </c>
-      <c r="J75" t="s">
-[...3 lines deleted...]
-      <c r="L75" t="s">
+      <c r="F76" t="s">
+        <v>21</v>
+      </c>
+      <c r="G76" t="s">
+        <v>90</v>
+      </c>
+      <c r="H76">
+        <v>1996</v>
+      </c>
+      <c r="I76">
+        <v>2010</v>
+      </c>
+      <c r="J76" t="s">
+        <v>23</v>
+      </c>
+      <c r="K76" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76"/>
+      <c r="M76" t="s">
+        <v>25</v>
+      </c>
+      <c r="N76" t="s">
+        <v>26</v>
+      </c>
+      <c r="O76" t="s">
+        <v>351</v>
+      </c>
+      <c r="P76" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="77" spans="1:16">
+      <c r="A77" t="s">
+        <v>352</v>
+      </c>
+      <c r="B77" t="s">
+        <v>353</v>
+      </c>
+      <c r="C77" t="s">
+        <v>18</v>
+      </c>
+      <c r="D77" t="s">
+        <v>354</v>
+      </c>
+      <c r="E77" t="s">
+        <v>20</v>
+      </c>
+      <c r="F77" t="s">
+        <v>21</v>
+      </c>
+      <c r="G77" t="s">
+        <v>90</v>
+      </c>
+      <c r="H77">
+        <v>1996</v>
+      </c>
+      <c r="I77">
+        <v>2012</v>
+      </c>
+      <c r="J77" t="s">
+        <v>23</v>
+      </c>
+      <c r="K77" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" t="s">
+        <v>355</v>
+      </c>
+      <c r="M77" t="s">
+        <v>25</v>
+      </c>
+      <c r="N77" t="s">
+        <v>26</v>
+      </c>
+      <c r="O77" t="s">
+        <v>356</v>
+      </c>
+      <c r="P77" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="78" spans="1:16">
+      <c r="A78" t="s">
+        <v>357</v>
+      </c>
+      <c r="B78" t="s">
+        <v>358</v>
+      </c>
+      <c r="C78" t="s">
+        <v>18</v>
+      </c>
+      <c r="D78" t="s">
+        <v>163</v>
+      </c>
+      <c r="E78" t="s">
+        <v>20</v>
+      </c>
+      <c r="F78" t="s">
+        <v>21</v>
+      </c>
+      <c r="G78" t="s">
+        <v>90</v>
+      </c>
+      <c r="H78">
+        <v>1996</v>
+      </c>
+      <c r="I78">
+        <v>2010</v>
+      </c>
+      <c r="J78" t="s">
+        <v>23</v>
+      </c>
+      <c r="K78" t="s">
+        <v>130</v>
+      </c>
+      <c r="L78"/>
+      <c r="M78" t="s">
+        <v>25</v>
+      </c>
+      <c r="N78" t="s">
+        <v>26</v>
+      </c>
+      <c r="O78" t="s">
+        <v>359</v>
+      </c>
+      <c r="P78" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="79" spans="1:16">
+      <c r="A79" t="s">
+        <v>360</v>
+      </c>
+      <c r="B79" t="s">
+        <v>361</v>
+      </c>
+      <c r="C79" t="s">
+        <v>18</v>
+      </c>
+      <c r="D79" t="s">
+        <v>43</v>
+      </c>
+      <c r="E79" t="s">
+        <v>20</v>
+      </c>
+      <c r="F79" t="s">
+        <v>21</v>
+      </c>
+      <c r="G79" t="s">
+        <v>90</v>
+      </c>
+      <c r="H79">
+        <v>1996</v>
+      </c>
+      <c r="I79">
+        <v>2010</v>
+      </c>
+      <c r="J79" t="s">
+        <v>23</v>
+      </c>
+      <c r="K79" t="s">
+        <v>24</v>
+      </c>
+      <c r="L79"/>
+      <c r="M79" t="s">
+        <v>25</v>
+      </c>
+      <c r="N79" t="s">
+        <v>26</v>
+      </c>
+      <c r="O79" t="s">
+        <v>362</v>
+      </c>
+      <c r="P79" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="80" spans="1:16">
+      <c r="A80" t="s">
+        <v>363</v>
+      </c>
+      <c r="B80" t="s">
+        <v>364</v>
+      </c>
+      <c r="C80" t="s">
+        <v>18</v>
+      </c>
+      <c r="D80" t="s">
+        <v>163</v>
+      </c>
+      <c r="E80" t="s">
+        <v>20</v>
+      </c>
+      <c r="F80" t="s">
+        <v>21</v>
+      </c>
+      <c r="G80" t="s">
+        <v>90</v>
+      </c>
+      <c r="H80">
+        <v>1996</v>
+      </c>
+      <c r="I80">
+        <v>2010</v>
+      </c>
+      <c r="J80" t="s">
+        <v>23</v>
+      </c>
+      <c r="K80" t="s">
+        <v>130</v>
+      </c>
+      <c r="L80"/>
+      <c r="M80" t="s">
+        <v>25</v>
+      </c>
+      <c r="N80" t="s">
+        <v>26</v>
+      </c>
+      <c r="O80" t="s">
+        <v>365</v>
+      </c>
+      <c r="P80" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="81" spans="1:16">
+      <c r="A81" t="s">
+        <v>366</v>
+      </c>
+      <c r="B81" t="s">
+        <v>367</v>
+      </c>
+      <c r="C81" t="s">
+        <v>18</v>
+      </c>
+      <c r="D81" t="s">
+        <v>332</v>
+      </c>
+      <c r="E81" t="s">
+        <v>20</v>
+      </c>
+      <c r="F81" t="s">
+        <v>21</v>
+      </c>
+      <c r="G81" t="s">
+        <v>90</v>
+      </c>
+      <c r="H81">
+        <v>1996</v>
+      </c>
+      <c r="I81">
+        <v>2010</v>
+      </c>
+      <c r="J81" t="s">
+        <v>91</v>
+      </c>
+      <c r="K81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L81"/>
+      <c r="M81" t="s">
+        <v>25</v>
+      </c>
+      <c r="N81" t="s">
+        <v>26</v>
+      </c>
+      <c r="O81" t="s">
+        <v>368</v>
+      </c>
+      <c r="P81" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="82" spans="1:16">
+      <c r="A82" t="s">
+        <v>366</v>
+      </c>
+      <c r="B82" t="s">
+        <v>369</v>
+      </c>
+      <c r="C82" t="s">
+        <v>18</v>
+      </c>
+      <c r="D82" t="s">
+        <v>370</v>
+      </c>
+      <c r="E82" t="s">
+        <v>20</v>
+      </c>
+      <c r="F82" t="s">
+        <v>21</v>
+      </c>
+      <c r="G82" t="s">
+        <v>90</v>
+      </c>
+      <c r="H82">
+        <v>1996</v>
+      </c>
+      <c r="I82">
+        <v>2010</v>
+      </c>
+      <c r="J82" t="s">
+        <v>23</v>
+      </c>
+      <c r="K82" t="s">
+        <v>130</v>
+      </c>
+      <c r="L82"/>
+      <c r="M82" t="s">
+        <v>25</v>
+      </c>
+      <c r="N82" t="s">
+        <v>26</v>
+      </c>
+      <c r="O82" t="s">
+        <v>371</v>
+      </c>
+      <c r="P82" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="83" spans="1:16">
+      <c r="A83" t="s">
+        <v>372</v>
+      </c>
+      <c r="B83" t="s">
+        <v>373</v>
+      </c>
+      <c r="C83" t="s">
+        <v>18</v>
+      </c>
+      <c r="D83" t="s">
+        <v>374</v>
+      </c>
+      <c r="E83" t="s">
+        <v>20</v>
+      </c>
+      <c r="F83" t="s">
+        <v>21</v>
+      </c>
+      <c r="G83" t="s">
+        <v>90</v>
+      </c>
+      <c r="H83">
+        <v>1996</v>
+      </c>
+      <c r="I83">
+        <v>2010</v>
+      </c>
+      <c r="J83" t="s">
+        <v>23</v>
+      </c>
+      <c r="K83" t="s">
+        <v>24</v>
+      </c>
+      <c r="L83"/>
+      <c r="M83" t="s">
+        <v>25</v>
+      </c>
+      <c r="N83" t="s">
+        <v>26</v>
+      </c>
+      <c r="O83" t="s">
+        <v>375</v>
+      </c>
+      <c r="P83" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="84" spans="1:16">
+      <c r="A84" t="s">
+        <v>376</v>
+      </c>
+      <c r="B84" t="s">
+        <v>337</v>
+      </c>
+      <c r="C84" t="s">
+        <v>18</v>
+      </c>
+      <c r="D84" t="s">
+        <v>337</v>
+      </c>
+      <c r="E84" t="s">
+        <v>20</v>
+      </c>
+      <c r="F84" t="s">
+        <v>21</v>
+      </c>
+      <c r="G84" t="s">
+        <v>90</v>
+      </c>
+      <c r="H84">
+        <v>1996</v>
+      </c>
+      <c r="I84">
+        <v>2010</v>
+      </c>
+      <c r="J84" t="s">
+        <v>377</v>
+      </c>
+      <c r="K84" t="s">
+        <v>24</v>
+      </c>
+      <c r="L84"/>
+      <c r="M84" t="s">
+        <v>25</v>
+      </c>
+      <c r="N84" t="s">
+        <v>26</v>
+      </c>
+      <c r="O84" t="s">
+        <v>378</v>
+      </c>
+      <c r="P84" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="85" spans="1:16">
+      <c r="A85" t="s">
+        <v>380</v>
+      </c>
+      <c r="B85" t="s">
+        <v>381</v>
+      </c>
+      <c r="C85" t="s">
+        <v>18</v>
+      </c>
+      <c r="D85" t="s">
+        <v>382</v>
+      </c>
+      <c r="E85" t="s">
+        <v>20</v>
+      </c>
+      <c r="F85" t="s">
+        <v>21</v>
+      </c>
+      <c r="G85" t="s">
+        <v>90</v>
+      </c>
+      <c r="H85">
+        <v>1996</v>
+      </c>
+      <c r="I85">
+        <v>2010</v>
+      </c>
+      <c r="J85" t="s">
+        <v>23</v>
+      </c>
+      <c r="K85" t="s">
+        <v>24</v>
+      </c>
+      <c r="L85"/>
+      <c r="M85" t="s">
+        <v>25</v>
+      </c>
+      <c r="N85" t="s">
+        <v>26</v>
+      </c>
+      <c r="O85" t="s">
+        <v>383</v>
+      </c>
+      <c r="P85" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="86" spans="1:16">
+      <c r="A86" t="s">
+        <v>384</v>
+      </c>
+      <c r="B86" t="s">
+        <v>385</v>
+      </c>
+      <c r="C86" t="s">
+        <v>18</v>
+      </c>
+      <c r="D86" t="s">
+        <v>386</v>
+      </c>
+      <c r="E86" t="s">
+        <v>20</v>
+      </c>
+      <c r="F86" t="s">
+        <v>21</v>
+      </c>
+      <c r="G86" t="s">
+        <v>90</v>
+      </c>
+      <c r="H86">
+        <v>2006</v>
+      </c>
+      <c r="I86">
+        <v>2015</v>
+      </c>
+      <c r="J86" t="s">
+        <v>387</v>
+      </c>
+      <c r="K86" t="s">
+        <v>388</v>
+      </c>
+      <c r="L86" t="s">
+        <v>389</v>
+      </c>
+      <c r="M86" t="s">
+        <v>390</v>
+      </c>
+      <c r="N86" t="s">
+        <v>391</v>
+      </c>
+      <c r="O86" t="s">
+        <v>392</v>
+      </c>
+      <c r="P86" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="87" spans="1:16">
+      <c r="A87" t="s">
+        <v>394</v>
+      </c>
+      <c r="B87" t="s">
+        <v>395</v>
+      </c>
+      <c r="C87" t="s">
+        <v>18</v>
+      </c>
+      <c r="D87" t="s">
+        <v>396</v>
+      </c>
+      <c r="E87" t="s">
+        <v>20</v>
+      </c>
+      <c r="F87" t="s">
+        <v>21</v>
+      </c>
+      <c r="G87" t="s">
+        <v>90</v>
+      </c>
+      <c r="H87">
+        <v>2001</v>
+      </c>
+      <c r="I87">
+        <v>2012</v>
+      </c>
+      <c r="J87" t="s">
+        <v>387</v>
+      </c>
+      <c r="K87" t="s">
+        <v>388</v>
+      </c>
+      <c r="L87" t="s">
+        <v>397</v>
+      </c>
+      <c r="M87" t="s">
+        <v>390</v>
+      </c>
+      <c r="N87" t="s">
+        <v>391</v>
+      </c>
+      <c r="O87" t="s">
+        <v>398</v>
+      </c>
+      <c r="P87" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="88" spans="1:16">
+      <c r="A88" t="s">
+        <v>400</v>
+      </c>
+      <c r="B88" t="s">
+        <v>401</v>
+      </c>
+      <c r="C88" t="s">
+        <v>18</v>
+      </c>
+      <c r="D88" t="s">
+        <v>402</v>
+      </c>
+      <c r="E88" t="s">
+        <v>20</v>
+      </c>
+      <c r="F88" t="s">
+        <v>21</v>
+      </c>
+      <c r="G88" t="s">
+        <v>90</v>
+      </c>
+      <c r="H88">
+        <v>1994</v>
+      </c>
+      <c r="I88">
+        <v>2013</v>
+      </c>
+      <c r="J88" t="s">
+        <v>387</v>
+      </c>
+      <c r="K88" t="s">
+        <v>388</v>
+      </c>
+      <c r="L88" t="s">
+        <v>403</v>
+      </c>
+      <c r="M88" t="s">
+        <v>390</v>
+      </c>
+      <c r="N88" t="s">
+        <v>391</v>
+      </c>
+      <c r="O88" t="s">
+        <v>404</v>
+      </c>
+      <c r="P88" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="89" spans="1:16">
+      <c r="A89" t="s">
+        <v>406</v>
+      </c>
+      <c r="B89" t="s">
+        <v>407</v>
+      </c>
+      <c r="C89" t="s">
+        <v>18</v>
+      </c>
+      <c r="D89" t="s">
+        <v>408</v>
+      </c>
+      <c r="E89" t="s">
+        <v>20</v>
+      </c>
+      <c r="F89" t="s">
+        <v>21</v>
+      </c>
+      <c r="G89" t="s">
+        <v>90</v>
+      </c>
+      <c r="H89">
+        <v>1992</v>
+      </c>
+      <c r="I89">
+        <v>2012</v>
+      </c>
+      <c r="J89" t="s">
+        <v>387</v>
+      </c>
+      <c r="K89" t="s">
+        <v>388</v>
+      </c>
+      <c r="L89" t="s">
+        <v>397</v>
+      </c>
+      <c r="M89" t="s">
+        <v>390</v>
+      </c>
+      <c r="N89" t="s">
+        <v>391</v>
+      </c>
+      <c r="O89" t="s">
+        <v>409</v>
+      </c>
+      <c r="P89" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="90" spans="1:16">
+      <c r="A90" t="s">
+        <v>411</v>
+      </c>
+      <c r="B90" t="s">
+        <v>412</v>
+      </c>
+      <c r="C90" t="s">
+        <v>18</v>
+      </c>
+      <c r="D90" t="s">
+        <v>350</v>
+      </c>
+      <c r="E90" t="s">
+        <v>88</v>
+      </c>
+      <c r="F90" t="s">
+        <v>195</v>
+      </c>
+      <c r="G90" t="s">
+        <v>90</v>
+      </c>
+      <c r="H90">
+        <v>2008</v>
+      </c>
+      <c r="I90">
+        <v>2016</v>
+      </c>
+      <c r="J90" t="s">
+        <v>23</v>
+      </c>
+      <c r="K90" t="s">
+        <v>24</v>
+      </c>
+      <c r="L90"/>
+      <c r="M90" t="s">
+        <v>25</v>
+      </c>
+      <c r="N90" t="s">
+        <v>26</v>
+      </c>
+      <c r="O90" t="s">
+        <v>413</v>
+      </c>
+      <c r="P90" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="91" spans="1:16">
+      <c r="A91" t="s">
+        <v>414</v>
+      </c>
+      <c r="B91" t="s">
+        <v>415</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>416</v>
+      </c>
+      <c r="E91" t="s">
+        <v>88</v>
+      </c>
+      <c r="F91" t="s">
+        <v>195</v>
+      </c>
+      <c r="G91" t="s">
         <v>22</v>
       </c>
-      <c r="M75" t="s">
+      <c r="H91">
+        <v>2012</v>
+      </c>
+      <c r="I91"/>
+      <c r="J91" t="s">
         <v>23</v>
       </c>
-      <c r="N75" t="s">
-[...35 lines deleted...]
-      <c r="L76" t="s">
+      <c r="K91" t="s">
+        <v>24</v>
+      </c>
+      <c r="L91"/>
+      <c r="M91" t="s">
+        <v>25</v>
+      </c>
+      <c r="N91" t="s">
+        <v>26</v>
+      </c>
+      <c r="O91" t="s">
+        <v>417</v>
+      </c>
+      <c r="P91" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="92" spans="1:16">
+      <c r="A92" t="s">
+        <v>418</v>
+      </c>
+      <c r="B92" t="s">
+        <v>419</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>420</v>
+      </c>
+      <c r="E92" t="s">
+        <v>88</v>
+      </c>
+      <c r="F92" t="s">
+        <v>195</v>
+      </c>
+      <c r="G92" t="s">
         <v>22</v>
       </c>
-      <c r="M76" t="s">
+      <c r="H92">
+        <v>2009</v>
+      </c>
+      <c r="I92"/>
+      <c r="J92" t="s">
         <v>23</v>
       </c>
-      <c r="N76" t="s">
-[...673 lines deleted...]
-      </c>
+      <c r="K92" t="s">
+        <v>24</v>
+      </c>
+      <c r="L92"/>
       <c r="M92" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N92" t="s">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O92" t="s">
+        <v>421</v>
+      </c>
+      <c r="P92" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="93" spans="1:16">
       <c r="A93" t="s">
-        <v>296</v>
+        <v>422</v>
       </c>
       <c r="B93" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="C93" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D93" t="s">
-        <v>68</v>
+        <v>135</v>
       </c>
       <c r="E93" t="s">
-        <v>151</v>
+        <v>88</v>
       </c>
       <c r="F93" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>195</v>
+      </c>
+      <c r="G93" t="s">
+        <v>90</v>
       </c>
       <c r="H93">
         <v>2011</v>
       </c>
-      <c r="I93" t="s">
-        <v>20</v>
+      <c r="I93">
+        <v>2011</v>
       </c>
       <c r="J93" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="K93" t="s">
-        <v>105</v>
+        <v>24</v>
       </c>
       <c r="L93" t="s">
-        <v>22</v>
+        <v>136</v>
       </c>
       <c r="M93" t="s">
+        <v>25</v>
+      </c>
+      <c r="N93" t="s">
+        <v>26</v>
+      </c>
+      <c r="O93" t="s">
+        <v>423</v>
+      </c>
+      <c r="P93" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="94" spans="1:16">
+      <c r="A94" t="s">
+        <v>424</v>
+      </c>
+      <c r="B94" t="s">
+        <v>86</v>
+      </c>
+      <c r="C94" t="s">
+        <v>18</v>
+      </c>
+      <c r="D94" t="s">
+        <v>87</v>
+      </c>
+      <c r="E94" t="s">
+        <v>88</v>
+      </c>
+      <c r="F94" t="s">
+        <v>195</v>
+      </c>
+      <c r="G94" t="s">
+        <v>90</v>
+      </c>
+      <c r="H94">
+        <v>1993</v>
+      </c>
+      <c r="I94">
+        <v>2009</v>
+      </c>
+      <c r="J94" t="s">
+        <v>91</v>
+      </c>
+      <c r="K94" t="s">
+        <v>24</v>
+      </c>
+      <c r="L94" t="s">
+        <v>92</v>
+      </c>
+      <c r="M94" t="s">
+        <v>25</v>
+      </c>
+      <c r="N94" t="s">
+        <v>26</v>
+      </c>
+      <c r="O94" t="s">
+        <v>425</v>
+      </c>
+      <c r="P94" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="95" spans="1:16">
+      <c r="A95" t="s">
+        <v>426</v>
+      </c>
+      <c r="B95" t="s">
+        <v>427</v>
+      </c>
+      <c r="C95" t="s">
+        <v>18</v>
+      </c>
+      <c r="D95" t="s">
+        <v>354</v>
+      </c>
+      <c r="E95" t="s">
+        <v>88</v>
+      </c>
+      <c r="F95" t="s">
+        <v>195</v>
+      </c>
+      <c r="G95" t="s">
+        <v>90</v>
+      </c>
+      <c r="H95">
+        <v>1994</v>
+      </c>
+      <c r="I95">
+        <v>2003</v>
+      </c>
+      <c r="J95" t="s">
         <v>23</v>
       </c>
-      <c r="N93" t="s">
-[...77 lines deleted...]
-      </c>
       <c r="K95" t="s">
-        <v>248</v>
+        <v>24</v>
       </c>
       <c r="L95" t="s">
-        <v>22</v>
+        <v>355</v>
       </c>
       <c r="M95" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N95" t="s">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O95" t="s">
+        <v>428</v>
+      </c>
+      <c r="P95" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="96" spans="1:16">
       <c r="A96" t="s">
-        <v>302</v>
+        <v>429</v>
       </c>
       <c r="B96" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="C96" t="s">
-        <v>108</v>
+        <v>18</v>
       </c>
       <c r="D96" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="E96" t="s">
-        <v>151</v>
+        <v>88</v>
       </c>
       <c r="F96" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2010</v>
+        <v>195</v>
+      </c>
+      <c r="G96" t="s">
+        <v>90</v>
       </c>
       <c r="H96">
         <v>2010</v>
       </c>
-      <c r="I96" t="s">
-        <v>71</v>
+      <c r="I96">
+        <v>2010</v>
       </c>
       <c r="J96" t="s">
-        <v>21</v>
+        <v>91</v>
       </c>
       <c r="K96" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="L96" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="M96" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N96" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O96" t="s">
+        <v>430</v>
+      </c>
+      <c r="P96" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="97" spans="1:16">
       <c r="A97" t="s">
-        <v>304</v>
+        <v>431</v>
       </c>
       <c r="B97" t="s">
-        <v>15</v>
+        <v>96</v>
       </c>
       <c r="C97" t="s">
-        <v>75</v>
+        <v>18</v>
       </c>
       <c r="D97" t="s">
-        <v>68</v>
+        <v>97</v>
       </c>
       <c r="E97" t="s">
-        <v>151</v>
+        <v>88</v>
       </c>
       <c r="F97" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>195</v>
+      </c>
+      <c r="G97" t="s">
+        <v>90</v>
       </c>
       <c r="H97">
         <v>2012</v>
       </c>
-      <c r="I97" t="s">
-        <v>20</v>
+      <c r="I97">
+        <v>2012</v>
       </c>
       <c r="J97" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="L97" t="s">
+        <v>23</v>
+      </c>
+      <c r="K97" t="s">
+        <v>24</v>
+      </c>
+      <c r="L97"/>
+      <c r="M97" t="s">
+        <v>25</v>
+      </c>
+      <c r="N97" t="s">
+        <v>26</v>
+      </c>
+      <c r="O97" t="s">
+        <v>432</v>
+      </c>
+      <c r="P97" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="98" spans="1:16">
+      <c r="A98" t="s">
+        <v>433</v>
+      </c>
+      <c r="B98" t="s">
+        <v>101</v>
+      </c>
+      <c r="C98" t="s">
+        <v>18</v>
+      </c>
+      <c r="D98" t="s">
+        <v>102</v>
+      </c>
+      <c r="E98" t="s">
+        <v>88</v>
+      </c>
+      <c r="F98" t="s">
+        <v>195</v>
+      </c>
+      <c r="G98" t="s">
         <v>22</v>
       </c>
-      <c r="M97" t="s">
+      <c r="H98">
+        <v>2009</v>
+      </c>
+      <c r="I98"/>
+      <c r="J98" t="s">
         <v>23</v>
       </c>
-      <c r="N97" t="s">
-[...16 lines deleted...]
-      <c r="E98" t="s">
+      <c r="K98" t="s">
+        <v>24</v>
+      </c>
+      <c r="L98" t="s">
+        <v>104</v>
+      </c>
+      <c r="M98" t="s">
+        <v>25</v>
+      </c>
+      <c r="N98" t="s">
+        <v>26</v>
+      </c>
+      <c r="O98" t="s">
+        <v>434</v>
+      </c>
+      <c r="P98" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="99" spans="1:16">
+      <c r="A99" t="s">
+        <v>435</v>
+      </c>
+      <c r="B99" t="s">
+        <v>436</v>
+      </c>
+      <c r="C99" t="s">
+        <v>18</v>
+      </c>
+      <c r="D99" t="s">
+        <v>145</v>
+      </c>
+      <c r="E99" t="s">
+        <v>88</v>
+      </c>
+      <c r="F99" t="s">
+        <v>195</v>
+      </c>
+      <c r="G99" t="s">
+        <v>90</v>
+      </c>
+      <c r="H99">
+        <v>2002</v>
+      </c>
+      <c r="I99">
+        <v>2007</v>
+      </c>
+      <c r="J99" t="s">
+        <v>23</v>
+      </c>
+      <c r="K99" t="s">
+        <v>24</v>
+      </c>
+      <c r="L99" t="s">
+        <v>146</v>
+      </c>
+      <c r="M99" t="s">
+        <v>25</v>
+      </c>
+      <c r="N99" t="s">
+        <v>26</v>
+      </c>
+      <c r="O99" t="s">
+        <v>437</v>
+      </c>
+      <c r="P99" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="100" spans="1:16">
+      <c r="A100" t="s">
+        <v>438</v>
+      </c>
+      <c r="B100" t="s">
+        <v>149</v>
+      </c>
+      <c r="C100" t="s">
+        <v>18</v>
+      </c>
+      <c r="D100" t="s">
+        <v>150</v>
+      </c>
+      <c r="E100" t="s">
+        <v>88</v>
+      </c>
+      <c r="F100" t="s">
+        <v>195</v>
+      </c>
+      <c r="G100" t="s">
+        <v>22</v>
+      </c>
+      <c r="H100">
+        <v>2009</v>
+      </c>
+      <c r="I100"/>
+      <c r="J100" t="s">
+        <v>91</v>
+      </c>
+      <c r="K100" t="s">
+        <v>24</v>
+      </c>
+      <c r="L100" t="s">
         <v>151</v>
       </c>
-      <c r="F98" t="s">
-[...15 lines deleted...]
-      <c r="L98" t="s">
+      <c r="M100" t="s">
+        <v>25</v>
+      </c>
+      <c r="N100" t="s">
+        <v>26</v>
+      </c>
+      <c r="O100" t="s">
+        <v>439</v>
+      </c>
+      <c r="P100" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="101" spans="1:16">
+      <c r="A101" t="s">
+        <v>440</v>
+      </c>
+      <c r="B101" t="s">
+        <v>441</v>
+      </c>
+      <c r="C101" t="s">
+        <v>18</v>
+      </c>
+      <c r="D101" t="s">
+        <v>163</v>
+      </c>
+      <c r="E101" t="s">
+        <v>88</v>
+      </c>
+      <c r="F101" t="s">
+        <v>195</v>
+      </c>
+      <c r="G101" t="s">
         <v>22</v>
       </c>
-      <c r="M98" t="s">
+      <c r="H101">
+        <v>2011</v>
+      </c>
+      <c r="I101"/>
+      <c r="J101" t="s">
         <v>23</v>
       </c>
-      <c r="N98" t="s">
-[...10 lines deleted...]
-      <c r="C99" t="s">
+      <c r="K101" t="s">
+        <v>24</v>
+      </c>
+      <c r="L101"/>
+      <c r="M101" t="s">
+        <v>25</v>
+      </c>
+      <c r="N101" t="s">
+        <v>26</v>
+      </c>
+      <c r="O101" t="s">
+        <v>442</v>
+      </c>
+      <c r="P101" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="102" spans="1:16">
+      <c r="A102" t="s">
+        <v>443</v>
+      </c>
+      <c r="B102" t="s">
+        <v>444</v>
+      </c>
+      <c r="C102" t="s">
+        <v>18</v>
+      </c>
+      <c r="D102" t="s">
+        <v>207</v>
+      </c>
+      <c r="E102" t="s">
+        <v>88</v>
+      </c>
+      <c r="F102" t="s">
+        <v>195</v>
+      </c>
+      <c r="G102" t="s">
+        <v>90</v>
+      </c>
+      <c r="H102">
+        <v>2011</v>
+      </c>
+      <c r="I102">
+        <v>2015</v>
+      </c>
+      <c r="J102" t="s">
+        <v>23</v>
+      </c>
+      <c r="K102" t="s">
+        <v>24</v>
+      </c>
+      <c r="L102"/>
+      <c r="M102" t="s">
+        <v>25</v>
+      </c>
+      <c r="N102" t="s">
+        <v>26</v>
+      </c>
+      <c r="O102" t="s">
+        <v>445</v>
+      </c>
+      <c r="P102" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="103" spans="1:16">
+      <c r="A103" t="s">
+        <v>446</v>
+      </c>
+      <c r="B103" t="s">
         <v>112</v>
       </c>
-      <c r="D99" t="s">
-[...20 lines deleted...]
-      <c r="K99" t="s">
+      <c r="C103" t="s">
+        <v>18</v>
+      </c>
+      <c r="D103" t="s">
         <v>113</v>
       </c>
-      <c r="L99" t="s">
-[...145 lines deleted...]
-      </c>
       <c r="E103" t="s">
-        <v>151</v>
+        <v>88</v>
       </c>
       <c r="F103" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>195</v>
+      </c>
+      <c r="G103" t="s">
+        <v>90</v>
       </c>
       <c r="H103">
         <v>2012</v>
       </c>
-      <c r="I103" t="s">
+      <c r="I103">
+        <v>2012</v>
+      </c>
+      <c r="J103" t="s">
+        <v>114</v>
+      </c>
+      <c r="K103" t="s">
+        <v>24</v>
+      </c>
+      <c r="L103"/>
+      <c r="M103" t="s">
+        <v>25</v>
+      </c>
+      <c r="N103" t="s">
+        <v>26</v>
+      </c>
+      <c r="O103" t="s">
+        <v>447</v>
+      </c>
+      <c r="P103" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="104" spans="1:16">
+      <c r="A104" t="s">
+        <v>448</v>
+      </c>
+      <c r="B104" t="s">
+        <v>449</v>
+      </c>
+      <c r="C104" t="s">
+        <v>18</v>
+      </c>
+      <c r="D104" t="s">
+        <v>450</v>
+      </c>
+      <c r="E104" t="s">
         <v>88</v>
       </c>
-      <c r="J103" t="s">
-[...3 lines deleted...]
-      <c r="L103" t="s">
+      <c r="F104" t="s">
+        <v>195</v>
+      </c>
+      <c r="G104" t="s">
+        <v>451</v>
+      </c>
+      <c r="H104">
+        <v>2012</v>
+      </c>
+      <c r="I104"/>
+      <c r="J104" t="s">
+        <v>452</v>
+      </c>
+      <c r="K104" t="s">
+        <v>24</v>
+      </c>
+      <c r="L104"/>
+      <c r="M104" t="s">
+        <v>453</v>
+      </c>
+      <c r="N104" t="s">
+        <v>26</v>
+      </c>
+      <c r="O104" t="s">
+        <v>454</v>
+      </c>
+      <c r="P104" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="105" spans="1:16">
+      <c r="A105" t="s">
+        <v>456</v>
+      </c>
+      <c r="B105" t="s">
+        <v>154</v>
+      </c>
+      <c r="C105" t="s">
+        <v>18</v>
+      </c>
+      <c r="D105" t="s">
+        <v>457</v>
+      </c>
+      <c r="E105" t="s">
+        <v>88</v>
+      </c>
+      <c r="F105" t="s">
+        <v>195</v>
+      </c>
+      <c r="G105" t="s">
+        <v>90</v>
+      </c>
+      <c r="H105">
+        <v>1994</v>
+      </c>
+      <c r="I105">
+        <v>2003</v>
+      </c>
+      <c r="J105" t="s">
+        <v>91</v>
+      </c>
+      <c r="K105" t="s">
+        <v>24</v>
+      </c>
+      <c r="L105"/>
+      <c r="M105" t="s">
+        <v>25</v>
+      </c>
+      <c r="N105" t="s">
+        <v>26</v>
+      </c>
+      <c r="O105" t="s">
+        <v>458</v>
+      </c>
+      <c r="P105" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="106" spans="1:16">
+      <c r="A106" t="s">
+        <v>459</v>
+      </c>
+      <c r="B106" t="s">
+        <v>460</v>
+      </c>
+      <c r="C106" t="s">
+        <v>18</v>
+      </c>
+      <c r="D106" t="s">
+        <v>354</v>
+      </c>
+      <c r="E106" t="s">
+        <v>88</v>
+      </c>
+      <c r="F106" t="s">
+        <v>195</v>
+      </c>
+      <c r="G106" t="s">
+        <v>90</v>
+      </c>
+      <c r="H106">
+        <v>1994</v>
+      </c>
+      <c r="I106">
+        <v>2004</v>
+      </c>
+      <c r="J106" t="s">
+        <v>23</v>
+      </c>
+      <c r="K106" t="s">
+        <v>24</v>
+      </c>
+      <c r="L106" t="s">
+        <v>461</v>
+      </c>
+      <c r="M106" t="s">
+        <v>25</v>
+      </c>
+      <c r="N106" t="s">
+        <v>26</v>
+      </c>
+      <c r="O106" t="s">
+        <v>462</v>
+      </c>
+      <c r="P106" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="107" spans="1:16">
+      <c r="A107" t="s">
+        <v>463</v>
+      </c>
+      <c r="B107" t="s">
+        <v>158</v>
+      </c>
+      <c r="C107" t="s">
+        <v>18</v>
+      </c>
+      <c r="D107" t="s">
+        <v>159</v>
+      </c>
+      <c r="E107" t="s">
+        <v>88</v>
+      </c>
+      <c r="F107" t="s">
+        <v>195</v>
+      </c>
+      <c r="G107" t="s">
+        <v>90</v>
+      </c>
+      <c r="H107">
+        <v>2004</v>
+      </c>
+      <c r="I107">
+        <v>2010</v>
+      </c>
+      <c r="J107" t="s">
+        <v>91</v>
+      </c>
+      <c r="K107" t="s">
+        <v>24</v>
+      </c>
+      <c r="L107"/>
+      <c r="M107" t="s">
+        <v>25</v>
+      </c>
+      <c r="N107" t="s">
+        <v>26</v>
+      </c>
+      <c r="O107" t="s">
+        <v>464</v>
+      </c>
+      <c r="P107" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="108" spans="1:16">
+      <c r="A108" t="s">
+        <v>465</v>
+      </c>
+      <c r="B108" t="s">
+        <v>128</v>
+      </c>
+      <c r="C108" t="s">
+        <v>18</v>
+      </c>
+      <c r="D108" t="s">
+        <v>129</v>
+      </c>
+      <c r="E108" t="s">
+        <v>88</v>
+      </c>
+      <c r="F108" t="s">
+        <v>195</v>
+      </c>
+      <c r="G108" t="s">
+        <v>90</v>
+      </c>
+      <c r="H108">
+        <v>2010</v>
+      </c>
+      <c r="I108">
+        <v>2015</v>
+      </c>
+      <c r="J108" t="s">
+        <v>23</v>
+      </c>
+      <c r="K108" t="s">
+        <v>130</v>
+      </c>
+      <c r="L108" t="s">
+        <v>131</v>
+      </c>
+      <c r="M108" t="s">
+        <v>25</v>
+      </c>
+      <c r="N108" t="s">
+        <v>26</v>
+      </c>
+      <c r="O108" t="s">
+        <v>466</v>
+      </c>
+      <c r="P108" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="109" spans="1:16">
+      <c r="A109" t="s">
+        <v>467</v>
+      </c>
+      <c r="B109" t="s">
+        <v>468</v>
+      </c>
+      <c r="C109" t="s">
+        <v>18</v>
+      </c>
+      <c r="D109" t="s">
+        <v>108</v>
+      </c>
+      <c r="E109" t="s">
+        <v>88</v>
+      </c>
+      <c r="F109" t="s">
+        <v>195</v>
+      </c>
+      <c r="G109" t="s">
+        <v>90</v>
+      </c>
+      <c r="H109">
+        <v>2002</v>
+      </c>
+      <c r="I109">
+        <v>2006</v>
+      </c>
+      <c r="J109" t="s">
+        <v>23</v>
+      </c>
+      <c r="K109" t="s">
+        <v>24</v>
+      </c>
+      <c r="L109" t="s">
+        <v>109</v>
+      </c>
+      <c r="M109" t="s">
+        <v>25</v>
+      </c>
+      <c r="N109" t="s">
+        <v>26</v>
+      </c>
+      <c r="O109" t="s">
+        <v>469</v>
+      </c>
+      <c r="P109" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="110" spans="1:16">
+      <c r="A110" t="s">
+        <v>470</v>
+      </c>
+      <c r="B110" t="s">
+        <v>162</v>
+      </c>
+      <c r="C110" t="s">
+        <v>18</v>
+      </c>
+      <c r="D110" t="s">
+        <v>163</v>
+      </c>
+      <c r="E110" t="s">
+        <v>88</v>
+      </c>
+      <c r="F110" t="s">
+        <v>195</v>
+      </c>
+      <c r="G110" t="s">
+        <v>90</v>
+      </c>
+      <c r="H110">
+        <v>2001</v>
+      </c>
+      <c r="I110">
+        <v>2010</v>
+      </c>
+      <c r="J110" t="s">
+        <v>23</v>
+      </c>
+      <c r="K110" t="s">
+        <v>130</v>
+      </c>
+      <c r="L110" t="s">
+        <v>164</v>
+      </c>
+      <c r="M110" t="s">
+        <v>25</v>
+      </c>
+      <c r="N110" t="s">
+        <v>26</v>
+      </c>
+      <c r="O110" t="s">
+        <v>471</v>
+      </c>
+      <c r="P110" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="111" spans="1:16">
+      <c r="A111" t="s">
+        <v>472</v>
+      </c>
+      <c r="B111" t="s">
+        <v>167</v>
+      </c>
+      <c r="C111" t="s">
+        <v>18</v>
+      </c>
+      <c r="D111" t="s">
+        <v>168</v>
+      </c>
+      <c r="E111" t="s">
+        <v>88</v>
+      </c>
+      <c r="F111" t="s">
+        <v>195</v>
+      </c>
+      <c r="G111" t="s">
+        <v>90</v>
+      </c>
+      <c r="H111">
+        <v>2009</v>
+      </c>
+      <c r="I111">
+        <v>2014</v>
+      </c>
+      <c r="J111" t="s">
+        <v>91</v>
+      </c>
+      <c r="K111" t="s">
+        <v>24</v>
+      </c>
+      <c r="L111" t="s">
+        <v>169</v>
+      </c>
+      <c r="M111" t="s">
+        <v>25</v>
+      </c>
+      <c r="N111" t="s">
+        <v>26</v>
+      </c>
+      <c r="O111" t="s">
+        <v>473</v>
+      </c>
+      <c r="P111" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="112" spans="1:16">
+      <c r="A112" t="s">
+        <v>475</v>
+      </c>
+      <c r="B112" t="s">
+        <v>476</v>
+      </c>
+      <c r="C112" t="s">
+        <v>18</v>
+      </c>
+      <c r="D112" t="s">
+        <v>176</v>
+      </c>
+      <c r="E112" t="s">
+        <v>88</v>
+      </c>
+      <c r="F112" t="s">
+        <v>195</v>
+      </c>
+      <c r="G112" t="s">
         <v>22</v>
       </c>
-      <c r="M103" t="s">
+      <c r="H112">
+        <v>2004</v>
+      </c>
+      <c r="I112"/>
+      <c r="J112" t="s">
+        <v>91</v>
+      </c>
+      <c r="K112" t="s">
+        <v>24</v>
+      </c>
+      <c r="L112" t="s">
+        <v>177</v>
+      </c>
+      <c r="M112" t="s">
+        <v>25</v>
+      </c>
+      <c r="N112" t="s">
+        <v>26</v>
+      </c>
+      <c r="O112" t="s">
+        <v>477</v>
+      </c>
+      <c r="P112" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="113" spans="1:16">
+      <c r="A113" t="s">
+        <v>478</v>
+      </c>
+      <c r="B113" t="s">
+        <v>479</v>
+      </c>
+      <c r="C113" t="s">
+        <v>18</v>
+      </c>
+      <c r="D113" t="s">
+        <v>480</v>
+      </c>
+      <c r="E113" t="s">
+        <v>88</v>
+      </c>
+      <c r="F113" t="s">
+        <v>195</v>
+      </c>
+      <c r="G113" t="s">
+        <v>90</v>
+      </c>
+      <c r="H113">
+        <v>2010</v>
+      </c>
+      <c r="I113">
+        <v>2012</v>
+      </c>
+      <c r="J113" t="s">
+        <v>91</v>
+      </c>
+      <c r="K113" t="s">
+        <v>24</v>
+      </c>
+      <c r="L113"/>
+      <c r="M113" t="s">
+        <v>25</v>
+      </c>
+      <c r="N113" t="s">
+        <v>26</v>
+      </c>
+      <c r="O113" t="s">
+        <v>481</v>
+      </c>
+      <c r="P113" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="114" spans="1:16">
+      <c r="A114" t="s">
+        <v>482</v>
+      </c>
+      <c r="B114" t="s">
+        <v>483</v>
+      </c>
+      <c r="C114" t="s">
+        <v>18</v>
+      </c>
+      <c r="D114" t="s">
+        <v>140</v>
+      </c>
+      <c r="E114" t="s">
+        <v>88</v>
+      </c>
+      <c r="F114" t="s">
+        <v>195</v>
+      </c>
+      <c r="G114" t="s">
+        <v>90</v>
+      </c>
+      <c r="H114">
+        <v>1992</v>
+      </c>
+      <c r="I114">
+        <v>2004</v>
+      </c>
+      <c r="J114" t="s">
+        <v>91</v>
+      </c>
+      <c r="K114" t="s">
+        <v>24</v>
+      </c>
+      <c r="L114" t="s">
+        <v>141</v>
+      </c>
+      <c r="M114" t="s">
+        <v>25</v>
+      </c>
+      <c r="N114" t="s">
+        <v>26</v>
+      </c>
+      <c r="O114" t="s">
+        <v>484</v>
+      </c>
+      <c r="P114" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="115" spans="1:16">
+      <c r="A115" t="s">
+        <v>486</v>
+      </c>
+      <c r="B115" t="s">
+        <v>487</v>
+      </c>
+      <c r="C115" t="s">
+        <v>18</v>
+      </c>
+      <c r="D115" t="s">
+        <v>79</v>
+      </c>
+      <c r="E115" t="s">
+        <v>88</v>
+      </c>
+      <c r="F115" t="s">
+        <v>195</v>
+      </c>
+      <c r="G115" t="s">
+        <v>90</v>
+      </c>
+      <c r="H115">
+        <v>2015</v>
+      </c>
+      <c r="I115">
+        <v>2019</v>
+      </c>
+      <c r="J115" t="s">
+        <v>452</v>
+      </c>
+      <c r="K115" t="s">
+        <v>24</v>
+      </c>
+      <c r="L115"/>
+      <c r="M115" t="s">
+        <v>453</v>
+      </c>
+      <c r="N115" t="s">
+        <v>26</v>
+      </c>
+      <c r="O115" t="s">
+        <v>488</v>
+      </c>
+      <c r="P115" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="116" spans="1:16">
+      <c r="A116" t="s">
+        <v>490</v>
+      </c>
+      <c r="B116" t="s">
+        <v>78</v>
+      </c>
+      <c r="C116" t="s">
+        <v>18</v>
+      </c>
+      <c r="D116" t="s">
+        <v>79</v>
+      </c>
+      <c r="E116" t="s">
+        <v>88</v>
+      </c>
+      <c r="F116" t="s">
+        <v>195</v>
+      </c>
+      <c r="G116" t="s">
+        <v>22</v>
+      </c>
+      <c r="H116">
+        <v>2015</v>
+      </c>
+      <c r="I116"/>
+      <c r="J116" t="s">
         <v>23</v>
       </c>
-      <c r="N103" t="s">
-[...178 lines deleted...]
-      <c r="C108" t="s">
+      <c r="K116" t="s">
+        <v>24</v>
+      </c>
+      <c r="L116"/>
+      <c r="M116" t="s">
+        <v>25</v>
+      </c>
+      <c r="N116" t="s">
+        <v>26</v>
+      </c>
+      <c r="O116" t="s">
+        <v>491</v>
+      </c>
+      <c r="P116" t="s">
         <v>99</v>
       </c>
-      <c r="D108" t="s">
-[...40 lines deleted...]
-      <c r="C109" t="s">
+    </row>
+    <row r="117" spans="1:16">
+      <c r="A117" t="s">
+        <v>492</v>
+      </c>
+      <c r="B117" t="s">
+        <v>493</v>
+      </c>
+      <c r="C117" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" t="s">
         <v>83</v>
       </c>
-      <c r="D109" t="s">
-[...343 lines deleted...]
-      </c>
       <c r="E117" t="s">
-        <v>151</v>
+        <v>88</v>
       </c>
       <c r="F117" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>195</v>
+      </c>
+      <c r="G117" t="s">
+        <v>90</v>
       </c>
       <c r="H117">
         <v>2012</v>
       </c>
-      <c r="I117" t="s">
+      <c r="I117">
+        <v>2012</v>
+      </c>
+      <c r="J117" t="s">
+        <v>23</v>
+      </c>
+      <c r="K117" t="s">
+        <v>24</v>
+      </c>
+      <c r="L117"/>
+      <c r="M117" t="s">
+        <v>25</v>
+      </c>
+      <c r="N117" t="s">
+        <v>26</v>
+      </c>
+      <c r="O117" t="s">
+        <v>494</v>
+      </c>
+      <c r="P117" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="118" spans="1:16">
+      <c r="A118" t="s">
+        <v>495</v>
+      </c>
+      <c r="B118" t="s">
+        <v>496</v>
+      </c>
+      <c r="C118" t="s">
+        <v>18</v>
+      </c>
+      <c r="D118" t="s">
+        <v>238</v>
+      </c>
+      <c r="E118" t="s">
+        <v>88</v>
+      </c>
+      <c r="F118" t="s">
+        <v>195</v>
+      </c>
+      <c r="G118" t="s">
+        <v>90</v>
+      </c>
+      <c r="H118">
+        <v>2012</v>
+      </c>
+      <c r="I118">
+        <v>2016</v>
+      </c>
+      <c r="J118" t="s">
+        <v>23</v>
+      </c>
+      <c r="K118" t="s">
+        <v>24</v>
+      </c>
+      <c r="L118"/>
+      <c r="M118" t="s">
+        <v>25</v>
+      </c>
+      <c r="N118" t="s">
+        <v>26</v>
+      </c>
+      <c r="O118" t="s">
+        <v>497</v>
+      </c>
+      <c r="P118" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="119" spans="1:16">
+      <c r="A119" t="s">
+        <v>495</v>
+      </c>
+      <c r="B119" t="s">
+        <v>498</v>
+      </c>
+      <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
+        <v>238</v>
+      </c>
+      <c r="E119" t="s">
+        <v>88</v>
+      </c>
+      <c r="F119" t="s">
+        <v>195</v>
+      </c>
+      <c r="G119" t="s">
+        <v>90</v>
+      </c>
+      <c r="H119">
+        <v>2012</v>
+      </c>
+      <c r="I119">
+        <v>2015</v>
+      </c>
+      <c r="J119" t="s">
+        <v>23</v>
+      </c>
+      <c r="K119" t="s">
+        <v>24</v>
+      </c>
+      <c r="L119"/>
+      <c r="M119" t="s">
+        <v>25</v>
+      </c>
+      <c r="N119" t="s">
+        <v>26</v>
+      </c>
+      <c r="O119" t="s">
+        <v>499</v>
+      </c>
+      <c r="P119" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="120" spans="1:16">
+      <c r="A120" t="s">
+        <v>500</v>
+      </c>
+      <c r="B120" t="s">
+        <v>501</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
+        <v>189</v>
+      </c>
+      <c r="E120" t="s">
+        <v>88</v>
+      </c>
+      <c r="F120" t="s">
+        <v>195</v>
+      </c>
+      <c r="G120" t="s">
+        <v>22</v>
+      </c>
+      <c r="H120">
+        <v>2009</v>
+      </c>
+      <c r="I120"/>
+      <c r="J120" t="s">
+        <v>23</v>
+      </c>
+      <c r="K120" t="s">
+        <v>24</v>
+      </c>
+      <c r="L120" t="s">
+        <v>190</v>
+      </c>
+      <c r="M120" t="s">
+        <v>25</v>
+      </c>
+      <c r="N120" t="s">
+        <v>26</v>
+      </c>
+      <c r="O120" t="s">
+        <v>502</v>
+      </c>
+      <c r="P120" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="121" spans="1:16">
+      <c r="A121" t="s">
+        <v>503</v>
+      </c>
+      <c r="B121" t="s">
+        <v>504</v>
+      </c>
+      <c r="C121" t="s">
+        <v>18</v>
+      </c>
+      <c r="D121" t="s">
+        <v>108</v>
+      </c>
+      <c r="E121" t="s">
+        <v>88</v>
+      </c>
+      <c r="F121" t="s">
+        <v>195</v>
+      </c>
+      <c r="G121" t="s">
+        <v>90</v>
+      </c>
+      <c r="H121">
+        <v>2002</v>
+      </c>
+      <c r="I121">
+        <v>2004</v>
+      </c>
+      <c r="J121" t="s">
+        <v>23</v>
+      </c>
+      <c r="K121" t="s">
+        <v>24</v>
+      </c>
+      <c r="L121" t="s">
+        <v>109</v>
+      </c>
+      <c r="M121" t="s">
+        <v>25</v>
+      </c>
+      <c r="N121" t="s">
+        <v>26</v>
+      </c>
+      <c r="O121" t="s">
+        <v>505</v>
+      </c>
+      <c r="P121" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16">
+      <c r="A122" t="s">
+        <v>506</v>
+      </c>
+      <c r="B122" t="s">
+        <v>507</v>
+      </c>
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
+        <v>508</v>
+      </c>
+      <c r="E122" t="s">
+        <v>88</v>
+      </c>
+      <c r="F122" t="s">
+        <v>195</v>
+      </c>
+      <c r="G122" t="s">
+        <v>509</v>
+      </c>
+      <c r="H122"/>
+      <c r="I122"/>
+      <c r="J122" t="s">
+        <v>23</v>
+      </c>
+      <c r="K122" t="s">
+        <v>323</v>
+      </c>
+      <c r="L122"/>
+      <c r="M122" t="s">
+        <v>25</v>
+      </c>
+      <c r="N122" t="s">
+        <v>26</v>
+      </c>
+      <c r="O122" t="s">
+        <v>510</v>
+      </c>
+      <c r="P122" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16">
+      <c r="A123" t="s">
+        <v>511</v>
+      </c>
+      <c r="B123" t="s">
+        <v>512</v>
+      </c>
+      <c r="C123" t="s">
+        <v>194</v>
+      </c>
+      <c r="D123" t="s">
+        <v>168</v>
+      </c>
+      <c r="E123" t="s">
         <v>20</v>
       </c>
-      <c r="J117" t="s">
+      <c r="F123" t="s">
+        <v>89</v>
+      </c>
+      <c r="G123" t="s">
+        <v>22</v>
+      </c>
+      <c r="H123">
+        <v>2011</v>
+      </c>
+      <c r="I123"/>
+      <c r="J123" t="s">
+        <v>196</v>
+      </c>
+      <c r="K123" t="s">
+        <v>24</v>
+      </c>
+      <c r="L123"/>
+      <c r="M123" t="s">
+        <v>228</v>
+      </c>
+      <c r="N123" t="s">
+        <v>26</v>
+      </c>
+      <c r="O123" t="s">
+        <v>513</v>
+      </c>
+      <c r="P123" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16">
+      <c r="A124" t="s">
+        <v>515</v>
+      </c>
+      <c r="B124" t="s">
+        <v>516</v>
+      </c>
+      <c r="C124" t="s">
+        <v>194</v>
+      </c>
+      <c r="D124" t="s">
+        <v>517</v>
+      </c>
+      <c r="E124" t="s">
+        <v>20</v>
+      </c>
+      <c r="F124" t="s">
+        <v>89</v>
+      </c>
+      <c r="G124" t="s">
+        <v>22</v>
+      </c>
+      <c r="H124">
+        <v>2012</v>
+      </c>
+      <c r="I124"/>
+      <c r="J124" t="s">
+        <v>196</v>
+      </c>
+      <c r="K124" t="s">
+        <v>518</v>
+      </c>
+      <c r="L124" t="s">
+        <v>519</v>
+      </c>
+      <c r="M124" t="s">
+        <v>520</v>
+      </c>
+      <c r="N124" t="s">
+        <v>26</v>
+      </c>
+      <c r="O124" t="s">
+        <v>521</v>
+      </c>
+      <c r="P124" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16">
+      <c r="A125" t="s">
+        <v>522</v>
+      </c>
+      <c r="B125" t="s">
+        <v>523</v>
+      </c>
+      <c r="C125" t="s">
+        <v>18</v>
+      </c>
+      <c r="D125" t="s">
+        <v>108</v>
+      </c>
+      <c r="E125" t="s">
+        <v>20</v>
+      </c>
+      <c r="F125" t="s">
         <v>21</v>
       </c>
-      <c r="K117"/>
-[...320 lines deleted...]
-        <v>2012</v>
+      <c r="G125" t="s">
+        <v>90</v>
       </c>
       <c r="H125">
         <v>2012</v>
       </c>
-      <c r="I125" t="s">
+      <c r="I125">
+        <v>2012</v>
+      </c>
+      <c r="J125" t="s">
+        <v>23</v>
+      </c>
+      <c r="K125" t="s">
+        <v>24</v>
+      </c>
+      <c r="L125"/>
+      <c r="M125" t="s">
+        <v>25</v>
+      </c>
+      <c r="N125" t="s">
+        <v>26</v>
+      </c>
+      <c r="O125" t="s">
+        <v>524</v>
+      </c>
+      <c r="P125" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16">
+      <c r="A126" t="s">
+        <v>522</v>
+      </c>
+      <c r="B126" t="s">
+        <v>83</v>
+      </c>
+      <c r="C126" t="s">
+        <v>18</v>
+      </c>
+      <c r="D126" t="s">
+        <v>83</v>
+      </c>
+      <c r="E126" t="s">
         <v>20</v>
       </c>
-      <c r="J125" t="s">
+      <c r="F126" t="s">
         <v>21</v>
       </c>
-      <c r="K125"/>
-[...30 lines deleted...]
-        <v>2012</v>
+      <c r="G126" t="s">
+        <v>90</v>
       </c>
       <c r="H126">
         <v>2012</v>
       </c>
-      <c r="I126" t="s">
-        <v>20</v>
+      <c r="I126">
+        <v>2012</v>
       </c>
       <c r="J126" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="K126" t="s">
+        <v>24</v>
+      </c>
+      <c r="L126"/>
       <c r="M126" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N126" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O126" t="s">
+        <v>525</v>
+      </c>
+      <c r="P126" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16">
       <c r="A127" t="s">
-        <v>376</v>
+        <v>526</v>
       </c>
       <c r="B127" t="s">
-        <v>377</v>
+        <v>527</v>
       </c>
       <c r="C127" t="s">
-        <v>378</v>
+        <v>528</v>
       </c>
       <c r="D127" t="s">
-        <v>68</v>
+        <v>529</v>
       </c>
       <c r="E127" t="s">
-        <v>379</v>
+        <v>88</v>
       </c>
       <c r="F127" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="G127">
+        <v>530</v>
+      </c>
+      <c r="G127" t="s">
+        <v>8</v>
+      </c>
+      <c r="H127">
         <v>2015</v>
       </c>
-      <c r="H127">
+      <c r="I127">
         <v>2024</v>
       </c>
-      <c r="I127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J127" t="s">
-        <v>21</v>
+        <v>531</v>
       </c>
       <c r="K127" t="s">
-        <v>382</v>
+        <v>24</v>
       </c>
       <c r="L127" t="s">
-        <v>383</v>
+        <v>532</v>
       </c>
       <c r="M127" t="s">
-        <v>23</v>
+        <v>533</v>
       </c>
       <c r="N127" t="s">
-        <v>384</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O127" t="s">
+        <v>534</v>
+      </c>
+      <c r="P127" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16">
       <c r="A128" t="s">
-        <v>385</v>
+        <v>536</v>
       </c>
       <c r="B128" t="s">
-        <v>15</v>
+        <v>537</v>
       </c>
       <c r="C128" t="s">
-        <v>143</v>
+        <v>18</v>
       </c>
       <c r="D128" t="s">
-        <v>68</v>
+        <v>185</v>
       </c>
       <c r="E128" t="s">
-        <v>379</v>
+        <v>88</v>
       </c>
       <c r="F128" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="G128">
+        <v>530</v>
+      </c>
+      <c r="G128" t="s">
+        <v>8</v>
+      </c>
+      <c r="H128">
         <v>2004</v>
       </c>
-      <c r="H128">
+      <c r="I128">
         <v>2024</v>
       </c>
-      <c r="I128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J128" t="s">
-        <v>21</v>
+        <v>531</v>
       </c>
       <c r="K128" t="s">
-        <v>386</v>
+        <v>24</v>
       </c>
       <c r="L128" t="s">
-        <v>383</v>
+        <v>538</v>
       </c>
       <c r="M128" t="s">
-        <v>23</v>
+        <v>533</v>
       </c>
       <c r="N128" t="s">
-        <v>387</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O128" t="s">
+        <v>539</v>
+      </c>
+      <c r="P128" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16">
       <c r="A129" t="s">
-        <v>388</v>
+        <v>540</v>
       </c>
       <c r="B129" t="s">
-        <v>377</v>
+        <v>541</v>
       </c>
       <c r="C129" t="s">
-        <v>16</v>
+        <v>528</v>
       </c>
       <c r="D129" t="s">
-        <v>68</v>
+        <v>19</v>
       </c>
       <c r="E129" t="s">
-        <v>389</v>
+        <v>88</v>
       </c>
       <c r="F129" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G129">
+        <v>542</v>
+      </c>
+      <c r="G129" t="s">
+        <v>543</v>
+      </c>
+      <c r="H129">
         <v>2024</v>
       </c>
-      <c r="H129"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I129"/>
       <c r="J129" t="s">
-        <v>21</v>
+        <v>531</v>
       </c>
       <c r="K129" t="s">
-        <v>390</v>
+        <v>24</v>
       </c>
       <c r="L129" t="s">
-        <v>383</v>
+        <v>544</v>
       </c>
       <c r="M129" t="s">
-        <v>23</v>
+        <v>533</v>
       </c>
       <c r="N129" t="s">
-        <v>391</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O129" t="s">
+        <v>545</v>
+      </c>
+      <c r="P129" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16">
       <c r="A130" t="s">
-        <v>392</v>
+        <v>546</v>
       </c>
       <c r="B130" t="s">
-        <v>377</v>
+        <v>547</v>
       </c>
       <c r="C130" t="s">
-        <v>393</v>
+        <v>528</v>
       </c>
       <c r="D130" t="s">
-        <v>68</v>
+        <v>548</v>
       </c>
       <c r="E130" t="s">
-        <v>394</v>
+        <v>88</v>
       </c>
       <c r="F130" t="s">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="G130">
+        <v>549</v>
+      </c>
+      <c r="G130" t="s">
+        <v>543</v>
+      </c>
+      <c r="H130">
         <v>2024</v>
       </c>
-      <c r="H130"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I130"/>
       <c r="J130" t="s">
-        <v>21</v>
+        <v>531</v>
       </c>
       <c r="K130" t="s">
-        <v>395</v>
+        <v>24</v>
       </c>
       <c r="L130" t="s">
-        <v>383</v>
+        <v>550</v>
       </c>
       <c r="M130" t="s">
-        <v>23</v>
+        <v>533</v>
       </c>
       <c r="N130" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O130" t="s">
+        <v>551</v>
+      </c>
+      <c r="P130" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16">
       <c r="A131" t="s">
-        <v>397</v>
+        <v>552</v>
       </c>
       <c r="B131" t="s">
-        <v>15</v>
+        <v>553</v>
       </c>
       <c r="C131" t="s">
-        <v>398</v>
+        <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>68</v>
+        <v>554</v>
       </c>
       <c r="E131" t="s">
-        <v>389</v>
+        <v>88</v>
       </c>
       <c r="F131" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="G131">
+        <v>542</v>
+      </c>
+      <c r="G131" t="s">
+        <v>8</v>
+      </c>
+      <c r="H131">
         <v>2011</v>
       </c>
-      <c r="H131">
+      <c r="I131">
         <v>2024</v>
       </c>
-      <c r="I131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J131" t="s">
-        <v>21</v>
+        <v>531</v>
       </c>
       <c r="K131" t="s">
-        <v>399</v>
+        <v>24</v>
       </c>
       <c r="L131" t="s">
-        <v>383</v>
+        <v>555</v>
       </c>
       <c r="M131" t="s">
-        <v>23</v>
+        <v>533</v>
       </c>
       <c r="N131" t="s">
-        <v>400</v>
+        <v>26</v>
+      </c>
+      <c r="O131" t="s">
+        <v>556</v>
+      </c>
+      <c r="P131" t="s">
+        <v>557</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>