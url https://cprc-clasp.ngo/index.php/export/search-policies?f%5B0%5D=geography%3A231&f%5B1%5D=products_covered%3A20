--- v0 (2025-10-12)
+++ v1 (2026-02-03)
@@ -12,224 +12,261 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>GOST 16617-87 Household electric heating appliances - General specifications</t>
   </si>
   <si>
+    <t>This policy covers household electric heating appliances.</t>
+  </si>
+  <si>
     <t>Russia</t>
   </si>
   <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>August 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Art 4.3 of GOST 16617-87</t>
   </si>
   <si>
     <t>Russian Energy Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-16617-87-household-electric-heating-appliances-general-specifications</t>
   </si>
   <si>
+    <t>http://internet-law.ru/gosts/gost/12035/----http://docs.cntd.ru/document/1200013269</t>
+  </si>
+  <si>
     <t>GOST 26287-84 Household electric pumps - General specifications</t>
   </si>
   <si>
+    <t>This policy covers gas-fired air heaters with forced convection for heating rooms not exceeding a net heat input of 100 kW.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26287-84-household-electric-pumps-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12841/</t>
+  </si>
+  <si>
     <t>GOST 26963-86 Self-contained room air conditioners - General specifications</t>
   </si>
   <si>
+    <t>This policy covers non-ducted and split type air conditioners.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-26963-86-self-contained-room-air-conditioners-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/19898/</t>
+  </si>
+  <si>
     <t>GOST 7402-84 Electric fans for domestic use - General specifications</t>
   </si>
   <si>
+    <t>This standard applies to electric fans driven by an electric motor and a speed controller for domestic and similar applications, manufactured for the needs of the national economy and export to countries with temperate and tropical climates, and specifies the dimensions, norms, rules, requirements and test methods. The standard does not apply to fans designed: for use in locations with special conditions, such as an explosive or corrosive atmosphere; for radiators, refrigerators and air conditioning units; for cooling special heating appliances (cookers, electric ovens, hoods, microwave kitchen appliances); for work on ships and jet fans.</t>
+  </si>
+  <si>
     <t>Window Fans</t>
   </si>
   <si>
     <t>Art 6.5 of GOST 7402-84</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gost-7402-84-electric-fans-domestic-use-general-specifications</t>
   </si>
   <si>
+    <t>https://internet-law.ru/gosts/gost/12848/</t>
+  </si>
+  <si>
     <t>Ministry of Industry and Trade Decree N 769</t>
   </si>
   <si>
+    <t>Electric water heaters accumulative; Household Electric boilers</t>
+  </si>
+  <si>
     <t>Imaging Equipment, Televisions, Displays, Ovens, Microwaves, Dishwashers, Washer and Dryers, Non-Directional lamps, Elevators, Boilers and Furnaces, Room ACs - Stationary ACs, Instantaneous Water Heaters, Storage Water Heaters, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>GOST 21766-87, GOST 21552-84</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade of the Russian Federation</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/ministry-industry-and-trade-decree-n-769</t>
+  </si>
+  <si>
+    <t>http://www.consultant.ru/document/cons_doc_LAW_109983/c3f92e3c0a2fd053673311fdef9e3ee11b1609f9/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -493,361 +530,400 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="90" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="137" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="90.692" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="763.099" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="313.638" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="137.966" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1987</v>
+      </c>
+      <c r="I2">
+        <v>1988</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>33</v>
+      </c>
+      <c r="H3">
+        <v>2011</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>34</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>35</v>
+      </c>
+      <c r="P3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1986</v>
+      </c>
+      <c r="I4">
         <v>1988</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
-[...2 lines deleted...]
-      <c r="L2" t="s">
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5">
+        <v>1986</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K5" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L5" t="s">
+        <v>45</v>
+      </c>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6">
+        <v>2012</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L6" t="s">
+        <v>53</v>
+      </c>
+      <c r="M6" t="s">
+        <v>54</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...152 lines deleted...]
-        <v>44</v>
+      <c r="O6" t="s">
+        <v>55</v>
+      </c>
+      <c r="P6" t="s">
+        <v>56</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>