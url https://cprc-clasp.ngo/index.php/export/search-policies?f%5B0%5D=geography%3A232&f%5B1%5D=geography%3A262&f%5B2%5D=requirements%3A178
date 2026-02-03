--- v0 (2025-10-11)
+++ v1 (2026-02-03)
@@ -12,320 +12,398 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -589,651 +667,732 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="113.115" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-      <c r="A3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
         <v>26</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...8 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>63</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2010</v>
+      </c>
+      <c r="I8">
+        <v>2017</v>
+      </c>
+      <c r="J8" t="s">
+        <v>64</v>
+      </c>
+      <c r="K8" t="s">
+        <v>65</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>66</v>
+      </c>
+      <c r="N8" t="s">
+        <v>67</v>
+      </c>
+      <c r="O8" t="s">
+        <v>68</v>
+      </c>
+      <c r="P8" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>1994</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+      <c r="K9" t="s">
         <v>24</v>
       </c>
-      <c r="N3" t="s">
-        <v>28</v>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>76</v>
+      </c>
+      <c r="P9" t="s">
+        <v>77</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>72</v>
+      </c>
+      <c r="D10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2001</v>
+      </c>
+      <c r="I10">
+        <v>2019</v>
+      </c>
+      <c r="J10" t="s">
+        <v>73</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" t="s">
+        <v>75</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>81</v>
+      </c>
+      <c r="P10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>61</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11">
+        <v>2015</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
+        <v>86</v>
+      </c>
+      <c r="K11" t="s">
+        <v>87</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>89</v>
+      </c>
+      <c r="P11" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>91</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...5 lines deleted...]
-      <c r="H4">
+      <c r="D12" t="s">
+        <v>93</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>94</v>
+      </c>
+      <c r="G12" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>38</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12"/>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>95</v>
+      </c>
+      <c r="P12" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>97</v>
+      </c>
+      <c r="B13" t="s">
+        <v>98</v>
+      </c>
+      <c r="C13" t="s">
+        <v>99</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" t="s">
+        <v>44</v>
+      </c>
+      <c r="H13">
         <v>2013</v>
       </c>
-      <c r="I4" t="s">
-[...9 lines deleted...]
-      <c r="M4" t="s">
+      <c r="I13"/>
+      <c r="J13" t="s">
+        <v>38</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-      <c r="N4" t="s">
-[...178 lines deleted...]
-      <c r="C9" t="s">
+      <c r="L13"/>
+      <c r="M13"/>
+      <c r="N13" t="s">
         <v>27</v>
       </c>
-      <c r="D9" t="s">
-[...190 lines deleted...]
-        <v>76</v>
+      <c r="O13" t="s">
+        <v>100</v>
+      </c>
+      <c r="P13" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>