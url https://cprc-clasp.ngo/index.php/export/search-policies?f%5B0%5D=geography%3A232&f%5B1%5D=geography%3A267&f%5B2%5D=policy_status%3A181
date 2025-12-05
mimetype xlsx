--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,407 +12,519 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -676,949 +788,1070 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N20"/>
+  <dimension ref="A1:P20"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2017</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>33</v>
+      </c>
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3">
+        <v>2006</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>36</v>
+      </c>
+      <c r="K3" t="s">
+        <v>37</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>39</v>
+      </c>
+      <c r="O3" t="s">
+        <v>40</v>
+      </c>
+      <c r="P3" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>42</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>44</v>
+      </c>
+      <c r="E4" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4">
+        <v>1993</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
+        <v>39</v>
+      </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1986</v>
+      </c>
+      <c r="I5">
+        <v>2004</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>39</v>
+      </c>
+      <c r="O5" t="s">
+        <v>50</v>
+      </c>
+      <c r="P5" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>1994</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>37</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>59</v>
+      </c>
+      <c r="N6" t="s">
+        <v>39</v>
+      </c>
+      <c r="O6" t="s">
+        <v>60</v>
+      </c>
+      <c r="P6" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2001</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>57</v>
+      </c>
+      <c r="K7" t="s">
+        <v>37</v>
+      </c>
+      <c r="L7" t="s">
+        <v>65</v>
+      </c>
+      <c r="M7" t="s">
+        <v>59</v>
+      </c>
+      <c r="N7" t="s">
+        <v>39</v>
+      </c>
+      <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D8" t="s">
+        <v>70</v>
+      </c>
+      <c r="E8" t="s">
+        <v>33</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
+      <c r="I8">
+        <v>2021</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>73</v>
+      </c>
+      <c r="N8" t="s">
+        <v>74</v>
+      </c>
+      <c r="O8" t="s">
+        <v>75</v>
+      </c>
+      <c r="P8" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>77</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" t="s">
+        <v>79</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2007</v>
+      </c>
+      <c r="I9">
+        <v>2011</v>
+      </c>
+      <c r="J9" t="s">
+        <v>36</v>
+      </c>
+      <c r="K9" t="s">
+        <v>37</v>
+      </c>
+      <c r="L9" t="s">
+        <v>80</v>
+      </c>
+      <c r="M9" t="s">
+        <v>81</v>
+      </c>
+      <c r="N9" t="s">
+        <v>39</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F10" t="s">
+        <v>87</v>
+      </c>
+      <c r="G10" t="s">
         <v>22</v>
-      </c>
-[...325 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H10">
         <v>2006</v>
       </c>
-      <c r="I10" t="s">
+      <c r="I10">
+        <v>2006</v>
+      </c>
+      <c r="J10" t="s">
+        <v>36</v>
+      </c>
+      <c r="K10" t="s">
+        <v>37</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>81</v>
+      </c>
+      <c r="N10" t="s">
+        <v>74</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10"/>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>89</v>
+      </c>
+      <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
         <v>31</v>
       </c>
-      <c r="J10" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>91</v>
       </c>
       <c r="E11" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F11" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>34</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
         <v>2006</v>
       </c>
-      <c r="H11">
+      <c r="I11">
         <v>2015</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
+        <v>36</v>
+      </c>
+      <c r="K11" t="s">
+        <v>37</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>39</v>
+      </c>
+      <c r="O11" t="s">
+        <v>92</v>
+      </c>
+      <c r="P11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="J11" t="s">
-[...3 lines deleted...]
-      <c r="L11" t="s">
+      <c r="D12" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" t="s">
         <v>33</v>
       </c>
-      <c r="M11" t="s">
-[...21 lines deleted...]
-      </c>
       <c r="F12" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G12">
+        <v>87</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12">
         <v>2016</v>
       </c>
-      <c r="H12"/>
-      <c r="I12" t="s">
+      <c r="I12"/>
+      <c r="J12" t="s">
+        <v>36</v>
+      </c>
+      <c r="K12" t="s">
+        <v>37</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>81</v>
+      </c>
+      <c r="N12" t="s">
+        <v>39</v>
+      </c>
+      <c r="O12" t="s">
+        <v>97</v>
+      </c>
+      <c r="P12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>100</v>
+      </c>
+      <c r="C13" t="s">
         <v>31</v>
       </c>
-      <c r="J12" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>28</v>
+        <v>101</v>
       </c>
       <c r="E13" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
       <c r="F13" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>87</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
       </c>
       <c r="H13">
         <v>2016</v>
       </c>
-      <c r="I13" t="s">
+      <c r="I13">
+        <v>2016</v>
+      </c>
+      <c r="J13" t="s">
+        <v>36</v>
+      </c>
+      <c r="K13" t="s">
+        <v>37</v>
+      </c>
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>81</v>
+      </c>
+      <c r="N13" t="s">
+        <v>39</v>
+      </c>
+      <c r="O13" t="s">
+        <v>102</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
         <v>31</v>
       </c>
-      <c r="J13" t="s">
-[...6 lines deleted...]
-      <c r="M13" t="s">
+      <c r="D14" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" t="s">
+        <v>33</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>35</v>
+      </c>
+      <c r="H14">
+        <v>2014</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>36</v>
+      </c>
+      <c r="K14" t="s">
+        <v>37</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>38</v>
+      </c>
+      <c r="N14" t="s">
+        <v>39</v>
+      </c>
+      <c r="O14" t="s">
+        <v>106</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>108</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>31</v>
+      </c>
+      <c r="D15" t="s">
+        <v>110</v>
+      </c>
+      <c r="E15" t="s">
+        <v>33</v>
+      </c>
+      <c r="F15" t="s">
+        <v>87</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2012</v>
+      </c>
+      <c r="I15">
+        <v>2013</v>
+      </c>
+      <c r="J15" t="s">
+        <v>36</v>
+      </c>
+      <c r="K15" t="s">
+        <v>37</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>81</v>
+      </c>
+      <c r="N15" t="s">
+        <v>39</v>
+      </c>
+      <c r="O15" t="s">
+        <v>112</v>
+      </c>
+      <c r="P15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>114</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>31</v>
+      </c>
+      <c r="D16" t="s">
+        <v>116</v>
+      </c>
+      <c r="E16" t="s">
+        <v>33</v>
+      </c>
+      <c r="F16" t="s">
         <v>34</v>
       </c>
-      <c r="N13" t="s">
-[...16 lines deleted...]
-      <c r="E14" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1986</v>
+      </c>
+      <c r="I16">
+        <v>2012</v>
+      </c>
+      <c r="J16" t="s">
+        <v>36</v>
+      </c>
+      <c r="K16" t="s">
+        <v>117</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>118</v>
+      </c>
+      <c r="N16" t="s">
+        <v>39</v>
+      </c>
+      <c r="O16" t="s">
+        <v>119</v>
+      </c>
+      <c r="P16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>121</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>31</v>
+      </c>
+      <c r="D17" t="s">
+        <v>122</v>
+      </c>
+      <c r="E17" t="s">
+        <v>33</v>
+      </c>
+      <c r="F17" t="s">
+        <v>87</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1986</v>
+      </c>
+      <c r="I17">
+        <v>2014</v>
+      </c>
+      <c r="J17" t="s">
+        <v>36</v>
+      </c>
+      <c r="K17" t="s">
+        <v>37</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>81</v>
+      </c>
+      <c r="N17" t="s">
+        <v>39</v>
+      </c>
+      <c r="O17" t="s">
+        <v>123</v>
+      </c>
+      <c r="P17" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>125</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>31</v>
+      </c>
+      <c r="D18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18">
+        <v>2004</v>
+      </c>
+      <c r="I18"/>
+      <c r="J18" t="s">
+        <v>36</v>
+      </c>
+      <c r="K18" t="s">
+        <v>37</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>118</v>
+      </c>
+      <c r="N18" t="s">
+        <v>39</v>
+      </c>
+      <c r="O18" t="s">
+        <v>128</v>
+      </c>
+      <c r="P18" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>131</v>
+      </c>
+      <c r="C19" t="s">
         <v>18</v>
       </c>
-      <c r="F14" t="s">
-[...6 lines deleted...]
-      <c r="I14" t="s">
+      <c r="D19" t="s">
+        <v>132</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19">
+        <v>2015</v>
+      </c>
+      <c r="I19"/>
+      <c r="J19" t="s">
+        <v>133</v>
+      </c>
+      <c r="K19" t="s">
+        <v>134</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>73</v>
+      </c>
+      <c r="N19" t="s">
+        <v>39</v>
+      </c>
+      <c r="O19" t="s">
+        <v>135</v>
+      </c>
+      <c r="P19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>137</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
         <v>31</v>
       </c>
-      <c r="J14" t="s">
-[...3 lines deleted...]
-      <c r="L14" t="s">
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
         <v>33</v>
       </c>
-      <c r="M14" t="s">
-[...57 lines deleted...]
-      <c r="C16" t="s">
+      <c r="F20" t="s">
         <v>87</v>
       </c>
-      <c r="D16" t="s">
-[...173 lines deleted...]
-        <v>2011</v>
+      <c r="G20" t="s">
+        <v>22</v>
       </c>
       <c r="H20">
         <v>2011</v>
       </c>
-      <c r="I20" t="s">
-        <v>31</v>
+      <c r="I20">
+        <v>2011</v>
       </c>
       <c r="J20" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="K20" t="s">
-        <v>104</v>
+        <v>37</v>
       </c>
       <c r="L20" t="s">
-        <v>64</v>
+        <v>140</v>
       </c>
       <c r="M20" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="N20" t="s">
-        <v>105</v>
+        <v>39</v>
+      </c>
+      <c r="O20" t="s">
+        <v>141</v>
+      </c>
+      <c r="P20" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>