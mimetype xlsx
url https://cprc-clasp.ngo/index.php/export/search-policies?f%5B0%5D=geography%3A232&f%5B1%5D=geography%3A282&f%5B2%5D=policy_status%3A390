--- v0 (2025-12-06)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="711">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="703">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -2017,90 +2017,50 @@
   <si>
     <t>http://std.samr.gov.cn/gb/search/gbDetailed?id=9B70DDA94000A80CE05397BE0A0A84AC</t>
   </si>
   <si>
     <t>GB 39177-2020 Minimum allowable values of energy efficiency and energy efficiency grades for electric pressure cookers</t>
   </si>
   <si>
     <t>This standard specifies the energy efficiency grades, MEPS, and test methods for electric pressure cookers. It applies to electric pressure cookers heated by electric heating elements or electromagnetic induction, with a rated power of not more than 2000 W, rated volume of no more than 10 L, and a rated cooking pressure of 40 kPa–140 kPa.</t>
   </si>
   <si>
     <t>Kitchen</t>
   </si>
   <si>
     <t>GB 39177-2020</t>
   </si>
   <si>
     <t>The Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gb-39177-2020-minimum-allowable-values-energy-efficiency-and-energy-efficiency-grades-0</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=AB2CA7A65EF23FD1E05397BE0A0A98CA</t>
   </si>
   <si>
-    <t>GB/T 23118-2024 Household and Similar Tumble Dryer and Washer-Dryer</t>
-[...38 lines deleted...]
-  <si>
     <t>GB/T 35606-2017 Green product assessment-Solar water heating system</t>
   </si>
   <si>
     <t>Green product standard for solar water heating system.</t>
   </si>
   <si>
     <t>Water, Water Heating</t>
   </si>
   <si>
     <t>GB/T 35606-2017, GB 26969</t>
   </si>
   <si>
     <t>The State Administration for Market Regulation of China (SAMR) and The Standard…</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt-35606-2017-green-product-assessment-solar-water-heating-system</t>
   </si>
   <si>
     <t>https://openstd.samr.gov.cn/bzgk/gb/newGbInfo?hcno=FA9296E42AAB4BC2E38DCE34C6EDE596</t>
   </si>
   <si>
     <t>GB/T 39761.1-2021 Green product assessment-Household electric appliances-Part 1: Refrigerators, air-conditioners and washing machines</t>
   </si>
   <si>
     <t>Green product standard for household appliances of refrigerators, air conditioners and washing machines.</t>
@@ -2128,50 +2088,53 @@
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>GB/T16665
 ,</t>
   </si>
   <si>
     <t>National Technical Committee on Compressor Standardization</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gbt45785-2025-evaluation-energy-performance-compressed-air-stations</t>
   </si>
   <si>
     <t>https://std.samr.gov.cn/gb/search/gbDetailed?id=36DE96AA3EC8CD71E06397BE0A0A23D9</t>
   </si>
   <si>
     <t>IEC TS 62258-9-8:2020</t>
   </si>
   <si>
     <t>Quality standards for standalone off-grid solar products (pico-PV and SHS kits) up to 350 Wp.</t>
   </si>
   <si>
     <t>Renewable Energy Systems, Solar Energy Kits</t>
+  </si>
+  <si>
+    <t>Quality Standard</t>
   </si>
   <si>
     <t>August 2022</t>
   </si>
   <si>
     <t>IEC TS 62257-9-5</t>
   </si>
   <si>
     <t>Standardization Administration of China (SAC)</t>
   </si>
   <si>
     <t>Energy Efficiency, Off-Grid</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/iec-ts-62258-9-82020</t>
   </si>
   <si>
     <t>https://item.jd.com/10054560130198.html</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
     <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
   </si>
@@ -2532,61 +2495,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:P125"/>
+  <dimension ref="A1:P124"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="209.949" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="805.66" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="175.671" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="95.405" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="369.196" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -8238,370 +8201,324 @@
       </c>
       <c r="L118" t="s">
         <v>655</v>
       </c>
       <c r="M118" t="s">
         <v>656</v>
       </c>
       <c r="N118" t="s">
         <v>34</v>
       </c>
       <c r="O118" t="s">
         <v>657</v>
       </c>
       <c r="P118" t="s">
         <v>658</v>
       </c>
     </row>
     <row r="119" spans="1:16">
       <c r="A119" t="s">
         <v>659</v>
       </c>
       <c r="B119" t="s">
         <v>660</v>
       </c>
       <c r="C119" t="s">
+        <v>18</v>
+      </c>
+      <c r="D119" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
       <c r="E119" t="s">
         <v>189</v>
       </c>
       <c r="F119" t="s">
-        <v>663</v>
+        <v>190</v>
       </c>
       <c r="G119" t="s">
-        <v>515</v>
+        <v>22</v>
       </c>
       <c r="H119">
-        <v>2024</v>
+        <v>2018</v>
       </c>
       <c r="I119"/>
       <c r="J119" t="s">
+        <v>75</v>
+      </c>
+      <c r="K119" t="s">
+        <v>279</v>
+      </c>
+      <c r="L119" t="s">
+        <v>662</v>
+      </c>
+      <c r="M119" t="s">
+        <v>663</v>
+      </c>
+      <c r="N119" t="s">
+        <v>34</v>
+      </c>
+      <c r="O119" t="s">
         <v>664</v>
       </c>
-      <c r="K119" t="s">
-[...3 lines deleted...]
-      <c r="M119" t="s">
+      <c r="P119" t="s">
         <v>665</v>
-      </c>
-[...7 lines deleted...]
-        <v>667</v>
       </c>
     </row>
     <row r="120" spans="1:16">
       <c r="A120" t="s">
+        <v>666</v>
+      </c>
+      <c r="B120" t="s">
+        <v>667</v>
+      </c>
+      <c r="C120" t="s">
+        <v>18</v>
+      </c>
+      <c r="D120" t="s">
         <v>668</v>
-      </c>
-[...7 lines deleted...]
-        <v>670</v>
       </c>
       <c r="E120" t="s">
         <v>189</v>
       </c>
       <c r="F120" t="s">
         <v>190</v>
       </c>
       <c r="G120" t="s">
         <v>22</v>
       </c>
       <c r="H120">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="I120"/>
       <c r="J120" t="s">
         <v>75</v>
       </c>
       <c r="K120" t="s">
-        <v>279</v>
+        <v>24</v>
       </c>
       <c r="L120" t="s">
+        <v>669</v>
+      </c>
+      <c r="M120" t="s">
+        <v>663</v>
+      </c>
+      <c r="N120" t="s">
+        <v>34</v>
+      </c>
+      <c r="O120" t="s">
+        <v>670</v>
+      </c>
+      <c r="P120" t="s">
         <v>671</v>
-      </c>
-[...10 lines deleted...]
-        <v>674</v>
       </c>
     </row>
     <row r="121" spans="1:16">
       <c r="A121" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="B121" t="s">
-        <v>676</v>
+        <v>673</v>
       </c>
       <c r="C121" t="s">
         <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="E121" t="s">
         <v>189</v>
       </c>
       <c r="F121" t="s">
-        <v>190</v>
+        <v>514</v>
       </c>
       <c r="G121" t="s">
-        <v>22</v>
+        <v>515</v>
       </c>
       <c r="H121">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="I121"/>
       <c r="J121" t="s">
-        <v>75</v>
+        <v>675</v>
       </c>
       <c r="K121" t="s">
         <v>24</v>
       </c>
       <c r="L121" t="s">
+        <v>676</v>
+      </c>
+      <c r="M121" t="s">
+        <v>677</v>
+      </c>
+      <c r="N121" t="s">
+        <v>34</v>
+      </c>
+      <c r="O121" t="s">
         <v>678</v>
       </c>
-      <c r="M121" t="s">
-[...5 lines deleted...]
-      <c r="O121" t="s">
+      <c r="P121" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
     </row>
     <row r="122" spans="1:16">
       <c r="A122" t="s">
+        <v>680</v>
+      </c>
+      <c r="B122" t="s">
         <v>681</v>
       </c>
-      <c r="B122" t="s">
+      <c r="C122" t="s">
+        <v>18</v>
+      </c>
+      <c r="D122" t="s">
         <v>682</v>
-      </c>
-[...4 lines deleted...]
-        <v>683</v>
       </c>
       <c r="E122" t="s">
         <v>189</v>
       </c>
       <c r="F122" t="s">
-        <v>514</v>
+        <v>683</v>
       </c>
       <c r="G122" t="s">
-        <v>515</v>
+        <v>22</v>
       </c>
       <c r="H122">
-        <v>2025</v>
+        <v>2022</v>
       </c>
       <c r="I122"/>
       <c r="J122" t="s">
         <v>684</v>
       </c>
       <c r="K122" t="s">
-        <v>24</v>
+        <v>279</v>
       </c>
       <c r="L122" t="s">
         <v>685</v>
       </c>
       <c r="M122" t="s">
         <v>686</v>
       </c>
       <c r="N122" t="s">
-        <v>34</v>
+        <v>687</v>
       </c>
       <c r="O122" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="P122" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="123" spans="1:16">
       <c r="A123" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B123" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C123" t="s">
-        <v>18</v>
+        <v>692</v>
       </c>
       <c r="D123" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="E123" t="s">
         <v>189</v>
       </c>
       <c r="F123" t="s">
-        <v>663</v>
+        <v>21</v>
       </c>
       <c r="G123" t="s">
         <v>22</v>
       </c>
       <c r="H123">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="I123"/>
       <c r="J123" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="K123" t="s">
-        <v>279</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="L123"/>
       <c r="M123" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="N123" t="s">
-        <v>695</v>
+        <v>34</v>
       </c>
       <c r="O123" t="s">
         <v>696</v>
       </c>
       <c r="P123" t="s">
         <v>697</v>
       </c>
     </row>
     <row r="124" spans="1:16">
       <c r="A124" t="s">
         <v>698</v>
       </c>
       <c r="B124" t="s">
         <v>699</v>
       </c>
       <c r="C124" t="s">
+        <v>18</v>
+      </c>
+      <c r="D124" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>701</v>
       </c>
       <c r="E124" t="s">
         <v>189</v>
       </c>
       <c r="F124" t="s">
-        <v>21</v>
+        <v>190</v>
       </c>
       <c r="G124" t="s">
         <v>22</v>
       </c>
       <c r="H124">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="I124"/>
       <c r="J124" t="s">
-        <v>702</v>
+        <v>170</v>
       </c>
       <c r="K124" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
       <c r="L124"/>
       <c r="M124" t="s">
-        <v>703</v>
+        <v>193</v>
       </c>
       <c r="N124" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="O124" t="s">
-        <v>704</v>
+        <v>701</v>
       </c>
       <c r="P124" t="s">
-        <v>705</v>
-[...45 lines deleted...]
-        <v>710</v>
+        <v>702</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">