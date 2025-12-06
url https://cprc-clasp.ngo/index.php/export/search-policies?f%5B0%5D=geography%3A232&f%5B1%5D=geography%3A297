--- v0 (2025-10-12)
+++ v1 (2025-12-06)
@@ -12,320 +12,380 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>MEPS for Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4847.2:2010, which specifies minimum energy performance requirements for self-ballasted lamps for general lighting services, and AS/NZS 4782.3(Int):2006, which defines performance requirements for double-capped fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Samoa*</t>
   </si>
   <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>AS/NZS 4847.2:2010</t>
   </si>
   <si>
     <t>Samoa Ministry of Finance</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-compact-fluorescent-lamps</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/wp-content/uploads/2019/08/Energy-Regulation.pdf</t>
+  </si>
+  <si>
     <t>MEPS for Fluorescent Lamp Ballasts</t>
   </si>
   <si>
+    <t>This policy references AS/NZ 4783.2-2002, which specifies the classification, labeling, and minimum energy performance requirements for ballasts for linear fluorescent lamps.</t>
+  </si>
+  <si>
     <t>Lighting</t>
   </si>
   <si>
     <t>AS/NZ 4783.1:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-fluorescent-lamp-ballasts</t>
   </si>
   <si>
     <t>MEPS for Incandescent Lamps</t>
   </si>
   <si>
+    <t>This policy specifies requirements for Minimum Energy Performance Standards (MEPS), maximum wattage and other requirements for incandescent lamps, both tungsten filament and tungsten halogen. This policy references standard AS 4934.2-2011.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>AS/NZS 4934.1-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-incandescent-lamps-0</t>
   </si>
   <si>
     <t>MEPS for Linear Fluorescent Lamps</t>
   </si>
   <si>
+    <t>This policy references AS/NZS 4782.2:2004, which specifies performance and energy efficiency specifications for tubular fluorescent lamps of length 550 mm to 1500 mm both inclusive with wattage of 16 watts or more that are within the scope of AS/NZS 4782.1. Modified adoption of, and reproduced from, IEC 61347-2-11:2001.</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>AS/NZS 4782.2:2004</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/meps-linear-fluorescent-lamps</t>
   </si>
   <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Samoa Energy Efficiency (Approved Energy Using Products Standards) Regulations 2018</t>
   </si>
   <si>
+    <t>This regulation specifies the MEPS, labeling requirements, and test methods for:
+1) Non-ducted air conditioners including single phase and 3-phase up to 65kW rated cooling capacity, including air-source heat pumps but not water-source heat pumps, and
+2) Household refrigerating appliances which operate using the vapour compression cycle and use mains electricity (230|240 Volts at 50Hz) as the primary power source.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Fluorescent and HID Lighting, Room ACs - Stationary ACs, Central ACs, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/samoa-energy-efficiency-approved-energy-using-products-standards-regulations-2018</t>
   </si>
   <si>
+    <t>https://www.mof.gov.ws/samoa-energy-efficiency/</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -589,573 +649,642 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...30 lines deleted...]
-      <c r="K3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K4" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="D5" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>52</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5">
         <v>2018</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="K5" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="L5" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="M5" t="s">
-        <v>33</v>
+        <v>56</v>
       </c>
       <c r="N5" t="s">
-        <v>48</v>
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>57</v>
+      </c>
+      <c r="P5" t="s">
+        <v>58</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
         <v>49</v>
       </c>
-      <c r="B6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>61</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="F6" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>52</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6">
         <v>2018</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" t="s">
+        <v>62</v>
+      </c>
+      <c r="M6" t="s">
+        <v>56</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>66</v>
+      </c>
+      <c r="E7" t="s">
         <v>51</v>
       </c>
-      <c r="L6" t="s">
-[...5 lines deleted...]
-      <c r="N6" t="s">
+      <c r="F7" t="s">
         <v>52</v>
       </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2018</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>67</v>
+      </c>
+      <c r="M7" t="s">
+        <v>56</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>68</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
     </row>
-    <row r="7" spans="1:14">
-      <c r="A7" t="s">
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>71</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>52</v>
+      </c>
+      <c r="G8" t="s">
         <v>53</v>
       </c>
-      <c r="B7" t="s">
-[...2 lines deleted...]
-      <c r="C7" t="s">
+      <c r="H8">
+        <v>2018</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>54</v>
       </c>
-      <c r="D7" t="s">
-[...8 lines deleted...]
-      <c r="G7">
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" t="s">
+        <v>56</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>73</v>
+      </c>
+      <c r="P8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>76</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>78</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>80</v>
+      </c>
+      <c r="N9" t="s">
+        <v>81</v>
+      </c>
+      <c r="O9" t="s">
+        <v>82</v>
+      </c>
+      <c r="P9" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" t="s">
+        <v>86</v>
+      </c>
+      <c r="E10" t="s">
+        <v>51</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10">
         <v>2018</v>
       </c>
-      <c r="H7"/>
-[...15 lines deleted...]
-      <c r="N7" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>87</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
         <v>56</v>
       </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
     </row>
-    <row r="8" spans="1:14">
-[...66 lines deleted...]
-      <c r="I9" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="F11" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="G11">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H11"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-      </c>
+        <v>87</v>
+      </c>
+      <c r="K11" t="s">
+        <v>93</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="N11" t="s">
-        <v>76</v>
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>