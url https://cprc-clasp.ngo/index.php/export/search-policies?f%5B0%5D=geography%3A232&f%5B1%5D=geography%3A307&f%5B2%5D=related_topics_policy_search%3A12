--- v0 (2025-10-15)
+++ v1 (2025-12-06)
@@ -12,232 +12,275 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>TCVN 7540-1:2013 Three-phase asynchronous squirrel-cage electrical motors - Part 1: energy efficiency</t>
   </si>
   <si>
+    <t>This document specifies the MEPS for three-phase asynchronous squirrel-cage electrical motors.</t>
+  </si>
+  <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>January 2024</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>TCVN 7540-2:2013</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-7540-12013-three-phase-asynchronous-squirrel-cage-electrical-motors-part-1-energy</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-7540-2013-dong-co-dien-khong-dong-bo-ba-pha-roto-long-soc-phan-1-hieu-suat</t>
+  </si>
+  <si>
     <t>TCVN 8525:2015 Distribution transformers - MEPS and test methods</t>
   </si>
   <si>
+    <t>This document specifies the MEPS and test methods for distribution transformers.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85252015-distribution-transformers-meps-and-test-methods</t>
   </si>
   <si>
+    <t>https://vanbanphapluat.co/tcvn-8525-2015-may-bien-ap-phan-phoi-muc-hieu-suat-nang-luong-toi-thieu</t>
+  </si>
+  <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
+    <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
+The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
+This standard does not apply to boilers used for electricity generation.
+It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
+    <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
+  </si>
+  <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
+    <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
+  </si>
+  <si>
     <t>Air Conditioning</t>
+  </si>
+  <si>
+    <t>New</t>
   </si>
   <si>
     <t>TCVN 9981:2020
 ,   
                     ISO 15042:2017</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-99812020-vrfvrv-air-conditioners</t>
+  </si>
+  <si>
+    <t>https://thuvienphapluat.vn/TCVN/Dien-dien-tu/TCVN-13256-2021-May-dieu-hoa-khong-khi-VRF-VRV-Hieu-suat-nang-luong-920245.aspx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -501,365 +544,404 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="120" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="120.256" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="283.074" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="147.393" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2017</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2021</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...2 lines deleted...]
-      <c r="K2" t="s">
+      <c r="F3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...6 lines deleted...]
-        <v>25</v>
+      <c r="H3">
+        <v>2005</v>
+      </c>
+      <c r="I3">
+        <v>2015</v>
+      </c>
+      <c r="J3" t="s">
+        <v>35</v>
+      </c>
+      <c r="K3" t="s">
+        <v>36</v>
+      </c>
+      <c r="L3" t="s">
+        <v>37</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...3 lines deleted...]
-      <c r="B3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>34</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2010</v>
+      </c>
+      <c r="I4">
+        <v>2015</v>
+      </c>
+      <c r="J4" t="s">
+        <v>35</v>
+      </c>
+      <c r="K4" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>38</v>
+      </c>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="C3" t="s">
-[...23 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
         <v>32</v>
       </c>
-      <c r="L3" t="s">
-[...5 lines deleted...]
-      <c r="N3" t="s">
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>34</v>
       </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>50</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>38</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
+      </c>
     </row>
-    <row r="4" spans="1:14">
-      <c r="A4" t="s">
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>34</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6">
+        <v>2021</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
+      <c r="K6" t="s">
+        <v>36</v>
+      </c>
+      <c r="L6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" t="s">
+        <v>38</v>
+      </c>
+      <c r="N6" t="s">
         <v>27</v>
       </c>
-      <c r="C4" t="s">
-[...115 lines deleted...]
-        <v>46</v>
+      <c r="O6" t="s">
+        <v>58</v>
+      </c>
+      <c r="P6" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>