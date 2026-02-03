--- v0 (2025-10-10)
+++ v1 (2026-02-03)
@@ -12,248 +12,282 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="64">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Label Regulation for Sanitary Fittings</t>
   </si>
   <si>
+    <t>All producers and distributors of sanitary fittings can apply to use the energy label for sanitary fittings. Only products available on the Swiss market may bear the voluntary energy label. The use of the Swiss voluntary energy label for sanitary fittings abroad is the responsibility of the manufacturers and distributors concerned. The energy label indicates the amount of energy used. In the case of sanitary fittings – showers and taps – this is the amount of energy used to heat the water used. Consequently, only hot water taps and showers can receive the label; cold water taps cannot. Mixer taps can only receive the energy label if they are clearly indicated as such.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Showers or Showerheads, Taps or Faucets</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Water</t>
   </si>
   <si>
     <t>Schweizerischer Verband für energieeffiziente Sanitärprodukte (SVES)</t>
   </si>
   <si>
     <t>Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-label-regulation-sanitary-fittings</t>
   </si>
   <si>
+    <t>https://en.etiquetteenergie-sanitaire.ch/Regulation</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
   </si>
   <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
+  </si>
+  <si>
     <t>TCVN 13256:2021 VRF/VRV Air Conditioners – Energy Efficiency</t>
+  </si>
+  <si>
+    <t>This standard specifies the method for determining the performance and energy efficiency of outdoor units (outdoor units) for VRF/VRV air conditioners, using three-phase power sources.</t>
   </si>
   <si>
     <t>Vietnam*</t>
   </si>
   <si>
     <t>Air Conditioning</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>August 2025</t>
   </si>
   <si>
     <t>Ministry of Industry and Trade (MOIT)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-132562021-vrfvrv-air-conditioners-energy-efficiency</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -517,361 +551,398 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N6"/>
+  <dimension ref="A1:P6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="78" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="122" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="78.981" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="798.519" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="47.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="122.542" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="96.691" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G2">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
         <v>2010</v>
       </c>
-      <c r="H2">
+      <c r="I2">
         <v>2017</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
-[...3 lines deleted...]
-      <c r="L2" t="s">
+      <c r="F3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="H3">
+        <v>1994</v>
+      </c>
+      <c r="I3">
+        <v>2020</v>
+      </c>
+      <c r="J3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" t="s">
+        <v>37</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>39</v>
+      </c>
+      <c r="P3" t="s">
+        <v>40</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...30 lines deleted...]
-      <c r="K3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="L3" t="s">
-[...2 lines deleted...]
-      <c r="M3" t="s">
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>33</v>
       </c>
-      <c r="N3" t="s">
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2001</v>
+      </c>
+      <c r="I4">
+        <v>2019</v>
+      </c>
+      <c r="J4" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="K4" t="s">
         <v>35</v>
       </c>
-      <c r="B4" t="s">
-[...26 lines deleted...]
-      <c r="K4" t="s">
+      <c r="L4" t="s">
+        <v>44</v>
+      </c>
+      <c r="M4" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
       <c r="N4" t="s">
         <v>38</v>
       </c>
+      <c r="O4" t="s">
+        <v>45</v>
+      </c>
+      <c r="P4" t="s">
+        <v>46</v>
+      </c>
     </row>
-    <row r="5" spans="1:14">
+    <row r="5" spans="1:16">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B5" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G5">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5">
         <v>2015</v>
       </c>
-      <c r="H5"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I5"/>
       <c r="J5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="K5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L5"/>
       <c r="M5" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="N5" t="s">
-        <v>45</v>
+        <v>38</v>
+      </c>
+      <c r="O5" t="s">
+        <v>54</v>
+      </c>
+      <c r="P5" t="s">
+        <v>55</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
+    <row r="6" spans="1:16">
       <c r="A6" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B6" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="C6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E6" t="s">
-        <v>49</v>
+        <v>20</v>
       </c>
       <c r="F6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="G6">
+        <v>60</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6">
         <v>2021</v>
       </c>
-      <c r="H6"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I6"/>
       <c r="J6" t="s">
-        <v>30</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6"/>
       <c r="M6" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="N6" t="s">
-        <v>52</v>
-      </c>
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>63</v>
+      </c>
+      <c r="P6"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>