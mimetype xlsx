--- v0 (2025-10-14)
+++ v1 (2025-12-06)
@@ -12,311 +12,378 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Computers Version 8.0</t>
   </si>
   <si>
+    <t>Products that meet the definition of a Computer and one of the following Product Type definitions are eligible for ENERGY STAR certification: Desktop Computers and Integrated Desktop Computers; Notebook Computers; Slates/Tablets; Portable All-In-One Computers; Workstations; and Thin Clients.</t>
+  </si>
+  <si>
     <t>Canada, United States of America*, Japan, Taiwan of China, Switzerland</t>
   </si>
   <si>
     <t>Computers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>June 2021</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>ENERGY STAR Test Method for Computers, Rev. March-2016</t>
   </si>
   <si>
     <t>ENERGY STAR</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-computers-version-80</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/computers/partners</t>
+  </si>
+  <si>
     <t>ENERGY STAR Program Requirements for Imaging Equipment Version 3.1</t>
   </si>
   <si>
+    <t>Commercially-available products that meet one of the Imaging Equipment definitions in Section 1.A of the policy document and are capable of being powered from (1) a wall outlet, (2) a data or network connection, or (3) both a wall outlet and a data or network connection, are eligible for ENERGY STAR qualification, with the exception of products listed in Section 2.2.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>ENERGY STAR Imaging Equipment Test Method, Rev. Sep-2014</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-star-program-requirements-imaging-equipment-version-31</t>
   </si>
   <si>
+    <t>https://www.energystar.gov/products/office_equipment/imaging_equipment/partners</t>
+  </si>
+  <si>
     <t>Gaceta Oficial No. 40.370 de fecha 12 de marzo de 2014</t>
   </si>
   <si>
+    <t>Incandescent lamps subject to the fulfillment of this resolution, have the following: conventional type, with voltage exceeding 100 V and whose power is greater than or equal to 25 W.</t>
+  </si>
+  <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/gaceta-oficial-no-40370-de-fecha-12-de-marzo-de-2014</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/resolucion_conjunta_47_energia_12_mar_2014.pdf</t>
+  </si>
+  <si>
     <t>Joint Resolution No. 031 and 089, 2013</t>
   </si>
   <si>
+    <t>Information not available</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>ISO 15502:2005,IEC 60335-2-24:2007</t>
   </si>
   <si>
     <t>Ministerio de Poder Popular para la Energia Electrica</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/joint-resolution-no-031-and-089-2013</t>
   </si>
   <si>
+    <t>https://www.tuv-sud.cn/cn-en/resource-centre/publications/e-ssentials-newsletter/consumer-products-retail/vol.-81/venezuela-energy-efficiency-labelling</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Aparatos De Refrigeracion Y Congelacion</t>
   </si>
   <si>
+    <t>The document contains technical regulation for  energy efficiency labeling for refrigeration and freezing appliances</t>
+  </si>
+  <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>IEC 60335-2-24:2007,ISO 15502:2005</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-aparatos-de-refrigeracion-y-congelacion</t>
   </si>
   <si>
+    <t>http://www.sencamer.gob.ve/publicos/descargas/pdf/consumo-eficiente.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico De Luminarias LED 112</t>
   </si>
   <si>
+    <t>street lighting</t>
+  </si>
+  <si>
     <t>Streetlighting</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-de-luminarias-led-112</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20tecnico%20de%20luminarias%20LED_112.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Etiquetado De EE Lamparas Fluroescentes</t>
   </si>
   <si>
+    <t>Linear (tube) fluorescent, Circular, Rectilinear , compact; linear; circular fluorescent lamps</t>
+  </si>
+  <si>
     <t>Tubular Lamps, Non-Directional lamps</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>CIE 84 1989,IEC 60901:2001,IEC 60969:2001</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-etiquetado-de-ee-lamparas-fluroescentes</t>
   </si>
   <si>
+    <t>https://www.legiscomex.com/BancoMedios/Documentos%20PDF/res_conj_019.pdf</t>
+  </si>
+  <si>
     <t>Reglamento Tecnico Resolucion Aires Acondicionados</t>
   </si>
   <si>
+    <t>Regulation only applies to air conditioners and air-cooled condenser with a capacity of less than or equal to 35 kW</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>ISO 5151:2010,IEC 60335-1 Edition 5.0,ISO 13253:2011</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/reglamento-tecnico-resolucion-aires-acondicionados</t>
   </si>
   <si>
+    <t>http://www.mppee.gob.ve/download/resoluciones/Reglamento%20Tecnico%20Resolucion%20Aires%20Acondicionados.pdf</t>
+  </si>
+  <si>
     <t>Regulation on Energy Efficiency Requirements for Mass-Produced Systems, Vehicles, and Appliances</t>
   </si>
   <si>
+    <t>This policy applies to mass-produced systems, vehicles, and devices as well as their mass-produced components that consume a considerable amount of energy and are placed on the market or sold in Switzerland.</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Computers, Servers, Networking Equipment, Stand-by and networked devices, Televisions, Set Top Boxes (STB), Displays, External Power Supply, Vacuum Cleaners, Ovens, Dishwashers, Cooktops or Hobs, Coffee Machines, Clothes Dryers, Washer and Dryers, Washing Machines, Tubular Lamps, Non-Directional lamps, Directional Lamps, Indoor Luminaires, 3-Phase Motors, Industrial Fans, Heat Pumps, Boilers and Furnaces, Room ACs - Stationary ACs, Storage Water Heaters, Building Circulator Pumps, Pumps Other, Power Transformers, Refrigerated Cabinets, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>Electricity, Other Solid Fuel</t>
   </si>
   <si>
     <t>See Policy</t>
   </si>
   <si>
     <t>Swiss Federal Office of Energy</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/regulation-energy-efficiency-requirements-mass-produced-systems-vehicles-and-appliances</t>
   </si>
   <si>
+    <t>https://www.admin.ch/opc/de/classified-compilation/20162950/index.html</t>
+  </si>
+  <si>
     <t>Swiss Federal Office of Energy Voluntary Window Energy Label</t>
   </si>
   <si>
+    <t>The energy label provides information on the energy efficiency of windows during the winter.</t>
+  </si>
+  <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/swiss-federal-office-energy-voluntary-window-energy-label</t>
+  </si>
+  <si>
+    <t>http://www.bfe.admin.ch/energie/00588/00589/00644/index.html?lang=it&amp;msg-id=56073</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -580,571 +647,640 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N11"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="114" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="153" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="114.258" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="436.322" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="684.119" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="63.556" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="153.248" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="179.242" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>1994</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
+      <c r="H3">
+        <v>2001</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-        <v>25</v>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
       </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>39</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>41</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>43</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4"/>
+      <c r="N4" t="s">
         <v>27</v>
       </c>
-      <c r="D3" t="s">
-[...14 lines deleted...]
-      <c r="I3" t="s">
+      <c r="O4" t="s">
+        <v>44</v>
+      </c>
+      <c r="P4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>51</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>52</v>
+      </c>
+      <c r="P5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>56</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2005</v>
+      </c>
+      <c r="I6">
+        <v>2013</v>
+      </c>
+      <c r="J6" t="s">
+        <v>57</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" t="s">
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>59</v>
+      </c>
+      <c r="P6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>56</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>43</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>51</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>64</v>
+      </c>
+      <c r="P7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D8" t="s">
+        <v>68</v>
+      </c>
+      <c r="E8" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" t="s">
+        <v>69</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>49</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" t="s">
+        <v>51</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>71</v>
+      </c>
+      <c r="P8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>73</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G9" t="s">
+        <v>42</v>
+      </c>
+      <c r="H9">
+        <v>2012</v>
+      </c>
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>43</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9" t="s">
+        <v>76</v>
+      </c>
+      <c r="M9" t="s">
+        <v>51</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>77</v>
+      </c>
+      <c r="P9" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>81</v>
+      </c>
+      <c r="D10" t="s">
+        <v>82</v>
+      </c>
+      <c r="E10" t="s">
+        <v>40</v>
+      </c>
+      <c r="F10" t="s">
+        <v>69</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2017</v>
+      </c>
+      <c r="I10">
+        <v>2021</v>
+      </c>
+      <c r="J10" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" t="s">
+        <v>84</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
+        <v>86</v>
+      </c>
+      <c r="N10" t="s">
+        <v>87</v>
+      </c>
+      <c r="O10" t="s">
+        <v>88</v>
+      </c>
+      <c r="P10" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" t="s">
+        <v>91</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>92</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
-[...85 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G11" t="s">
         <v>42</v>
       </c>
-      <c r="M5" t="s">
-[...109 lines deleted...]
-      <c r="G8">
+      <c r="H11">
         <v>2015</v>
       </c>
-      <c r="H8"/>
-[...20 lines deleted...]
-      <c r="A9" t="s">
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>57</v>
       </c>
-      <c r="B9" t="s">
-[...113 lines deleted...]
-      </c>
+      <c r="K11" t="s">
+        <v>93</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="N11" t="s">
-        <v>73</v>
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>94</v>
+      </c>
+      <c r="P11" t="s">
+        <v>95</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>