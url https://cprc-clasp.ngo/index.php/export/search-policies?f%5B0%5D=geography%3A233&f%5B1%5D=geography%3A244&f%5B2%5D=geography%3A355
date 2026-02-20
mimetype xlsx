--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -2150,51 +2150,51 @@
       </c>
       <c r="P20" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>137</v>
       </c>
       <c r="B21" t="s">
         <v>138</v>
       </c>
       <c r="C21" t="s">
         <v>18</v>
       </c>
       <c r="D21" t="s">
         <v>139</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>140</v>
       </c>
       <c r="G21" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
         <v>141</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>142</v>
       </c>
       <c r="M21" t="s">
         <v>25</v>
       </c>
       <c r="N21" t="s">
         <v>26</v>
       </c>
       <c r="O21" t="s">
         <v>143</v>
       </c>