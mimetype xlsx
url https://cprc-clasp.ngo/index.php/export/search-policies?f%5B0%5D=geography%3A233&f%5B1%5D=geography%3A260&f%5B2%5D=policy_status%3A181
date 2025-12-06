--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,296 +12,360 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 003 White Goods</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered dishwashers within the scope of EU Ecodesign Regulation 1016-2010-EC and Energy Labelling Regulation 1059-2010-EC.</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Ecolabelling Sweden</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=2</t>
+  </si>
+  <si>
+    <t>This product group covers electric, mains powered washing machines within the scope of EU Ecodesign Regulation 1015-2010-EC and Energy Labelling Regulation 1061-2010-EC.</t>
+  </si>
+  <si>
     <t>Clothes Dryers, Washing Machines</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-0</t>
   </si>
   <si>
+    <t>This product group covers electric, mains powered refrigerator and freezers within the scope of EU Ecodesign Regulation 643-2009-EC and Energy Labelling Regulation 1060-2010-EC.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-003-white-goods-1</t>
   </si>
   <si>
     <t>Nordic Ecolabel 015 Imaging Equipment</t>
   </si>
   <si>
+    <t>Copiers, digital duplicators, facsimile machines, multifunction devices MFD, printers and scanners are eligible for a Nordic Ecolabel. The machines may be equipped with external or internal scanners. In this document we collect all of these products under the name imaging equipment.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>RAL-UZ 122 Version June 2006</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-015-imaging-equipment</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=9</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 040 Machines for Parks and Gardens</t>
   </si>
   <si>
+    <t>Working machines used for the care of parks and gardens, both privately and commercially, can be Nordic Ecolabelled. The following manual, electric and combustion engine driven machines can be awarded a Nordic Ecolabel: Lawnmowers; Lawn Trimmers and lawn edge trimmers; Brush cutters; Chainsaws; Leaf collectors and leaf blowers for professional use; Hedge trimmers; Compost shredders; Rotary cultivators; Riding lawn tractors and mowers; Snow blowers.   Only machines with a nominal engine rating of less than or equal to 19 kW can be Nordic Ecolabelled. Engine operated machines must also be covered by the EU's Machinery Directive: 2006-42-EC.  Combustion engine operated machines include air-cooled or liquid-cooled two stroke or four-stroke engines. Petrol, diesel, ethanol or other renewable fuels may be used. The engine shall be new and adapted to the fuel types for which it is intended.   Electrically powered machines may be corded or battery or solar cell operated. The product group machines for parks and gardens does not include agricultural or forestry tractors, nor terrain vehicles, i.e. All Terrain Vehicles.</t>
+  </si>
+  <si>
     <t>Outdoor Tools &amp; Equipment</t>
   </si>
   <si>
     <t>Electricity, Oil</t>
   </si>
   <si>
     <t>ISO 8178, CEC RF-08-A-85</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-040-machines-parks-and-gardens</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=21</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 048 Computers</t>
   </si>
   <si>
     <t>Computers, Displays</t>
   </si>
   <si>
     <t>ENERGY STAR Computer Program Requirements Version 6</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-048-computers</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=25</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 059 Heat Pumps</t>
   </si>
   <si>
+    <t>1. For heating water up to 70 kW:</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>EN 14511</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-059-heat-pumps</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=31</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 062 Windows and Exterior Doors</t>
   </si>
   <si>
+    <t>Nordic Ecolabelled products are windows and exterior doors between open and enclosed, constantly heated spaces, i.e. between an outdoor climate and an indoor climate. There are various other types of exterior doors that can be subject to various function requirements.</t>
+  </si>
+  <si>
     <t>Doors, Windows</t>
   </si>
   <si>
     <t>Other</t>
   </si>
   <si>
     <t>EN 14351-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-062-windows-and-exterior-doors</t>
   </si>
   <si>
+    <t>http://www.svanen.se/en/Criteria/Nordic-Ecolabel-criteria/Criteria/?productGroupID=33</t>
+  </si>
+  <si>
     <t>Nordic Ecolabel 071 TV and Projector</t>
   </si>
   <si>
+    <t>In order to be awarded the Nordic Ecolabel the product must fall within product categories listed here: Televisions-sets|TV-sets; Projectors</t>
+  </si>
+  <si>
     <t>Televisions, Projectors</t>
   </si>
   <si>
     <t>IEC 62087, ver. 2</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/nordic-ecolabel-071-tv-and-projector</t>
   </si>
   <si>
+    <t>https://www.svanen.se/en/how-to-apply/criteria-application/tv-and-projectors-071/</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -565,609 +629,684 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N12"/>
+  <dimension ref="A1:P12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1330.675" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="61.271" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="101.404" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2014</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="B3" t="s">
+        <v>29</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2014</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>31</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>35</v>
+      </c>
+      <c r="P4" t="s">
+        <v>28</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>39</v>
+      </c>
+      <c r="H5">
+        <v>2006</v>
+      </c>
+      <c r="I5">
+        <v>2015</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>40</v>
+      </c>
+      <c r="M5" t="s">
         <v>25</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>41</v>
+      </c>
+      <c r="P5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3">
+      <c r="D6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
         <v>2014</v>
       </c>
-      <c r="H3"/>
-      <c r="I3" t="s">
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
         <v>26</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="O7" t="s">
+        <v>53</v>
+      </c>
+      <c r="P7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H8">
+        <v>2014</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-        <v>27</v>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>58</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>59</v>
+      </c>
+      <c r="P8" t="s">
+        <v>60</v>
       </c>
     </row>
-    <row r="4" spans="1:14">
-[...12 lines deleted...]
-      <c r="E4" t="s">
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4">
+      <c r="D9" t="s">
+        <v>63</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
         <v>2014</v>
       </c>
-      <c r="H4"/>
-      <c r="I4" t="s">
+      <c r="I9"/>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>64</v>
+      </c>
+      <c r="L9" t="s">
+        <v>65</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G10" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H10">
+        <v>2015</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-        <v>29</v>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
       </c>
     </row>
-    <row r="5" spans="1:14">
-[...24 lines deleted...]
-      <c r="I5" t="s">
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>76</v>
+      </c>
+      <c r="D11" t="s">
+        <v>77</v>
+      </c>
+      <c r="E11" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...5 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F11" t="s">
+        <v>78</v>
+      </c>
+      <c r="G11" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11"/>
+      <c r="J11" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-        <v>34</v>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>79</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
       </c>
     </row>
-    <row r="6" spans="1:14">
-[...37 lines deleted...]
-      <c r="N6" t="s">
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>85</v>
+      </c>
+      <c r="F12" t="s">
+        <v>78</v>
+      </c>
+      <c r="G12" t="s">
         <v>39</v>
       </c>
-    </row>
-[...227 lines deleted...]
-      <c r="G12">
+      <c r="H12">
         <v>2008</v>
       </c>
-      <c r="H12">
+      <c r="I12">
         <v>2013</v>
       </c>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="K12" t="s">
-        <v>67</v>
+        <v>24</v>
       </c>
       <c r="L12" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>79</v>
       </c>
       <c r="N12" t="s">
-        <v>68</v>
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>88</v>
+      </c>
+      <c r="P12" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>