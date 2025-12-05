--- v0 (2025-10-13)
+++ v1 (2025-12-05)
@@ -12,398 +12,522 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="144">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy Efficiency of Electrical Induction Motors) 5764 - 2004 / SI 5289</t>
   </si>
   <si>
+    <t>It covers electric induction motors</t>
+  </si>
+  <si>
     <t>Israel</t>
   </si>
   <si>
     <t>3-Phase Motors</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-electrical-induction-motors-5764-2004-si</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECInductionMotors.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations (Energy labeling of electric heating furnaces), 5753 - 1993</t>
   </si>
   <si>
+    <t>Electric Heating Furnace</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-labeling-electric-heating-furnaces-5753-1993</t>
   </si>
   <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECElectricHeating.doc</t>
+  </si>
+  <si>
     <t>Energy Resources Regulations-Energy Efficiency and Energy Information of Cooling Appliances-5744-2004/SI 721</t>
   </si>
   <si>
+    <t>Electric refrigerators and food-freezers for household purposes</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-resources-regulations-energy-efficiency-and-energy-information-cooling-appliances</t>
   </si>
   <si>
+    <t>https://www.lse.ac.uk/GranthamInstitute/wp-content/uploads/laws/1377_EN.pdf</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
+  </si>
+  <si>
     <t>SI 4665-2 PERFORMANCE OF EXTERNAL POWER SUPPLIES: MINIMUM ENERGY PERFORMANCE STANDARD (MEPS) REQUIREMENTS</t>
   </si>
   <si>
+    <t>Power converters covered under this standard include all single-voltage EPSs with nameplate output power up to 250 watts. Notable exclusions are devices with batteries that attach directly, replacements, and medical devices.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>SI 4665-1</t>
   </si>
   <si>
     <t>Standards Institute of Israel (SII)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-4665-2-performance-external-power-supplies-minimum-energy-performance-standard-meps</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=98e117b6-728e-4ade-95e3-47864f20c486</t>
+  </si>
+  <si>
     <t>SI 5484 DISTRIBUTION TRANSFORMERS - REQUIREMENTS FOR ENERGY EFFICIENCY AND LABELLING</t>
   </si>
   <si>
+    <t>It covers distribution transformers</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5484-distribution-transformers-requirements-energy-efficiency-and-labelling</t>
   </si>
   <si>
     <t>SI 5485 - Fluorescent light bulbs - requirements for efficiency</t>
   </si>
   <si>
+    <t>It covers fluorescent light bulbs</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-5485-fluorescent-light-bulbs-requirements-efficiency</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=8694f934-fc8e-46b6-8eea-5ee7b34539ae</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 1: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - ovens</t>
+  </si>
+  <si>
     <t>Ovens, Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-1-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
+    <t>https://www.sii.org.il/en/standards-search</t>
+  </si>
+  <si>
     <t>SI 60350 - Part 2: Ranges, ovens, steam ovens and grills - Methods for measuring Performance</t>
   </si>
   <si>
+    <t>Israeli Standard which covers household electric cooking appliances - hobs</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60350-part-2-ranges-ovens-steam-ovens-and-grills-methods-measuring-performance</t>
   </si>
   <si>
     <t>SI 60968</t>
   </si>
   <si>
+    <t>Self-ballasted lamps for general lighting services</t>
+  </si>
+  <si>
     <t>Tubular Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-60968</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=f176cda1-c392-4f0e-8c7d-e062df37c908</t>
+  </si>
+  <si>
     <t>SI 62301 Home Appliances - Power measurement in standby mode</t>
   </si>
   <si>
+    <t>Regulation for maximum consumption in stand by mode for electrical appliances for domestic and office electric appliances</t>
+  </si>
+  <si>
     <t>Stand-by and networked devices</t>
   </si>
   <si>
     <t>IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-62301-home-appliances-power-measurement-standby-mode</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=42cf5977-833f-4556-81d1-3f739af9bad8</t>
+  </si>
+  <si>
     <t>SI 69 Electric water heaters</t>
   </si>
   <si>
+    <t>This policy applies to thermostatically controlled and thermally insulated heaters.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>Ministry of National Infrastructures, Energy and Water Resources</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-69-electric-water-heaters</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=cf61e979-6101-4ea0-958f-a9e4c998a5a5</t>
+  </si>
+  <si>
     <t>SI 900 part 2.24 (APPLIANCES, ICE-CREAM APPLIANCES AND ICE-MAKERS)</t>
   </si>
   <si>
     <t>Ice Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-900-part-224-appliances-ice-cream-appliances-and-ice-makers</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/eng/standardization/teken/?tid=9b4cfa12-0ed5-41ab-8a01-af70108e1e90</t>
+  </si>
+  <si>
     <t>SI 994-1 AIR CONDITIONERS AND PERFORMANCE REQUIREMENTS (being revised) / ENERGY SOURCES REGULATIONS (ENERGY EFFICIENCY, ENERGY MARKINGS AND ENERGY RATINGS OF AIR CONDITIONERS) 5765-2004</t>
   </si>
   <si>
+    <t>Single and Multi Split. Both window type and split type AC. Window type AC is comprised of one unit, intended to be installed at a window or on a wall, or a mobile air conditioner whereby the air dispersed from it faces directly toward the air-conditioned area or heated area. Split type AC is comprised of two or more units whereby at least one unit is located outside the air-conditioned area and the air dispersion is facing directly to the air-conditioned area or heated area.</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/si-994-1-air-conditioners-and-performance-requirements-being-revised-energy-sources</t>
   </si>
   <si>
+    <t>https://portal.sii.org.il/heb/standardization/teken/?tid=795df84f-e1df-4f99-8c18-13cd0216e836</t>
+  </si>
+  <si>
     <t>The Energy Sources Regulations-Maximum Electric Output for a Television Receiver, 2011</t>
   </si>
   <si>
+    <t>It covers computers</t>
+  </si>
+  <si>
     <t>Set Top Boxes (STB)</t>
   </si>
   <si>
     <t>SI 62087</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-sources-regulations-maximum-electric-output-television-receiver-2011</t>
+  </si>
+  <si>
+    <t>http://energy.gov.il/English/LegislationLibraryE1/ECTV.doc</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -667,1009 +791,1142 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="219" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="219.375" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="567.29" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="76.553" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="110.83" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="N3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...4 lines deleted...]
-      <c r="I3" t="s">
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J3" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...4 lines deleted...]
-      <c r="I4" t="s">
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
         <v>20</v>
       </c>
-      <c r="J4" t="s">
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6">
+        <v>2006</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>53</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>54</v>
+      </c>
+      <c r="P6" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>58</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7">
+        <v>1993</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
+        <v>52</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7" t="s">
+        <v>53</v>
+      </c>
+      <c r="N7" t="s">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>59</v>
+      </c>
+      <c r="P7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>63</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>50</v>
+      </c>
+      <c r="G8" t="s">
+        <v>64</v>
+      </c>
+      <c r="H8">
+        <v>1986</v>
+      </c>
+      <c r="I8">
+        <v>2004</v>
+      </c>
+      <c r="J8" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>53</v>
+      </c>
+      <c r="N8" t="s">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>65</v>
+      </c>
+      <c r="P8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>67</v>
+      </c>
+      <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      <c r="I5" t="s">
+      <c r="D9" t="s">
+        <v>69</v>
+      </c>
+      <c r="E9" t="s">
         <v>20</v>
       </c>
-      <c r="J5" t="s">
-[...3 lines deleted...]
-      <c r="L5" t="s">
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H9"/>
+      <c r="I9"/>
+      <c r="J9" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...29 lines deleted...]
-      <c r="J6" t="s">
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>73</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...3 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G10" t="s">
+        <v>51</v>
+      </c>
+      <c r="H10">
+        <v>2014</v>
+      </c>
+      <c r="I10"/>
+      <c r="J10" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...16 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>77</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
         <v>18</v>
       </c>
-      <c r="F7" t="s">
-[...9 lines deleted...]
-      <c r="J7" t="s">
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" t="s">
         <v>21</v>
       </c>
-      <c r="K7"/>
-[...11 lines deleted...]
-      <c r="A8" t="s">
+      <c r="G11" t="s">
+        <v>64</v>
+      </c>
+      <c r="H11">
+        <v>2008</v>
+      </c>
+      <c r="I11">
+        <v>2013</v>
+      </c>
+      <c r="J11" t="s">
+        <v>80</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>81</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
         <v>47</v>
       </c>
-      <c r="B8" t="s">
-[...11 lines deleted...]
-      <c r="F8" t="s">
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
         <v>49</v>
       </c>
-      <c r="G8">
-[...18 lines deleted...]
-      <c r="N8" t="s">
+      <c r="F12" t="s">
         <v>50</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C9" t="s">
+      <c r="G12" t="s">
+        <v>64</v>
+      </c>
+      <c r="H12">
+        <v>2007</v>
+      </c>
+      <c r="I12">
+        <v>2011</v>
+      </c>
+      <c r="J12" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
-[...10 lines deleted...]
-      <c r="I9" t="s">
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>87</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>89</v>
+      </c>
+      <c r="P12" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" t="s">
+        <v>93</v>
+      </c>
+      <c r="E13" t="s">
         <v>20</v>
       </c>
-      <c r="J9" t="s">
-[...128 lines deleted...]
-      <c r="K12" t="s">
+      <c r="F13" t="s">
+        <v>94</v>
+      </c>
+      <c r="G13" t="s">
         <v>64</v>
-      </c>
-[...30 lines deleted...]
-        <v>2006</v>
       </c>
       <c r="H13">
         <v>2006</v>
       </c>
-      <c r="I13" t="s">
-        <v>41</v>
+      <c r="I13">
+        <v>2006</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="N13" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>95</v>
+      </c>
+      <c r="O13" t="s">
+        <v>96</v>
+      </c>
+      <c r="P13"/>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
-        <v>73</v>
+        <v>47</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="E14" t="s">
-        <v>39</v>
+        <v>49</v>
       </c>
       <c r="F14" t="s">
+        <v>50</v>
+      </c>
+      <c r="G14" t="s">
+        <v>64</v>
+      </c>
+      <c r="H14">
+        <v>2006</v>
+      </c>
+      <c r="I14">
+        <v>2015</v>
+      </c>
+      <c r="J14" t="s">
+        <v>52</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>53</v>
+      </c>
+      <c r="N14" t="s">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>100</v>
+      </c>
+      <c r="P14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>102</v>
+      </c>
+      <c r="B15" t="s">
+        <v>103</v>
+      </c>
+      <c r="C15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" t="s">
+        <v>104</v>
+      </c>
+      <c r="E15" t="s">
         <v>49</v>
       </c>
-      <c r="G14">
-[...37 lines deleted...]
-      </c>
       <c r="F15" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>94</v>
+      </c>
+      <c r="G15" t="s">
+        <v>51</v>
+      </c>
+      <c r="H15">
         <v>2016</v>
       </c>
-      <c r="H15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="N15" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>105</v>
+      </c>
+      <c r="P15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>108</v>
       </c>
       <c r="C16" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="E16" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="F16" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>2016</v>
+        <v>94</v>
+      </c>
+      <c r="G16" t="s">
+        <v>64</v>
       </c>
       <c r="H16">
         <v>2016</v>
       </c>
-      <c r="I16" t="s">
-        <v>41</v>
+      <c r="I16">
+        <v>2016</v>
       </c>
       <c r="J16" t="s">
+        <v>52</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>88</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>47</v>
+      </c>
+      <c r="D17" t="s">
+        <v>113</v>
+      </c>
+      <c r="E17" t="s">
+        <v>49</v>
+      </c>
+      <c r="F17" t="s">
         <v>21</v>
       </c>
-      <c r="K16"/>
-[...29 lines deleted...]
-      <c r="G17">
+      <c r="G17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17">
         <v>2014</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="N17" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="B18" t="s">
-        <v>36</v>
+        <v>117</v>
       </c>
       <c r="C18" t="s">
-        <v>85</v>
+        <v>47</v>
       </c>
       <c r="D18" t="s">
-        <v>38</v>
+        <v>118</v>
       </c>
       <c r="E18" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="F18" t="s">
+        <v>94</v>
+      </c>
+      <c r="G18" t="s">
+        <v>64</v>
+      </c>
+      <c r="H18">
+        <v>2012</v>
+      </c>
+      <c r="I18">
+        <v>2013</v>
+      </c>
+      <c r="J18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>119</v>
+      </c>
+      <c r="M18" t="s">
+        <v>88</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>120</v>
+      </c>
+      <c r="P18" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>122</v>
+      </c>
+      <c r="B19" t="s">
+        <v>123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" t="s">
+        <v>124</v>
+      </c>
+      <c r="E19" t="s">
         <v>49</v>
       </c>
-      <c r="G18">
+      <c r="F19" t="s">
+        <v>50</v>
+      </c>
+      <c r="G19" t="s">
+        <v>64</v>
+      </c>
+      <c r="H19">
+        <v>1986</v>
+      </c>
+      <c r="I19">
         <v>2012</v>
       </c>
-      <c r="H18">
-[...22 lines deleted...]
-      <c r="A19" t="s">
+      <c r="J19" t="s">
+        <v>52</v>
+      </c>
+      <c r="K19" t="s">
+        <v>125</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
+        <v>126</v>
+      </c>
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>117</v>
+      </c>
+      <c r="C20" t="s">
+        <v>47</v>
+      </c>
+      <c r="D20" t="s">
+        <v>130</v>
+      </c>
+      <c r="E20" t="s">
+        <v>49</v>
+      </c>
+      <c r="F20" t="s">
+        <v>94</v>
+      </c>
+      <c r="G20" t="s">
+        <v>64</v>
+      </c>
+      <c r="H20">
+        <v>1986</v>
+      </c>
+      <c r="I20">
+        <v>2014</v>
+      </c>
+      <c r="J20" t="s">
+        <v>52</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20"/>
+      <c r="M20" t="s">
         <v>88</v>
       </c>
-      <c r="B19" t="s">
-[...11 lines deleted...]
-      <c r="F19" t="s">
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>131</v>
+      </c>
+      <c r="P20" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>133</v>
+      </c>
+      <c r="B21" t="s">
+        <v>134</v>
+      </c>
+      <c r="C21" t="s">
+        <v>47</v>
+      </c>
+      <c r="D21" t="s">
+        <v>135</v>
+      </c>
+      <c r="E21" t="s">
         <v>49</v>
       </c>
-      <c r="G19">
-[...29 lines deleted...]
-      <c r="C20" t="s">
+      <c r="F21" t="s">
+        <v>50</v>
+      </c>
+      <c r="G21" t="s">
+        <v>51</v>
+      </c>
+      <c r="H21">
+        <v>2004</v>
+      </c>
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>52</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
+      <c r="M21" t="s">
+        <v>126</v>
+      </c>
+      <c r="N21" t="s">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>47</v>
+      </c>
+      <c r="D22" t="s">
+        <v>140</v>
+      </c>
+      <c r="E22" t="s">
+        <v>49</v>
+      </c>
+      <c r="F22" t="s">
         <v>94</v>
       </c>
-      <c r="D20" t="s">
-[...91 lines deleted...]
-        <v>2011</v>
+      <c r="G22" t="s">
+        <v>64</v>
       </c>
       <c r="H22">
         <v>2011</v>
       </c>
-      <c r="I22" t="s">
-        <v>41</v>
+      <c r="I22">
+        <v>2011</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="K22" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>65</v>
+        <v>141</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="N22" t="s">
-        <v>102</v>
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>142</v>
+      </c>
+      <c r="P22" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>