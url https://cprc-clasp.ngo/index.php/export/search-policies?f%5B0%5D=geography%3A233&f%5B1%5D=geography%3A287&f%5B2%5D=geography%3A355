--- v0 (2025-12-13)
+++ v1 (2026-02-12)
@@ -2198,51 +2198,51 @@
       </c>
       <c r="P20" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="21" spans="1:16">
       <c r="A21" t="s">
         <v>127</v>
       </c>
       <c r="B21" t="s">
         <v>128</v>
       </c>
       <c r="C21" t="s">
         <v>32</v>
       </c>
       <c r="D21" t="s">
         <v>129</v>
       </c>
       <c r="E21" t="s">
         <v>20</v>
       </c>
       <c r="F21" t="s">
         <v>21</v>
       </c>
       <c r="G21" t="s">
-        <v>35</v>
+        <v>8</v>
       </c>
       <c r="H21">
         <v>2021</v>
       </c>
       <c r="I21">
         <v>2024</v>
       </c>
       <c r="J21" t="s">
         <v>130</v>
       </c>
       <c r="K21" t="s">
         <v>24</v>
       </c>
       <c r="L21" t="s">
         <v>131</v>
       </c>
       <c r="M21" t="s">
         <v>37</v>
       </c>
       <c r="N21" t="s">
         <v>27</v>
       </c>
       <c r="O21" t="s">
         <v>132</v>
       </c>