--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,380 +12,510 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of household air conditioners</t>
   </si>
   <si>
+    <t>Applies to electric air conditioners of domestic and foreign make, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, with a nominal capacity of equal to or less than 12 kW, which are used for cooling or heating, including reversible air conditioners with a rated capacity of less than or equal to 12 kW when cooling.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Under development</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-konditsionery.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of technical regulations on energy labeling of televisions</t>
   </si>
   <si>
+    <t>Television set or a television monitor of domestic and foreign make</t>
+  </si>
+  <si>
     <t>Displays, Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulations-energy-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/teh-regl-tv.doc</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household dishwashers</t>
   </si>
   <si>
+    <t>Applies to household dishwashers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including:</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/documents/TR-posudomoyka.docx</t>
+  </si>
+  <si>
     <t>Draft Resolution of the Cabinet of Ministers of Ukraine: On approval of the technical regulation on energy labeling of household tumble dryers</t>
   </si>
   <si>
+    <t>Applies to tumble dryers of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine starting from the effective date of the Technical Regulation, including: - electric mains-operated tumble dryers; -gas-powered tumble dryers; - built-in tumble dryers.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/draft-resolution-cabinet-ministers-ukraine-approval-technical-regulation-energy-labeling-0</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/Barabanni%20susharky.rar</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine -340: On the approval of the technical regulation on the energy labelling of electrical lamps and luminaires</t>
   </si>
   <si>
+    <t>Applies to the following categories of electric lamps of domestic and foreign make, placed on the market in the territory of Ukraine:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-340-approval-technical-regulation-energy-labelling</t>
   </si>
   <si>
+    <t>http://saee.gov.ua/sites/default/files/KMU_340.zip</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: CFLs</t>
   </si>
   <si>
+    <t>This standard establishes requirements for integral compact fluorescent lamps (CFL) where the tube and ballast are combined into a single unit. These lamps allow consumers to replace incandescent lamps easily with CFL. The product group that is within the scope of certification would include screw-based lamps with ballast and adaptor in a single assembly.</t>
+  </si>
+  <si>
     <t>Singapore*</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>January 2016</t>
   </si>
   <si>
     <t>Singapore Environment Council</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-cfls</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=7</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Hand Dryers</t>
   </si>
   <si>
+    <t>This policy establishes criteria for electric hot air hand driers that are equipped with non-contact on-off switches based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Other</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-hand-dryers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=49</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Microwave Ovens</t>
   </si>
   <si>
+    <t>This policy establishes criteria for microwave ovens for household use. A microwave oven is an electrical appliance intended for household use that uses high-frequency electromagnetic waves for heating food or beverages, with a rated voltage of not more than 250 V and a frequency ranging from 890 MHz to 6 GHz.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=81</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Personal Computers</t>
   </si>
   <si>
+    <t>This policy establishes criteria to label Personal Computers (PCs). These criteria include requirements for the following with a rated voltage of not more than 250 VAC: computer system unit; display (monitor); personal computer set combination system including units Computer System Unit, display (monitor), keyboard, and mouse; and portable computer such as notebook (notebook or laptop), tablet (tablet or slate).</t>
+  </si>
+  <si>
     <t>Information Technology</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-personal-computers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=82</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Photocopiers, Printers, Fax Machines &amp; Multifunctional Devices</t>
   </si>
   <si>
+    <t>This policy establishes grading criteria for Copying Machines, Printers, Fax Machines, and Multifunctional Devices (MFDs) based on environmental, performance, and health parameters. These criteria include requirements for standard-sized monochromatic and color office machines based on electrophotography (including laser and LED) and inkjet marking technologies. Standard-sized machines are those that primarily print or copy on regular-sized (e.g., A4 / 8.5 x 11) paper and envelopes. Large-format office machines are also included in this category.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-photocopiers-printers-fax-machines-multifunctional-devices</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=38</t>
+  </si>
+  <si>
     <t>Singapore Green Labeling Scheme: Televisions Sets</t>
   </si>
   <si>
+    <t>This category establishes criteria for mains-powered television sets consisting of a unit whose main purpose is to receive, reproduce and, if applicable, decode television signals.</t>
+  </si>
+  <si>
     <t>Televisions</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labeling-scheme-televisions-sets</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Coffee Machine</t>
   </si>
   <si>
+    <t>This category establishes criteria for espresso and coffee machines, which include fully-automatic espresso/coffee machines, hand-operated piston espresso/coffee machines and capsule espresso/coffee machines. The category does not cover espresso/coffee machines with a system to warm cups, or capsule espresso/coffee machines which require capsules made by a certain manufacturer.</t>
+  </si>
+  <si>
     <t>Coffee Machines</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-coffee-machine</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=56</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Dishwashers</t>
   </si>
   <si>
+    <t>This category establishes criteria for dishwashers designed to be stand-alone on floors or counter surfaces meant for household use. They apply to devices which serve the function of dishwashing alone or in combination with other functions.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-dishwashers</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=76</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Electric Kettles</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric kettles for household use based on environmental, performance and health parameters.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-electric-kettles</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=55</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Gas Cookers and Gas-fired Appliances</t>
   </si>
   <si>
+    <t>This category establishes criteria for household gas-powered cooking devices that are isolated in design i.e. individual machines (which operate with gas burners located on steel originated or glass and ceramic layered cooker top) and gas-powered cooking devices with built-in ovens (the latter may be either natural gas or electricity powered). This category does not include gas powered cooking devices which operate with gas burners located below a glass and ceramic layered cooker top.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-gas-cookers-and-gas-fired-appliances</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=57</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Hot Water Storage Tanks</t>
   </si>
   <si>
+    <t>This scope for certification under this category includes hot-water storage tanks such as thermal solar systems and components, including water heaters, water heating installations, and storage water heaters for drinking water.</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Electricity, Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-hot-water-storage-tanks</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=58</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: LEDs</t>
   </si>
   <si>
+    <t>This category establishes criteria for a range of Light Emitting Diode (“LED lighting”), which is used by directly connecting to a commercial power source.</t>
+  </si>
+  <si>
     <t>Streetlighting, Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-leds</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=45</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Photovoltaic Equipment</t>
   </si>
   <si>
+    <t>This category establishes criteria for products for indoor and outdoor use, powered by solar (or light) energy using a rechargeable electrochemical storage system are included within the scope of this category based on environmental, performance, and health parameters.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-photovoltaic-equipment</t>
   </si>
   <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=71</t>
+  </si>
+  <si>
     <t>Singapore Green Labelling Scheme: Refrigerators and Freezers</t>
   </si>
   <si>
+    <t>This category establishes criteria for electric household refrigerators (with or without low-temperature compartment), refrigerator-freezer combinations and freezers (chest and upright freezers) used as free-standing, built-under or built-in appliances.</t>
+  </si>
+  <si>
     <t>Refrigerators-Freezers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-refrigerators-and-freezers</t>
   </si>
   <si>
     <t>Singapore Green Labelling Scheme: Solar-Powered Products</t>
   </si>
   <si>
+    <t>The scope of certification under this category includes solar powered products such as watches/clocks, caliper gauges, desktop and pocket calculators, scales for small utilisation, e.g. letter, parcel, bathroom and kitchen scales, titrating devices, toys, solar construction kits, solar training kits, and solar experimental kits.</t>
+  </si>
+  <si>
     <t>Small-Solar Powered Electronics, Solar Energy Kits</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/singapore-green-labelling-scheme-solar-powered-products</t>
+  </si>
+  <si>
+    <t>https://www.sgls.sec.org.sg/categoryinfo.php?cid=62</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -649,981 +779,1116 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="187" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="187.526" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="651.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="106.117" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="82.408" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2"/>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...7 lines deleted...]
-      <c r="J2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G3" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
+      <c r="H3"/>
+      <c r="I3"/>
+      <c r="J3" t="s">
         <v>23</v>
       </c>
-      <c r="N2" t="s">
+      <c r="K3" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" t="s">
+      <c r="L3"/>
+      <c r="M3" t="s">
         <v>25</v>
       </c>
-      <c r="B3" t="s">
-[...8 lines deleted...]
-      <c r="E3" t="s">
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>32</v>
+      </c>
+      <c r="P3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
-[...7 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K3"/>
-      <c r="L3" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M3" t="s">
+      <c r="H4"/>
+      <c r="I4"/>
+      <c r="J4" t="s">
         <v>23</v>
       </c>
-      <c r="N3" t="s">
-[...16 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>37</v>
+      </c>
+      <c r="P4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
         <v>18</v>
       </c>
-      <c r="F4" t="s">
-[...7 lines deleted...]
-      <c r="J4" t="s">
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
         <v>21</v>
       </c>
-      <c r="K4"/>
-      <c r="L4" t="s">
+      <c r="G5" t="s">
         <v>22</v>
       </c>
-      <c r="M4" t="s">
+      <c r="H5"/>
+      <c r="I5"/>
+      <c r="J5" t="s">
         <v>23</v>
       </c>
-      <c r="N4" t="s">
-[...16 lines deleted...]
-      <c r="E5" t="s">
+      <c r="K5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>46</v>
+      </c>
+      <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="F5" t="s">
-[...11 lines deleted...]
-      <c r="L5" t="s">
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
         <v>22</v>
       </c>
-      <c r="M5" t="s">
+      <c r="H6"/>
+      <c r="I6"/>
+      <c r="J6" t="s">
         <v>23</v>
       </c>
-      <c r="N5" t="s">
-[...16 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>48</v>
+      </c>
+      <c r="P6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="F6" t="s">
-[...7 lines deleted...]
-      <c r="J6" t="s">
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
         <v>21</v>
       </c>
-      <c r="K6"/>
-[...3 lines deleted...]
-      <c r="M6" t="s">
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7">
+        <v>2014</v>
+      </c>
+      <c r="I7"/>
+      <c r="J7" t="s">
         <v>23</v>
       </c>
-      <c r="N6" t="s">
-[...35 lines deleted...]
-      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
       <c r="M7" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="N7" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O7" t="s">
+        <v>54</v>
+      </c>
+      <c r="P7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="C8" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="E8" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F8" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G8">
+        <v>60</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8">
         <v>2012</v>
       </c>
-      <c r="H8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I8"/>
       <c r="J8" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
       <c r="M8" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N8" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O8" t="s">
+        <v>63</v>
+      </c>
+      <c r="P8" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
       <c r="A9" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="B9" t="s">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>67</v>
       </c>
       <c r="E9" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G9"/>
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>68</v>
+      </c>
       <c r="H9"/>
-      <c r="I9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I9"/>
       <c r="J9" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
       <c r="M9" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N9" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>73</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>74</v>
       </c>
       <c r="E10" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F10" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G10"/>
+        <v>60</v>
+      </c>
+      <c r="G10" t="s">
+        <v>68</v>
+      </c>
       <c r="H10"/>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I10"/>
       <c r="J10" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N10" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>75</v>
+      </c>
+      <c r="P10" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="C11" t="s">
         <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>79</v>
       </c>
       <c r="E11" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F11" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G11"/>
+        <v>60</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
       <c r="H11"/>
-      <c r="I11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I11"/>
       <c r="J11" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
       <c r="M11" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N11" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>80</v>
+      </c>
+      <c r="P11" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
       <c r="A12" t="s">
+        <v>82</v>
+      </c>
+      <c r="B12" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" t="s">
+        <v>58</v>
+      </c>
+      <c r="D12" t="s">
+        <v>84</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
         <v>60</v>
       </c>
-      <c r="B12" t="s">
-[...14 lines deleted...]
-      <c r="G12"/>
+      <c r="G12" t="s">
+        <v>68</v>
+      </c>
       <c r="H12"/>
-      <c r="I12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I12"/>
       <c r="J12" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>69</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
       <c r="M12" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N12" t="s">
-        <v>62</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>85</v>
+      </c>
+      <c r="P12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
       <c r="A13" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="B13" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="C13" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="E13" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F13" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>60</v>
+      </c>
+      <c r="G13" t="s">
+        <v>90</v>
       </c>
       <c r="H13">
         <v>2012</v>
       </c>
-      <c r="I13" t="s">
-        <v>46</v>
+      <c r="I13">
+        <v>2012</v>
       </c>
       <c r="J13" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13"/>
       <c r="M13" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N13" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O13" t="s">
+        <v>91</v>
+      </c>
+      <c r="P13" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
       <c r="A14" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="B14" t="s">
-        <v>43</v>
+        <v>94</v>
       </c>
       <c r="C14" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>95</v>
       </c>
       <c r="E14" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F14" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>2012</v>
+        <v>60</v>
+      </c>
+      <c r="G14" t="s">
+        <v>90</v>
       </c>
       <c r="H14">
         <v>2012</v>
       </c>
-      <c r="I14" t="s">
-        <v>46</v>
+      <c r="I14">
+        <v>2012</v>
       </c>
       <c r="J14" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N14" t="s">
-        <v>69</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>96</v>
+      </c>
+      <c r="P14" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="B15" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
       <c r="C15" t="s">
-        <v>29</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="E15" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F15" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>60</v>
+      </c>
+      <c r="G15" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15">
         <v>2013</v>
       </c>
-      <c r="H15"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I15"/>
       <c r="J15" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N15" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>103</v>
       </c>
       <c r="C16" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="E16" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F16" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G16">
+        <v>60</v>
+      </c>
+      <c r="G16" t="s">
+        <v>53</v>
+      </c>
+      <c r="H16">
         <v>2017</v>
       </c>
-      <c r="H16"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I16"/>
       <c r="J16" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
       <c r="M16" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N16" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>106</v>
+      </c>
+      <c r="P16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
       <c r="A17" t="s">
-        <v>76</v>
+        <v>108</v>
       </c>
       <c r="B17" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="D17" t="s">
-        <v>17</v>
+        <v>110</v>
       </c>
       <c r="E17" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F17" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G17">
+        <v>60</v>
+      </c>
+      <c r="G17" t="s">
+        <v>53</v>
+      </c>
+      <c r="H17">
         <v>2017</v>
       </c>
-      <c r="H17"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I17"/>
       <c r="J17" t="s">
-        <v>78</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K17" t="s">
+        <v>111</v>
+      </c>
+      <c r="L17"/>
       <c r="M17" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N17" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>112</v>
+      </c>
+      <c r="P17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>114</v>
       </c>
       <c r="B18" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="C18" t="s">
-        <v>81</v>
+        <v>58</v>
       </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>116</v>
       </c>
       <c r="E18" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F18" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G18">
+        <v>60</v>
+      </c>
+      <c r="G18" t="s">
+        <v>53</v>
+      </c>
+      <c r="H18">
         <v>2017</v>
       </c>
-      <c r="H18"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I18"/>
       <c r="J18" t="s">
-        <v>82</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K18" t="s">
+        <v>117</v>
+      </c>
+      <c r="L18"/>
       <c r="M18" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N18" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>118</v>
+      </c>
+      <c r="P18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
       <c r="A19" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>121</v>
       </c>
       <c r="C19" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
       <c r="D19" t="s">
-        <v>17</v>
+        <v>122</v>
       </c>
       <c r="E19" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F19" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G19">
+        <v>60</v>
+      </c>
+      <c r="G19" t="s">
+        <v>90</v>
+      </c>
+      <c r="H19">
         <v>2012</v>
       </c>
-      <c r="H19">
+      <c r="I19">
         <v>2017</v>
       </c>
-      <c r="I19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
       <c r="M19" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N19" t="s">
-        <v>86</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>123</v>
+      </c>
+      <c r="P19" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>125</v>
       </c>
       <c r="B20" t="s">
-        <v>43</v>
+        <v>126</v>
       </c>
       <c r="C20" t="s">
-        <v>88</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>17</v>
+        <v>127</v>
       </c>
       <c r="E20" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F20" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G20">
+        <v>60</v>
+      </c>
+      <c r="G20" t="s">
+        <v>53</v>
+      </c>
+      <c r="H20">
         <v>2017</v>
       </c>
-      <c r="H20"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I20"/>
       <c r="J20" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K20" t="s">
+        <v>128</v>
+      </c>
+      <c r="L20"/>
       <c r="M20" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>129</v>
+      </c>
+      <c r="P20" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" t="s">
+        <v>132</v>
+      </c>
+      <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" t="s">
+        <v>133</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>60</v>
+      </c>
+      <c r="G21" t="s">
         <v>90</v>
-      </c>
-[...21 lines deleted...]
-        <v>2012</v>
       </c>
       <c r="H21">
         <v>2012</v>
       </c>
-      <c r="I21" t="s">
-        <v>46</v>
+      <c r="I21">
+        <v>2012</v>
       </c>
       <c r="J21" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21"/>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N21" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>134</v>
+      </c>
+      <c r="P21" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>94</v>
+        <v>135</v>
       </c>
       <c r="B22" t="s">
-        <v>43</v>
+        <v>136</v>
       </c>
       <c r="C22" t="s">
-        <v>95</v>
+        <v>58</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>137</v>
       </c>
       <c r="E22" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="G22">
+        <v>60</v>
+      </c>
+      <c r="G22" t="s">
+        <v>53</v>
+      </c>
+      <c r="H22">
         <v>2017</v>
       </c>
-      <c r="H22"/>
-[...2 lines deleted...]
-      </c>
+      <c r="I22"/>
       <c r="J22" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      </c>
+        <v>105</v>
+      </c>
+      <c r="K22" t="s">
+        <v>128</v>
+      </c>
+      <c r="L22"/>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>62</v>
       </c>
       <c r="N22" t="s">
-        <v>96</v>
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>138</v>
+      </c>
+      <c r="P22" t="s">
+        <v>139</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>