--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -8453,51 +8453,51 @@
       </c>
       <c r="P113" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="114" spans="1:16">
       <c r="A114" t="s">
         <v>583</v>
       </c>
       <c r="B114" t="s">
         <v>584</v>
       </c>
       <c r="C114" t="s">
         <v>38</v>
       </c>
       <c r="D114" t="s">
         <v>585</v>
       </c>
       <c r="E114" t="s">
         <v>40</v>
       </c>
       <c r="F114" t="s">
         <v>586</v>
       </c>
       <c r="G114" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H114">
         <v>2021</v>
       </c>
       <c r="I114">
         <v>2024</v>
       </c>
       <c r="J114" t="s">
         <v>587</v>
       </c>
       <c r="K114" t="s">
         <v>24</v>
       </c>
       <c r="L114" t="s">
         <v>588</v>
       </c>
       <c r="M114" t="s">
         <v>42</v>
       </c>
       <c r="N114" t="s">
         <v>27</v>
       </c>
       <c r="O114" t="s">
         <v>589</v>
       </c>