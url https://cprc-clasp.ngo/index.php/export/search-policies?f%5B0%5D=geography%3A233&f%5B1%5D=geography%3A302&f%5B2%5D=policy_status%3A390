--- v0 (2025-10-14)
+++ v1 (2026-02-04)
@@ -17,210 +17,211 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling Scheme</t>
   </si>
   <si>
+    <t>Refrigerators and freezers, washing machines, electric ovens, households lamps, air-conditioners. Energy efficiency labelling scheme is to inform the end users about energy consumption data, maintenance, operation guidelines, installation and other relevant data for determination of operational costs. Energy labelling has the best impact on household appliances because the users can get informed on independent basis.</t>
+  </si>
+  <si>
     <t>Tajikistan</t>
   </si>
   <si>
     <t>Non-Directional lamps, Directional Lamps, Boilers and Furnaces, Room ACs - Stationary ACs, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>Ministry of Energy and Water Resources</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-scheme</t>
   </si>
   <si>
+    <t>http://www.undp.org/content/dam/tajikistan/docs/library/UNDP_TJK_Energy_Efficiency_Master_Plan_for_Tajikistan_Eng.pdf</t>
+  </si>
+  <si>
     <t>Minimum Equipment Energy Performance Standards</t>
   </si>
   <si>
+    <t>Heating/cooling appliance (including boilers and split air-conditioning systems) Refrigerators and freezers Lighting products in the domestic and tertiary sectors. Through enforcement of technical standards for energy-using equipment, it will be ensured that products of high quality and efficient use of energy are placed at Tajik market.</t>
+  </si>
+  <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/minimum-equipment-energy-performance-standards</t>
   </si>
   <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
-    <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
-[...17 lines deleted...]
-    <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -484,315 +485,298 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="155" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="496.593" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="134.396" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="23.423" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="139.109" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2013</v>
+      </c>
+      <c r="I2"/>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="G2">
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
         <v>2013</v>
       </c>
-      <c r="H2"/>
-      <c r="I2" t="s">
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>32</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>35</v>
+      </c>
+      <c r="C4" t="s">
+        <v>36</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-      <c r="L2" t="s">
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="M2" t="s">
-[...19 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>32</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>39</v>
+      </c>
+      <c r="N4" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...94 lines deleted...]
-      <c r="K5" t="s">
+      <c r="O4" t="s">
         <v>40</v>
       </c>
-      <c r="L5" t="s">
-[...5 lines deleted...]
-      <c r="N5" t="s">
+      <c r="P4" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>