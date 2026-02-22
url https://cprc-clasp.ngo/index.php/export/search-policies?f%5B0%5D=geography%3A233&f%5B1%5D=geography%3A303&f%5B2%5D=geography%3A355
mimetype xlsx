--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -4507,51 +4507,51 @@
       </c>
       <c r="P30" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
         <v>211</v>
       </c>
       <c r="B31" t="s">
         <v>212</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
         <v>213</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>214</v>
       </c>
       <c r="G31" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H31">
         <v>2021</v>
       </c>
       <c r="I31">
         <v>2024</v>
       </c>
       <c r="J31" t="s">
         <v>215</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
         <v>216</v>
       </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
         <v>217</v>
       </c>