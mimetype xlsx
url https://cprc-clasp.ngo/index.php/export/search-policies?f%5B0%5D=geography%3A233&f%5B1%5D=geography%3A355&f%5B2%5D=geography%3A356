--- v0 (2025-12-11)
+++ v1 (2026-02-20)
@@ -5384,51 +5384,51 @@
       </c>
       <c r="P67" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="68" spans="1:16">
       <c r="A68" t="s">
         <v>302</v>
       </c>
       <c r="B68" t="s">
         <v>303</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" t="s">
         <v>304</v>
       </c>
       <c r="E68" t="s">
         <v>20</v>
       </c>
       <c r="F68" t="s">
         <v>305</v>
       </c>
       <c r="G68" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H68">
         <v>2021</v>
       </c>
       <c r="I68">
         <v>2024</v>
       </c>
       <c r="J68" t="s">
         <v>306</v>
       </c>
       <c r="K68" t="s">
         <v>24</v>
       </c>
       <c r="L68" t="s">
         <v>307</v>
       </c>
       <c r="M68" t="s">
         <v>25</v>
       </c>
       <c r="N68" t="s">
         <v>26</v>
       </c>
       <c r="O68" t="s">
         <v>308</v>
       </c>