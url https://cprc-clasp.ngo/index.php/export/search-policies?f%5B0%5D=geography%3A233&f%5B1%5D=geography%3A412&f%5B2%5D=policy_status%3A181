--- v0 (2025-10-13)
+++ v1 (2025-12-06)
@@ -12,218 +12,249 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances (NM 14.2.300)</t>
   </si>
   <si>
+    <t>This standard specifies mandatory labeling requirements for cooling appliances (refrigerators, freezers, and air conditioners), cooking appliances (electric ovens), cleaning appliances (dishwashers, washing machines, and clothes dryers), and household electric lamps (incandescent and fluorescent lamps with/without integrated ballast).</t>
+  </si>
+  <si>
     <t>Morocco</t>
   </si>
   <si>
     <t>Kitchen, Dishwashers, Laundry, Washing Machines, Lighting, Lamps, Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
     <t>Entered into force</t>
   </si>
   <si>
     <t>September 2022</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>Institut Marocain de Normalisation (IMANOR)</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-nm-142300</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-300/#</t>
+  </si>
+  <si>
     <t>Energy Labeling of Electrical Products and Household Appliances: Requirements for Air Conditioners (NM 14.2.302)</t>
   </si>
   <si>
+    <t>This policy specifies the energy efficiency and labeling requirements for air conditioners.</t>
+  </si>
+  <si>
     <t>Space Heating and Space Cooling, Air Conditioning</t>
   </si>
   <si>
     <t>Comparative Label, Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-labeling-electrical-products-and-household-appliances-requirements-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.imanor.gov.ma/Norme/nm-14-2-302/</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No 702 of 7 August 2013: On approval of technical regulations on energy labelling</t>
   </si>
   <si>
+    <t>This resolution applies to household washing machines of domestic and foreign make, including those intended for professional use, placed on the market in the territory of Ukraine, particularly: new electric mains-operated household washing machines; household washing machines that can also be powered by batteries; built-in household washing machines.</t>
+  </si>
+  <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Washer and Dryers, Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>October 2015</t>
   </si>
   <si>
     <t>State Agency on Energy Efficiency and Energy Saving of Ukraine</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no-702-7-august-2013-approval-technical-regulations</t>
   </si>
   <si>
+    <t>http://zakon2.rada.gov.ua/laws/show/702-2013-%D0%BF/page</t>
+  </si>
+  <si>
     <t>Resolution of the Cabinet of Ministers of Ukraine No.702: On the approval of the Technical Regulation on energy labelling</t>
   </si>
   <si>
+    <t>This regulation specifies the labeling requirements for the following household refrigerating appliances:</t>
+  </si>
+  <si>
     <t>Washing Machines, Wine Chillers, Refrigerators-Freezers, Freezers-only</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/resolution-cabinet-ministers-ukraine-no702-approval-technical-regulation-energy-labelling</t>
+  </si>
+  <si>
+    <t>http://saee.gov.ua/documents/laws/ENG_Resolutio_702_2013.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -487,317 +518,350 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N5"/>
+  <dimension ref="A1:P5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="155" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="155.676" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="417.47" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="136.681" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="74.268" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="71.84" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
     </row>
-    <row r="2" spans="1:14">
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2011</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2"/>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...8 lines deleted...]
-      <c r="I2" t="s">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="J2" t="s">
+      <c r="F3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2018</v>
+      </c>
+      <c r="I3"/>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>26</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
         <v>21</v>
       </c>
-      <c r="K2"/>
-[...6 lines deleted...]
-      <c r="N2" t="s">
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4">
+        <v>2014</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>41</v>
+      </c>
+      <c r="K4" t="s">
         <v>24</v>
       </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>42</v>
+      </c>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>43</v>
+      </c>
+      <c r="P4" t="s">
+        <v>44</v>
+      </c>
     </row>
-    <row r="3" spans="1:14">
-[...6 lines deleted...]
-      <c r="C3" t="s">
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5">
+        <v>2008</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" t="s">
+        <v>42</v>
+      </c>
+      <c r="N5" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...110 lines deleted...]
-        <v>42</v>
+      <c r="O5" t="s">
+        <v>51</v>
+      </c>
+      <c r="P5" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>