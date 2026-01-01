--- v0 (2025-11-13)
+++ v1 (2026-01-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="232">
   <si>
     <t>Policy</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
@@ -546,50 +546,53 @@
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for clothes washing machines for household use.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456:2010</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-85262013-clothes-washing-machines-household-use-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-8526-2013-may-giat-gia-dung-hieu-suat-nang-luong-phuong-phap-xac-dinh#toan-van</t>
   </si>
   <si>
     <t>TCVN 8630:2010 Boilers - energy efficiency and test methods</t>
   </si>
   <si>
     <t>This standard stipulates energy efficiency requirements and test methods for determining energy efficiency for fuel-burning boilers. The methods for determining boiler efficiency use the forward balance method and the reverse balance method. This standard does not apply to boilers used to produce electricity. This standard will enter into effect on 1 April 2025.</t>
   </si>
   <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
+    <t>Revised, Superseded</t>
+  </si>
+  <si>
     <t>Gas, Oil</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302010-boilers-energy-efficiency-and-test-methods</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN+8630%3A2019</t>
   </si>
   <si>
     <t>TCVN 8630:2019 Boilers - Energy Efficiency and Method for Determination</t>
   </si>
   <si>
     <t>This standard specifies the requirements for energy efficiency and the method for determining energy efficiency for fuel-fired boilers when put into use in the industrial sector.
 The method for determining boiler efficiency specified in this standard is the forward balance method and the reverse balance method.
 This standard does not apply to boilers used for electricity generation.
 It replaces TCVN 8630:2010 and has been effective starting April 2025.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-86302019-boilers-energy-efficiency-and-method-determination</t>
   </si>
   <si>
     <t>TCVN 9508:2012 Computer monitors - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS and test methods for computer monitors.</t>
@@ -634,50 +637,53 @@
     <t>https://vanbanphapluat.co/tcvn-9510-2012-may-photocopy-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536: 2021: Television Sets - Energy Efficiency</t>
   </si>
   <si>
     <t>This standard applies to television sets with a rated power of less than 1 000 W, consisting of a display and one or more receivers/tuners in the same or separate housing.
 It also applies to TV/VCR, TV/DVD, combined TV/VCR/DVD sets.
 It does not apply to television sets with computer, OCAP, IP and other television receivers with special functions. This standard specifies minimum energy efficiency levels and energy efficiency classes for television sets.
 It replaces TCVN 9536:2012 and has been effective since April 2025.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-9536-2021-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://tieuchuan.vsqi.gov.vn/tieuchuan/view?sohieu=TCVN%209536:2021</t>
   </si>
   <si>
     <t>TCVN 9536:2012 Television sets - energy efficiency</t>
   </si>
   <si>
     <t>This document specifies the MEPS, test methods, and star ratings for television sets.</t>
+  </si>
+  <si>
+    <t>Superseded</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-television-sets-energy-efficiency</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9536-2012-may-thu-hinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9536:2012: Televisions</t>
   </si>
   <si>
     <t>This policy defines minimum energy performance standards for televisions.</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/tcvn-95362012-televisions</t>
   </si>
   <si>
     <t>https://vanbanphapluat.co/tcvn-9537-2012-may-thu-hinh-xac-dinh-hieu-suat-nang-luong</t>
   </si>
   <si>
     <t>TCVN 9981:2020 - VRF/VRV air conditioners</t>
   </si>
   <si>
     <t>This policy specifies the method for determining the performance and energy efficiency of outdoor assemblies (outdoor units) for VRF/VRV air conditioners using three-phase power sources. This policy will enter into force on 1 January 2025.</t>
   </si>
@@ -2417,604 +2423,604 @@
       </c>
       <c r="P27" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="28" spans="1:16">
       <c r="A28" t="s">
         <v>169</v>
       </c>
       <c r="B28" t="s">
         <v>170</v>
       </c>
       <c r="C28" t="s">
         <v>18</v>
       </c>
       <c r="D28" t="s">
         <v>171</v>
       </c>
       <c r="E28" t="s">
         <v>20</v>
       </c>
       <c r="F28" t="s">
         <v>21</v>
       </c>
       <c r="G28" t="s">
-        <v>40</v>
+        <v>172</v>
       </c>
       <c r="H28">
         <v>2010</v>
       </c>
       <c r="I28">
         <v>2019</v>
       </c>
       <c r="J28" t="s">
         <v>41</v>
       </c>
       <c r="K28" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L28"/>
       <c r="M28" t="s">
         <v>25</v>
       </c>
       <c r="N28" t="s">
         <v>26</v>
       </c>
       <c r="O28" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="P28" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="29" spans="1:16">
       <c r="A29" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B29" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C29" t="s">
         <v>18</v>
       </c>
       <c r="D29" t="s">
         <v>171</v>
       </c>
       <c r="E29" t="s">
         <v>20</v>
       </c>
       <c r="F29" t="s">
         <v>21</v>
       </c>
       <c r="G29" t="s">
         <v>40</v>
       </c>
       <c r="H29">
         <v>2010</v>
       </c>
       <c r="I29">
         <v>2019</v>
       </c>
       <c r="J29" t="s">
         <v>72</v>
       </c>
       <c r="K29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="L29"/>
       <c r="M29" t="s">
         <v>25</v>
       </c>
       <c r="N29" t="s">
         <v>98</v>
       </c>
       <c r="O29" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="P29" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="30" spans="1:16">
       <c r="A30" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B30" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C30" t="s">
         <v>18</v>
       </c>
       <c r="D30" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E30" t="s">
         <v>20</v>
       </c>
       <c r="F30" t="s">
         <v>21</v>
       </c>
       <c r="G30" t="s">
         <v>40</v>
       </c>
       <c r="H30">
         <v>2012</v>
       </c>
       <c r="I30">
         <v>2015</v>
       </c>
       <c r="J30" t="s">
         <v>41</v>
       </c>
       <c r="K30" t="s">
         <v>24</v>
       </c>
       <c r="L30" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M30" t="s">
         <v>25</v>
       </c>
       <c r="N30" t="s">
         <v>26</v>
       </c>
       <c r="O30" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="P30" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="31" spans="1:16">
       <c r="A31" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B31" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C31" t="s">
         <v>18</v>
       </c>
       <c r="D31" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E31" t="s">
         <v>20</v>
       </c>
       <c r="F31" t="s">
         <v>21</v>
       </c>
       <c r="G31" t="s">
         <v>40</v>
       </c>
       <c r="H31">
         <v>2012</v>
       </c>
       <c r="I31">
         <v>2015</v>
       </c>
       <c r="J31" t="s">
         <v>41</v>
       </c>
       <c r="K31" t="s">
         <v>24</v>
       </c>
       <c r="L31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M31" t="s">
         <v>25</v>
       </c>
       <c r="N31" t="s">
         <v>26</v>
       </c>
       <c r="O31" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="P31" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="32" spans="1:16">
       <c r="A32" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B32" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C32" t="s">
         <v>18</v>
       </c>
       <c r="D32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E32" t="s">
         <v>20</v>
       </c>
       <c r="F32" t="s">
         <v>21</v>
       </c>
       <c r="G32" t="s">
         <v>22</v>
       </c>
       <c r="H32">
         <v>2012</v>
       </c>
       <c r="I32"/>
       <c r="J32" t="s">
         <v>41</v>
       </c>
       <c r="K32" t="s">
         <v>24</v>
       </c>
       <c r="L32" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M32" t="s">
         <v>25</v>
       </c>
       <c r="N32" t="s">
         <v>26</v>
       </c>
       <c r="O32" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P32" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="33" spans="1:16">
       <c r="A33" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B33" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C33" t="s">
         <v>18</v>
       </c>
       <c r="D33" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E33" t="s">
         <v>20</v>
       </c>
       <c r="F33" t="s">
         <v>21</v>
       </c>
       <c r="G33" t="s">
         <v>40</v>
       </c>
       <c r="H33">
         <v>2012</v>
       </c>
       <c r="I33">
         <v>2021</v>
       </c>
       <c r="J33" t="s">
         <v>72</v>
       </c>
       <c r="K33" t="s">
         <v>24</v>
       </c>
       <c r="L33"/>
       <c r="M33" t="s">
         <v>25</v>
       </c>
       <c r="N33" t="s">
         <v>26</v>
       </c>
       <c r="O33" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="P33" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="34" spans="1:16">
       <c r="A34" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B34" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C34" t="s">
         <v>18</v>
       </c>
       <c r="D34" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E34" t="s">
         <v>20</v>
       </c>
       <c r="F34" t="s">
         <v>21</v>
       </c>
       <c r="G34" t="s">
-        <v>40</v>
+        <v>201</v>
       </c>
       <c r="H34">
         <v>2012</v>
       </c>
       <c r="I34">
         <v>2015</v>
       </c>
       <c r="J34" t="s">
         <v>23</v>
       </c>
       <c r="K34" t="s">
         <v>24</v>
       </c>
       <c r="L34"/>
       <c r="M34" t="s">
         <v>25</v>
       </c>
       <c r="N34" t="s">
         <v>26</v>
       </c>
       <c r="O34" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="P34" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
     </row>
     <row r="35" spans="1:16">
       <c r="A35" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="B35" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C35" t="s">
         <v>18</v>
       </c>
       <c r="D35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E35" t="s">
         <v>20</v>
       </c>
       <c r="F35" t="s">
         <v>21</v>
       </c>
       <c r="G35" t="s">
         <v>22</v>
       </c>
       <c r="H35">
         <v>2012</v>
       </c>
       <c r="I35"/>
       <c r="J35" t="s">
         <v>41</v>
       </c>
       <c r="K35" t="s">
         <v>24</v>
       </c>
       <c r="L35"/>
       <c r="M35" t="s">
         <v>25</v>
       </c>
       <c r="N35" t="s">
         <v>26</v>
       </c>
       <c r="O35" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="P35" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="36" spans="1:16">
       <c r="A36" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B36" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C36" t="s">
         <v>18</v>
       </c>
       <c r="D36" t="s">
         <v>77</v>
       </c>
       <c r="E36" t="s">
         <v>20</v>
       </c>
       <c r="F36" t="s">
         <v>21</v>
       </c>
       <c r="G36" t="s">
         <v>86</v>
       </c>
       <c r="H36">
         <v>2021</v>
       </c>
       <c r="I36"/>
       <c r="J36" t="s">
         <v>41</v>
       </c>
       <c r="K36" t="s">
         <v>24</v>
       </c>
       <c r="L36" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="M36" t="s">
         <v>25</v>
       </c>
       <c r="N36" t="s">
         <v>98</v>
       </c>
       <c r="O36" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="P36" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
     </row>
     <row r="37" spans="1:16">
       <c r="A37" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B37" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C37" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D37" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E37" t="s">
         <v>20</v>
       </c>
       <c r="F37" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="G37" t="s">
         <v>22</v>
       </c>
       <c r="H37">
         <v>2017</v>
       </c>
       <c r="I37"/>
       <c r="J37" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="K37" t="s">
         <v>24</v>
       </c>
       <c r="L37" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M37" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N37" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="O37" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="P37" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="38" spans="1:16">
       <c r="A38" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B38" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C38" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D38" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="E38" t="s">
         <v>20</v>
       </c>
       <c r="F38" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="G38" t="s">
         <v>22</v>
       </c>
       <c r="H38">
         <v>2020</v>
       </c>
       <c r="I38"/>
       <c r="J38" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="K38" t="s">
         <v>24</v>
       </c>
       <c r="L38" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="M38" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="N38" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="O38" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="P38"/>
     </row>
     <row r="39" spans="1:16">
       <c r="A39" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B39" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C39" t="s">
         <v>18</v>
       </c>
       <c r="D39" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E39" t="s">
         <v>20</v>
       </c>
       <c r="F39" t="s">
         <v>21</v>
       </c>
       <c r="G39" t="s">
         <v>40</v>
       </c>
       <c r="H39">
         <v>2011</v>
       </c>
       <c r="I39">
         <v>2013</v>
       </c>
       <c r="J39" t="s">
         <v>23</v>
       </c>
       <c r="K39" t="s">
         <v>24</v>
       </c>
       <c r="L39"/>
       <c r="M39" t="s">
         <v>25</v>
       </c>
       <c r="N39" t="s">
         <v>26</v>
       </c>
       <c r="O39" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="P39" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">