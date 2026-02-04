--- v0 (2025-10-15)
+++ v1 (2026-02-04)
@@ -12,425 +12,566 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2013 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of electronic displays</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for televisions.</t>
+  </si>
+  <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>Televisions, Displays</t>
   </si>
   <si>
     <t>Mandatory</t>
   </si>
   <si>
     <t>Comparative Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>October 2023</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>EN 50301</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192013-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2013/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) 2019/2017 of 11 March 2019 supplementing Regulation (EU) 2017/1369 of the European Parliament and of the Council with regard to energy labelling of household dishwashers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated household dishwashers and electric mains-operated dishwashers that can also be powered by batteries; including those sold for non-household use and built-in household dishwashers</t>
+  </si>
+  <si>
     <t>Dishwashers</t>
   </si>
   <si>
     <t>Energy Efficiency, Water Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-20192017-11-march-2019-supplementing-regulation-eu-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/2017/contents</t>
+  </si>
+  <si>
     <t>Commission Delegated Regulation (EU) No 392/2012 of 1 March 2012 supplementing Directive 2010/30/EU of the European Parliament and of the Council with regard to energy labelling of household tumble driers</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling of and the provision of supplementary product information on electric mains-operated and gas-fired household tumble driers and built-in household tumble driers; including those sold for non-household use. This Regulation shall not apply to household combined washer-driers and household spin-extractors.  This Regulation shall not apply to household combined washer-driers and household spin-extractors.</t>
+  </si>
+  <si>
     <t>Clothes Dryers</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 61121</t>
   </si>
   <si>
-    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive-0</t>
+    <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-3922012-1-march-2012-supplementing-directive</t>
+  </si>
+  <si>
+    <t>https://www.legislation.gov.uk/eur/2012/392/contents</t>
   </si>
   <si>
     <t>Commission Delegated Regulation EU No 65-2014 of 1 October 2013 supplementing Directive 2010-30-EU -with regard to the energy labelling of domestic ovens and range hoods</t>
   </si>
   <si>
+    <t>This Regulation establishes requirements for the labelling and the provision of supplementary product information for domestic electric and gas ovens; including when incorporated into cookers; and for domestic electric range hoods; including when sold for non-domestic purposes.</t>
+  </si>
+  <si>
     <t>Europe, United Kingdom</t>
   </si>
   <si>
     <t>Ovens</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-delegated-regulation-eu-no-65-2014-1-october-2013-supplementing-directive-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/65/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1782 of 1 October 2019 laying down ecodesign requirements for external power supplies</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements related to electric power consumption in no-load condition and average active efficiency of external power supplies.  Exclusions: this Regulation shall not apply to:   a. voltage converters;   b. uninterruptible power supplies;   c. battery chargers;     d. halogen lighting converters;   e. external power supplies for medical devices;   f. external power supplies placed on the market no later than 30 June 2015 as a service part or spare part for an identical external power supply which was placed on the market not later than one year after this Regulation has come into force; under the condition that the service part or spare part; or its packaging; clearly indicates the primary load products for which the spare part or service part is intended to be used with.</t>
+  </si>
+  <si>
     <t>External Power Supply</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191782-1-october-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1782/contents</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/1783 of 1 October 2019 amending Regulation (EU) No 548/2014 on implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to small, medium and large power transformers</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for placing on the market or putting into service power transformers with a minimum power rating of 1 kVA used in 50Hz electricity transmission and distribution networks or for industrial applications. The Regulation is only applicable to transformers purchased after the entry into force of the Regulation. Power transformer means a static piece of apparatus with two or more windings which; by electromagnetic induction; transforms a system of alternating voltage and current into another system of alternating voltage and current usually of different values and at the same frequency for the purpose of transmitting electrical power.</t>
+  </si>
+  <si>
     <t>Power Transformers</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2014/548/contents/2014-05-21</t>
+  </si>
+  <si>
     <t>IEC 60076</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-20191783-1-october-2019-amending-regulation-eu-no-5482014-1</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2019/1783/contents/2019-10-01</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) 2019/424 of 15 March 2019 laying down ecodesign requirements for servers and data storage products</t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market of computers and computer servers.
+This Policy is under review with research underway by the UK government.</t>
+  </si>
+  <si>
     <t>Computers, Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-2019424-15-march-2019-laying-down-ecodesign-requirements-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/617/2020-01-31</t>
+  </si>
+  <si>
     <t>Commission Regulation (EU) No 813/2013 of 2 August 2013 implementing Directive 2009/125/EC of the European Parliament and of the Council with regard to ecodesign requirements for space heaters and combination heaters </t>
   </si>
   <si>
+    <t>This Regulation establishes ecodesign requirements for the placing on the market and or putting into service of space heaters and combination heaters with a rated heat output of less than or equal to 400 kW; including those integrated in packages of space heater; temperature control and solar device or packages of combination heater; temperature control and solar device as defined in Article 2 of the Labelling Delegated Act.</t>
+  </si>
+  <si>
     <t>Heat Pumps, Boilers and Furnaces</t>
   </si>
   <si>
     <t>July 2024</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil</t>
   </si>
   <si>
     <t>Department for Energy Security and Net Zero</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-regulation-eu-no-8132013-2-august-2013-implementing-directive-2009125ec-0</t>
   </si>
   <si>
+    <t>https://www.legislation.gov.uk/eur/2013/813/contents</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Saving Trust Endorsed Products</t>
   </si>
   <si>
+    <t>clothes washer</t>
+  </si>
+  <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>August 2019</t>
   </si>
   <si>
     <t>10 CFR 430 Subpart B</t>
   </si>
   <si>
     <t>Energy Saving Trust</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-3</t>
   </si>
   <si>
+    <t>https://energysavingtrust.org.uk/business/energy-efficiency/products-technology/</t>
+  </si>
+  <si>
+    <t>clothes washer and dryer</t>
+  </si>
+  <si>
     <t>Washer and Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-4</t>
+  </si>
+  <si>
+    <t>Storoge water heater</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-saving-trust-endorsed-products-5</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -694,1123 +835,1270 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N24"/>
+  <dimension ref="A1:P24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="275" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="275.933" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="970.763" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="38.848" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2010</v>
+      </c>
+      <c r="I2">
+        <v>2019</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2"/>
+      <c r="N2" t="s">
+        <v>26</v>
+      </c>
+      <c r="O2" t="s">
+        <v>27</v>
+      </c>
+      <c r="P2" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>1997</v>
+      </c>
+      <c r="I3">
+        <v>2019</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3"/>
+      <c r="N3" t="s">
+        <v>32</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>1995</v>
+      </c>
+      <c r="I4">
+        <v>2012</v>
+      </c>
+      <c r="J4" t="s">
+        <v>23</v>
+      </c>
+      <c r="K4" t="s">
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4"/>
+      <c r="N4" t="s">
+        <v>26</v>
+      </c>
+      <c r="O4" t="s">
+        <v>40</v>
+      </c>
+      <c r="P4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>1979</v>
+      </c>
+      <c r="I5">
+        <v>2013</v>
+      </c>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>38</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5"/>
+      <c r="N5" t="s">
+        <v>26</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>51</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2009</v>
+      </c>
+      <c r="I6">
+        <v>2019</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6"/>
+      <c r="N6" t="s">
+        <v>26</v>
+      </c>
+      <c r="O6" t="s">
+        <v>52</v>
+      </c>
+      <c r="P6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>54</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>51</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2015</v>
+      </c>
+      <c r="I7">
+        <v>2019</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7"/>
+      <c r="M7"/>
+      <c r="N7" t="s">
+        <v>57</v>
+      </c>
+      <c r="O7" t="s">
+        <v>58</v>
+      </c>
+      <c r="P7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>54</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>51</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2015</v>
+      </c>
+      <c r="I8">
+        <v>2019</v>
+      </c>
+      <c r="J8" t="s">
+        <v>23</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>60</v>
+      </c>
+      <c r="M8"/>
+      <c r="N8" t="s">
+        <v>57</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
+      </c>
+      <c r="P8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>63</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>65</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>51</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2019</v>
+      </c>
+      <c r="J9" t="s">
+        <v>23</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9"/>
+      <c r="N9" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" t="s">
+        <v>66</v>
+      </c>
+      <c r="P9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>68</v>
+      </c>
+      <c r="B10" t="s">
+        <v>69</v>
+      </c>
+      <c r="C10" t="s">
+        <v>44</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>51</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>1992</v>
+      </c>
+      <c r="I10">
+        <v>2013</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+      <c r="K10" t="s">
+        <v>72</v>
+      </c>
+      <c r="L10"/>
+      <c r="M10" t="s">
+        <v>73</v>
+      </c>
+      <c r="N10" t="s">
+        <v>26</v>
+      </c>
+      <c r="O10" t="s">
+        <v>74</v>
+      </c>
+      <c r="P10" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>77</v>
+      </c>
+      <c r="C11" t="s">
+        <v>78</v>
+      </c>
+      <c r="D11" t="s">
+        <v>79</v>
+      </c>
+      <c r="E11" t="s">
+        <v>80</v>
+      </c>
+      <c r="F11" t="s">
+        <v>81</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2012</v>
+      </c>
+      <c r="I11">
+        <v>2020</v>
+      </c>
+      <c r="J11" t="s">
+        <v>82</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11" t="s">
+        <v>83</v>
+      </c>
+      <c r="M11" t="s">
+        <v>84</v>
+      </c>
+      <c r="N11" t="s">
+        <v>26</v>
+      </c>
+      <c r="O11" t="s">
+        <v>85</v>
+      </c>
+      <c r="P11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>89</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>81</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2021</v>
+      </c>
+      <c r="J12" t="s">
+        <v>90</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>84</v>
+      </c>
+      <c r="N12" t="s">
+        <v>26</v>
+      </c>
+      <c r="O12" t="s">
+        <v>91</v>
+      </c>
+      <c r="P12" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>93</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>78</v>
+      </c>
+      <c r="D13" t="s">
+        <v>95</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>81</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
         <v>2010</v>
       </c>
-      <c r="H2">
-[...15 lines deleted...]
-      <c r="N2" t="s">
+      <c r="I13">
+        <v>2014</v>
+      </c>
+      <c r="J13" t="s">
+        <v>96</v>
+      </c>
+      <c r="K13" t="s">
         <v>24</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C3" t="s">
+      <c r="L13"/>
+      <c r="M13" t="s">
+        <v>84</v>
+      </c>
+      <c r="N13" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
-[...252 lines deleted...]
-      <c r="G9">
+      <c r="O13" t="s">
+        <v>97</v>
+      </c>
+      <c r="P13" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>100</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>101</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>81</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
         <v>2014</v>
       </c>
-      <c r="H9">
-[...81 lines deleted...]
-      <c r="H11">
+      <c r="I14">
         <v>2020</v>
       </c>
-      <c r="I11" t="s">
-[...129 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>21</v>
-[...4 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
       <c r="M14" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="N14" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O14" t="s">
+        <v>102</v>
+      </c>
+      <c r="P14" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
       <c r="A15" t="s">
-        <v>77</v>
+        <v>104</v>
       </c>
       <c r="B15" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="C15" t="s">
         <v>78</v>
       </c>
       <c r="D15" t="s">
-        <v>60</v>
+        <v>106</v>
       </c>
       <c r="E15" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="F15" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="G15">
+        <v>81</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
         <v>2013</v>
       </c>
-      <c r="H15">
+      <c r="I15">
         <v>2020</v>
       </c>
-      <c r="I15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="K15" t="s">
-        <v>79</v>
+        <v>24</v>
       </c>
       <c r="L15" t="s">
-        <v>64</v>
+        <v>107</v>
       </c>
       <c r="M15" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="N15" t="s">
+        <v>26</v>
+      </c>
+      <c r="O15" t="s">
+        <v>108</v>
+      </c>
+      <c r="P15" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>110</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E16" t="s">
         <v>80</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" t="s">
+      <c r="F16" t="s">
         <v>81</v>
       </c>
-      <c r="B16" t="s">
-[...2 lines deleted...]
-      <c r="C16" t="s">
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2014</v>
+      </c>
+      <c r="I16">
+        <v>2020</v>
+      </c>
+      <c r="J16" t="s">
+        <v>96</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16"/>
+      <c r="M16" t="s">
+        <v>84</v>
+      </c>
+      <c r="N16" t="s">
+        <v>26</v>
+      </c>
+      <c r="O16" t="s">
+        <v>113</v>
+      </c>
+      <c r="P16" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>116</v>
+      </c>
+      <c r="C17" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" t="s">
+        <v>117</v>
+      </c>
+      <c r="E17" t="s">
+        <v>80</v>
+      </c>
+      <c r="F17" t="s">
+        <v>81</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2010</v>
+      </c>
+      <c r="I17">
+        <v>2018</v>
+      </c>
+      <c r="J17" t="s">
+        <v>96</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>118</v>
+      </c>
+      <c r="M17" t="s">
+        <v>84</v>
+      </c>
+      <c r="N17" t="s">
+        <v>26</v>
+      </c>
+      <c r="O17" t="s">
+        <v>119</v>
+      </c>
+      <c r="P17" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>121</v>
+      </c>
+      <c r="B18" t="s">
+        <v>122</v>
+      </c>
+      <c r="C18" t="s">
+        <v>78</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>80</v>
+      </c>
+      <c r="F18" t="s">
+        <v>81</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2014</v>
+      </c>
+      <c r="I18">
+        <v>2019</v>
+      </c>
+      <c r="J18" t="s">
         <v>82</v>
       </c>
-      <c r="D16" t="s">
-[...11 lines deleted...]
-      <c r="H16">
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>84</v>
+      </c>
+      <c r="N18" t="s">
+        <v>26</v>
+      </c>
+      <c r="O18" t="s">
+        <v>124</v>
+      </c>
+      <c r="P18" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>126</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" t="s">
+        <v>128</v>
+      </c>
+      <c r="E19" t="s">
+        <v>80</v>
+      </c>
+      <c r="F19" t="s">
+        <v>81</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2017</v>
+      </c>
+      <c r="I19">
         <v>2020</v>
       </c>
-      <c r="I16" t="s">
-[...17 lines deleted...]
-      <c r="A17" t="s">
+      <c r="J19" t="s">
+        <v>96</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19"/>
+      <c r="M19" t="s">
         <v>84</v>
       </c>
-      <c r="B17" t="s">
-[...61 lines deleted...]
-      <c r="H18">
+      <c r="N19" t="s">
+        <v>26</v>
+      </c>
+      <c r="O19" t="s">
+        <v>129</v>
+      </c>
+      <c r="P19" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>131</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>78</v>
+      </c>
+      <c r="D20" t="s">
+        <v>133</v>
+      </c>
+      <c r="E20" t="s">
+        <v>80</v>
+      </c>
+      <c r="F20" t="s">
+        <v>81</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2009</v>
+      </c>
+      <c r="I20">
         <v>2019</v>
       </c>
-      <c r="I18" t="s">
-[...38 lines deleted...]
-      <c r="H19">
+      <c r="J20" t="s">
+        <v>82</v>
+      </c>
+      <c r="K20" t="s">
+        <v>134</v>
+      </c>
+      <c r="L20" t="s">
+        <v>135</v>
+      </c>
+      <c r="M20" t="s">
+        <v>84</v>
+      </c>
+      <c r="N20" t="s">
+        <v>26</v>
+      </c>
+      <c r="O20" t="s">
+        <v>136</v>
+      </c>
+      <c r="P20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>138</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>78</v>
+      </c>
+      <c r="D21" t="s">
+        <v>140</v>
+      </c>
+      <c r="E21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" t="s">
+        <v>81</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2016</v>
+      </c>
+      <c r="I21">
         <v>2020</v>
       </c>
-      <c r="I19" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>21</v>
+        <v>82</v>
       </c>
       <c r="K21" t="s">
-        <v>101</v>
+        <v>24</v>
       </c>
       <c r="L21" t="s">
-        <v>64</v>
+        <v>141</v>
       </c>
       <c r="M21" t="s">
-        <v>23</v>
+        <v>84</v>
       </c>
       <c r="N21" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O21" t="s">
+        <v>142</v>
+      </c>
+      <c r="P21" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
       <c r="A22" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="B22" t="s">
-        <v>15</v>
+        <v>145</v>
       </c>
       <c r="C22" t="s">
-        <v>104</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>60</v>
+        <v>146</v>
       </c>
       <c r="E22" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="F22" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>81</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
       </c>
       <c r="H22">
         <v>2015</v>
       </c>
-      <c r="I22" t="s">
-        <v>105</v>
+      <c r="I22">
+        <v>2015</v>
       </c>
       <c r="J22" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="K22" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L22" t="s">
-        <v>107</v>
+        <v>148</v>
       </c>
       <c r="M22" t="s">
-        <v>23</v>
+        <v>149</v>
       </c>
       <c r="N22" t="s">
-        <v>108</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O22" t="s">
+        <v>150</v>
+      </c>
+      <c r="P22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
       <c r="A23" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="B23" t="s">
-        <v>15</v>
+        <v>152</v>
       </c>
       <c r="C23" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="D23" t="s">
-        <v>60</v>
+        <v>153</v>
       </c>
       <c r="E23" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="F23" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>81</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
       </c>
       <c r="H23">
         <v>2015</v>
       </c>
-      <c r="I23" t="s">
-        <v>105</v>
+      <c r="I23">
+        <v>2015</v>
       </c>
       <c r="J23" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="K23" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L23" t="s">
-        <v>107</v>
+        <v>148</v>
       </c>
       <c r="M23" t="s">
-        <v>23</v>
+        <v>149</v>
       </c>
       <c r="N23" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:14">
+        <v>26</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
       <c r="A24" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="B24" t="s">
-        <v>15</v>
+        <v>155</v>
       </c>
       <c r="C24" t="s">
-        <v>95</v>
+        <v>18</v>
       </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>133</v>
       </c>
       <c r="E24" t="s">
-        <v>61</v>
+        <v>80</v>
       </c>
       <c r="F24" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>81</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
       </c>
       <c r="H24">
         <v>2015</v>
       </c>
-      <c r="I24" t="s">
-        <v>105</v>
+      <c r="I24">
+        <v>2015</v>
       </c>
       <c r="J24" t="s">
-        <v>21</v>
+        <v>147</v>
       </c>
       <c r="K24" t="s">
-        <v>106</v>
+        <v>24</v>
       </c>
       <c r="L24" t="s">
-        <v>107</v>
+        <v>148</v>
       </c>
       <c r="M24" t="s">
-        <v>23</v>
+        <v>149</v>
       </c>
       <c r="N24" t="s">
-        <v>111</v>
+        <v>26</v>
+      </c>
+      <c r="O24" t="s">
+        <v>156</v>
+      </c>
+      <c r="P24" t="s">
+        <v>151</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>