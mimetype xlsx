--- v0 (2025-10-13)
+++ v1 (2026-02-04)
@@ -12,392 +12,525 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>2009-300-EC: Commission Decision establishing the revised ecological criteria for the award of the Community Eco-label to televisions</t>
   </si>
   <si>
+    <t>The product group 'televisions' shall comprise: Mains powered electronic equipment; the primary purpose and function of which is to receive; decode and display TV transmission signals.</t>
+  </si>
+  <si>
     <t>European Union</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>December 2018</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>IEC 62087</t>
   </si>
   <si>
     <t>European Commission - DG Environment</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2009-300-ec-commission-decision-establishing-revised-ecological-criteria-award-community</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1538153657569&amp;uri=CELEX:02009D0300-20180113</t>
+  </si>
+  <si>
     <t>2011-330-EU: Commission Decision of 6 June 2011 on establishing the ecological criteria for the award of the EU Ecolabel for notebook computers</t>
   </si>
   <si>
+    <t>The product group 'notebook computers' shall comprise devices which have the following characteristics:  A. they perform logical operations and process data and are designed specifically for portability and to be operated for extended periods of time either with or without a direct connection to an AC power source;   B. they utilise an integrated computer display and are capable of operation off an integrated battery or other portable power source. If a notebook computer is delivered with an external power supply this power supply is considered part of the notebook computer.  For the purpose of this Decision; tablet personal computers; which may use touch-sensitive screens along with or instead of other input devices shall be considered notebook computers. Digital picture frames shall not be considered notebook computers for the purpose of this Decision.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/2011-330-eu-commission-decision-6-june-2011-establishing-ecological-criteria-award-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32011D0330</t>
+  </si>
+  <si>
     <t>Commission Decision 2013-806 2013/806/EU: Commission Decision of 17 December 2013 establishing the ecological criteria for the award of the EU Ecolabel for imaging equipment (notified under document C(2013) 9097)</t>
   </si>
   <si>
+    <t>1. The product group imaging equipment shall comprise products which are marketed for office or domestic use; or both; and produce printed images; in the form of paper document or photo; through a marking process from one or both of the following: A. a digital image; provided by a network or card interface;  B. a hardcopy through a copying process.  Imaging equipment which have the additional function to produce a digital image from a hard copy through a scanning process are included in the scope of this Decision. This Decision shall apply to products which are marketed as printers; copiers and multifunctional devices.    2. Fax machines; digital duplicators; mailing machines and scanners are excluded from the scope of this Decision.</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>September 2023</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-2013-806-2013806eu-commission-decision-17-december-2013-establishing</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32013D0806</t>
+  </si>
+  <si>
     <t>Commission Decision of 28 May 2014: 2014-314-EU</t>
   </si>
   <si>
+    <t>1. The product group water-based heaters shall comprise products that are used to generate heat as part of a water- based central heating system; where the heated water is distributed by means of circulators and heat emitters in order to reach and maintain the indoor temperature of an enclosed space such as a building; a dwelling; or a room; at a desired level.    2. The maximum output power of the water-based heaters shall be 400 kW.    3. Combination heaters are included in the scope of this product group; provided that their primary function is to provide space heat.    4.The following products are excluded from the scope of this product group:   A. heaters whose primary function is to provide hot drinking or sanitary water;   B. heaters for heating and distributing gaseous heat transfer media such as vapour or air;    C. cogeneration space heaters with a maximum electrical capacity of 50 kW or above;    D. space heaters that combine both indirect heating; using water-based central heating system; and direct heating; by direct emission of heat into the room or space where the appliance is installed.</t>
+  </si>
+  <si>
     <t>Boilers and Furnaces</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>Electricity, Gas, Oil, Water</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-28-may-2014-2014-314-eu</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32014D0314</t>
+  </si>
+  <si>
     <t>Commission Decision of 9 November 2007 establishing the ecological criteria for the award of the Community eco-label to electrically driven, gas driven or gas absorption heat pumps</t>
   </si>
   <si>
+    <t>The product group 'electrically driven; gas driven or gas absorption heat pumps' shall comprise heat pumps; which can concentrate energy present in the air; ground or water into useful heat for the supply of space heating or the opposite process for space cooling. A 'heat pump' is the device or set of devices as delivered by the manufacturer or importer to the distributor; retailer or installer. This delivery may or may not include the delivery of circulating pumps at the sink or source side; however for calculation of coefficient of performance -COP; values the power consumption of circulating pumps shall always be taken into account; according to the methodology of EN14511:2004; if the manufacturer cannot provide data; a default value is taken. For gas absorption heat pumps the methodology shall be according to EN12309-2:2000. The product group shall cover only electrically driven; gas driven or gas absorption heat pumps with a maximum heating capacity of 100 kW. The product group 'electrically driven; gas driven or gas absorption heat pumps' shall not cover the following:   heat pumps which can only provide hot water for sanitary use;   and heat pumps which can only extract heat from a building and eject it to the air; ground or water thus resulting in space cooling.</t>
+  </si>
+  <si>
     <t>Heat Pumps</t>
   </si>
   <si>
     <t>Electricity, Gas</t>
   </si>
   <si>
     <t>EN 14 511:2004; EN12309-2:2000</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco-0</t>
   </si>
   <si>
+    <t>http://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:32007D0742</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs, Central ACs</t>
   </si>
   <si>
     <t>October 2019</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/commission-decision-9-november-2007-establishing-ecological-criteria-award-community-eco</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX:02007D0742-20140617</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for games consoles</t>
   </si>
   <si>
+    <t>Companies active in the games consoles market have proposed a voluntary agreement laying down specific ecodesign requirements for games consoles models placed on the EU market, which use more than 20 Watts in active game mode. The voluntary scheme was agreed by the signatories in April 2014.
+Under the agreement, each signatory undertakes that at least 90 % of all games consoles that they place on the market would comply with the applicable minimum energy efficiency requirements.
+The agreement includes requirements on auto power down settings, limits on energy use in standby (0.5 W), navigation (40 W), and media streaming modes (50 W), and some product information requirements.</t>
+  </si>
+  <si>
     <t>Other-Electronics</t>
   </si>
   <si>
     <t>Minimum Performance Standard</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-games-consoles</t>
   </si>
   <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?qid=1432808656922&amp;uri=CELEX%3A52015DC0178</t>
+  </si>
+  <si>
     <t>Voluntary ecodesign scheme for imaging equipment</t>
   </si>
   <si>
+    <t>The voluntary agreement concluded by the industry lays down specific ecodesign requirements for imaging equipment placed on the EU market. The products covered by the agreement are also subject to the ENERGY STAR voluntary energy labelling programme, which lays down energy labelling requirements for different office equipment, including imaging equipment. As required by the Ecodesign Directive, the signatories to this voluntary scheme represent a large majority of the relevant economic sector. Under the agreement, each signatory undertook that at least 90 % of all imaging equipment models it places on the market would comply with the minimum efficiency requirements in terms of TEC (typical energy consumption) and OM (operational mode). Furthermore, all printing products should offer the ‘N-up printing’ capability as a standard feature and should comply with the requirements for cartridges (e.g. the design should not prevent the reuse/recycling and use of cartridges of other producers). All new products should also comply with the requirements for recycling (e.g. easy disassembly and marking of plastics). Finally, the signatories undertook to comply with the specific information requirements (e.g. information on resource and energy efficiency).</t>
+  </si>
+  <si>
     <t>Europe, European Union</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/voluntary-ecodesign-scheme-imaging-equipment</t>
+  </si>
+  <si>
+    <t>https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A52013DC0023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -661,1033 +794,1168 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N22"/>
+  <dimension ref="A1:P22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="251" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="156" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="251.224" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="1522.914" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="34.135" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="156.819" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="127.255" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2009</v>
+      </c>
+      <c r="I2">
+        <v>2018</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...5 lines deleted...]
-      <c r="H2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2003</v>
+      </c>
+      <c r="I3">
+        <v>2011</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>33</v>
+      </c>
+      <c r="P3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>22</v>
+      </c>
+      <c r="H4">
+        <v>2003</v>
+      </c>
+      <c r="I4">
+        <v>2013</v>
+      </c>
+      <c r="J4" t="s">
+        <v>38</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>44</v>
+      </c>
+      <c r="H5">
+        <v>2014</v>
+      </c>
+      <c r="I5"/>
+      <c r="J5" t="s">
+        <v>23</v>
+      </c>
+      <c r="K5" t="s">
+        <v>45</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6"/>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>51</v>
+      </c>
+      <c r="L6" t="s">
+        <v>52</v>
+      </c>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>53</v>
+      </c>
+      <c r="P6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>48</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2007</v>
+      </c>
+      <c r="I7">
+        <v>2014</v>
+      </c>
+      <c r="J7" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" t="s">
+        <v>51</v>
+      </c>
+      <c r="L7" t="s">
+        <v>52</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>61</v>
+      </c>
+      <c r="D8" t="s">
+        <v>62</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>22</v>
+      </c>
+      <c r="H8">
+        <v>2012</v>
+      </c>
+      <c r="I8">
+        <v>2020</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8" t="s">
+        <v>64</v>
+      </c>
+      <c r="M8" t="s">
+        <v>65</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>66</v>
+      </c>
+      <c r="P8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2017</v>
+      </c>
+      <c r="I9">
+        <v>2021</v>
+      </c>
+      <c r="J9" t="s">
+        <v>70</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>65</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>71</v>
+      </c>
+      <c r="P9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>73</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>75</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>44</v>
+      </c>
+      <c r="H10">
         <v>2018</v>
       </c>
-      <c r="I2" t="s">
-[...11 lines deleted...]
-      <c r="M2" t="s">
+      <c r="I10"/>
+      <c r="J10" t="s">
+        <v>76</v>
+      </c>
+      <c r="K10" t="s">
         <v>24</v>
       </c>
-      <c r="N2" t="s">
-[...331 lines deleted...]
-      </c>
+      <c r="L10"/>
       <c r="M10" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="N10" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:14">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>77</v>
+      </c>
+      <c r="P10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
       <c r="A11" t="s">
-        <v>60</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="C11" t="s">
         <v>61</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>81</v>
       </c>
       <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2010</v>
+      </c>
+      <c r="I11">
+        <v>2014</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>65</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>82</v>
+      </c>
+      <c r="P11" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" t="s">
+        <v>85</v>
+      </c>
+      <c r="C12" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2014</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>63</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>65</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>87</v>
+      </c>
+      <c r="P12" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B13" t="s">
+        <v>90</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>91</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2013</v>
+      </c>
+      <c r="I13">
+        <v>2020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>63</v>
+      </c>
+      <c r="K13" t="s">
+        <v>24</v>
+      </c>
+      <c r="L13" t="s">
+        <v>92</v>
+      </c>
+      <c r="M13" t="s">
+        <v>65</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>93</v>
+      </c>
+      <c r="P13" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>95</v>
+      </c>
+      <c r="B14" t="s">
+        <v>96</v>
+      </c>
+      <c r="C14" t="s">
+        <v>61</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>44</v>
+      </c>
+      <c r="H14">
+        <v>2019</v>
+      </c>
+      <c r="I14"/>
+      <c r="J14" t="s">
+        <v>76</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>65</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>98</v>
+      </c>
+      <c r="P14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>100</v>
+      </c>
+      <c r="B15" t="s">
+        <v>101</v>
+      </c>
+      <c r="C15" t="s">
+        <v>61</v>
+      </c>
+      <c r="D15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2014</v>
+      </c>
+      <c r="I15">
+        <v>2020</v>
+      </c>
+      <c r="J15" t="s">
+        <v>76</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15"/>
+      <c r="M15" t="s">
+        <v>65</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>103</v>
+      </c>
+      <c r="P15" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>105</v>
+      </c>
+      <c r="B16" t="s">
+        <v>74</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>2010</v>
+      </c>
+      <c r="I16">
+        <v>2018</v>
+      </c>
+      <c r="J16" t="s">
+        <v>76</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16" t="s">
+        <v>65</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>108</v>
+      </c>
+      <c r="P16" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>110</v>
+      </c>
+      <c r="B17" t="s">
+        <v>111</v>
+      </c>
+      <c r="C17" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" t="s">
+        <v>112</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>2014</v>
+      </c>
+      <c r="I17">
+        <v>2019</v>
+      </c>
+      <c r="J17" t="s">
+        <v>63</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17" t="s">
+        <v>65</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>113</v>
+      </c>
+      <c r="P17" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>61</v>
+      </c>
+      <c r="D18" t="s">
+        <v>37</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2017</v>
+      </c>
+      <c r="I18">
+        <v>2020</v>
+      </c>
+      <c r="J18" t="s">
+        <v>76</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18"/>
+      <c r="M18" t="s">
+        <v>65</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>117</v>
+      </c>
+      <c r="P18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>61</v>
+      </c>
+      <c r="D19" t="s">
+        <v>121</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>2009</v>
+      </c>
+      <c r="I19">
+        <v>2019</v>
+      </c>
+      <c r="J19" t="s">
+        <v>63</v>
+      </c>
+      <c r="K19" t="s">
+        <v>122</v>
+      </c>
+      <c r="L19" t="s">
+        <v>123</v>
+      </c>
+      <c r="M19" t="s">
+        <v>65</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>124</v>
+      </c>
+      <c r="P19" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>128</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2016</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>63</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>129</v>
+      </c>
+      <c r="M20" t="s">
+        <v>65</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>130</v>
+      </c>
+      <c r="P20" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>132</v>
+      </c>
+      <c r="B21" t="s">
+        <v>133</v>
+      </c>
+      <c r="C21" t="s">
         <v>18</v>
       </c>
-      <c r="F11" t="s">
-[...5 lines deleted...]
-      <c r="H11">
+      <c r="D21" t="s">
+        <v>134</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>135</v>
+      </c>
+      <c r="G21" t="s">
+        <v>44</v>
+      </c>
+      <c r="H21">
         <v>2014</v>
       </c>
-      <c r="I11" t="s">
-[...9 lines deleted...]
-      <c r="M11" t="s">
+      <c r="I21"/>
+      <c r="J21" t="s">
+        <v>38</v>
+      </c>
+      <c r="K21" t="s">
         <v>24</v>
       </c>
-      <c r="N11" t="s">
-[...38 lines deleted...]
-      <c r="M12" t="s">
+      <c r="L21"/>
+      <c r="M21"/>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>136</v>
+      </c>
+      <c r="P21" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>140</v>
+      </c>
+      <c r="D22" t="s">
+        <v>37</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>135</v>
+      </c>
+      <c r="G22" t="s">
+        <v>44</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22"/>
+      <c r="J22" t="s">
+        <v>38</v>
+      </c>
+      <c r="K22" t="s">
         <v>24</v>
       </c>
-      <c r="N12" t="s">
-[...412 lines deleted...]
-      <c r="K22"/>
       <c r="L22"/>
-      <c r="M22" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M22"/>
       <c r="N22" t="s">
-        <v>100</v>
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>141</v>
+      </c>
+      <c r="P22" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>