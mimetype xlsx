--- v0 (2025-12-06)
+++ v1 (2026-02-23)
@@ -1930,51 +1930,51 @@
       </c>
       <c r="P17" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="18" spans="1:16">
       <c r="A18" t="s">
         <v>123</v>
       </c>
       <c r="B18" t="s">
         <v>124</v>
       </c>
       <c r="C18" t="s">
         <v>18</v>
       </c>
       <c r="D18" t="s">
         <v>125</v>
       </c>
       <c r="E18" t="s">
         <v>20</v>
       </c>
       <c r="F18" t="s">
         <v>116</v>
       </c>
       <c r="G18" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="H18">
         <v>2021</v>
       </c>
       <c r="I18">
         <v>2024</v>
       </c>
       <c r="J18" t="s">
         <v>126</v>
       </c>
       <c r="K18" t="s">
         <v>24</v>
       </c>
       <c r="L18" t="s">
         <v>127</v>
       </c>
       <c r="M18" t="s">
         <v>25</v>
       </c>
       <c r="N18" t="s">
         <v>26</v>
       </c>
       <c r="O18" t="s">
         <v>128</v>
       </c>