--- v0 (2025-10-11)
+++ v1 (2026-02-04)
@@ -12,541 +12,753 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Policy Search" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="148">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="217">
   <si>
     <t>Policy</t>
   </si>
   <si>
+    <t>Description</t>
+  </si>
+  <si>
     <t>Geography</t>
   </si>
   <si>
     <t>Products Type</t>
   </si>
   <si>
     <t>Policy Approach</t>
   </si>
   <si>
     <t>Policy Instrument</t>
   </si>
   <si>
     <t>Policy Status</t>
   </si>
   <si>
     <t>Adopted</t>
   </si>
   <si>
     <t>Revised</t>
   </si>
   <si>
     <t>Updated by CLASP</t>
   </si>
   <si>
     <t>Fuel Types</t>
   </si>
   <si>
     <t>Test Method Applied</t>
   </si>
   <si>
     <t>Responsible Agency</t>
   </si>
   <si>
     <t>Related Topics</t>
   </si>
   <si>
     <t>Permalink</t>
   </si>
   <si>
+    <t>Source</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Auto-Off Power Strips and Socket Adapters (DE-UZ 134)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to auto-off power strips or socket adapters (with and without surge protector).</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Power strips</t>
   </si>
   <si>
     <t>Voluntary</t>
   </si>
   <si>
     <t>Endorsement Label</t>
   </si>
   <si>
-    <t>Entered into force, Adopted, Revised</t>
+    <t>Entered into force, Revised</t>
   </si>
   <si>
     <t>November 2020</t>
   </si>
   <si>
     <t>Electricity</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025; DIN EN 62301</t>
   </si>
   <si>
     <t>Umweltbundesamt -Federal Environment Agency</t>
   </si>
   <si>
     <t>Energy Efficiency</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-auto-power-strips-and-socket-adapters-de-uz-134</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20134-201407-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Computers and Keyboards (DE/UZ 78)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to the notebook computers as defined in paragraph 1.5 of the document.  The following devices do not fall within the scope of these Basic Criteria: Mobile phones, smartphones, MDAs, PDAs and similar mobile devices.</t>
+  </si>
+  <si>
     <t>Computers</t>
   </si>
   <si>
     <t>February 2021</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-computers-and-keyboards-deuz-78</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20078-201701-en-Criteria-V3.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Data Shredders (DE-UZ 174)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to household cooker hoods with an inbuilt fan for either recirculation operation - or exhaust operation exhibiting a maximum air flow volume of 800 m3 /h at maximum continuous operation. Requirements include energy efficiency of the fan; energy-efficient lighting; and power consumption in off and stand-by mode.</t>
+  </si>
+  <si>
     <t>Paper Shredders</t>
   </si>
   <si>
-    <t>Entered into force, Adopted</t>
+    <t>Entered into force, New</t>
   </si>
   <si>
     <t>January 2020</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-data-shredders-de-uz-174</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20174-201801-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Cordless Phones (DE-UZ 131)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to cordless phones and base stations according to the DECT standard or a similar standard. The devices shall be primarily designed for transmitting phone calls and messages. They may, however, also provide additional functions, such as answering machine, organizer, wireless Internet access or data transmission via infrared port or bluetooth, Class III. Excluded are cordless phones with WLAN function.</t>
+  </si>
+  <si>
     <t>Telephony</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-cordless-phones-de-uz-131</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20131-201404-en%20Criteria-2018-10-15.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Digital Projectors DE-UZ 127</t>
   </si>
   <si>
+    <t>Digital Projectors:  These Basic Award Criteria apply to portable digital projectors, in German also called 'beamers', based on liquid crystal technology, Liquid Crystal Display - LCD, or digital light procession technology -DLP, for image reproduction.</t>
+  </si>
+  <si>
     <t>Projectors</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-digital-projectors-de-uz-127</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20127-201404-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Electric Kettles for Household Use (DE-UZ 133)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to electric water kettles for household use. In order to be eligible the electric kettle must have a removable water tank for cordless use. The power cable remains connected to the base plate and need not be unplugged from the outlet when moving the tank, to fill in water. In addition, products applying for the Blue Angel eco-label must be equipped with a concealed heating coil. Compliance with the above-mentioned criteria does not only improve the user friendliness but also indirectly extend the products service life.</t>
+  </si>
+  <si>
     <t>Electric Kettles</t>
   </si>
   <si>
     <t>EN 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-electric-kettles-household-use-de-uz-133</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20133-201309-en%20Criteria-2020-01-07.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Energy Efficient Data Center Operation (DE-UZ 161)</t>
   </si>
   <si>
+    <t>Within the scope of these Basic Award Criteria, a data center is defined as follows: A data center is capable of securely, permanently and centrally processing large amounts of data over a long period of time. In the process, the data center shall still possess these capabilities even when individual capabilities are not being used e.g. operation over a long period of time.</t>
+  </si>
+  <si>
     <t>Servers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-energy-efficient-data-center-operation-de-uz-161</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20161-201901-en%20Criteria-2019-03-21.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Hand Dryers (DE-UZ 87)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for electric hand dryers (e.g. hot air hand dryers, high speed hand dryers).</t>
+  </si>
+  <si>
     <t>Hand Dryers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-hand-dryers-de-uz-87</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20087-201405-en%20Criteria-2020-05-29.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Cooker Hoods (DE-UZ 147)</t>
   </si>
   <si>
     <t>Cooktops or Hobs</t>
   </si>
   <si>
     <t>DIN EN 61591 and DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-cooker-hoods-de-uz-147</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20147-201001-en%20Criteria-2018-10-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Household Lamps (DE-UZ 151)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to lamps typically used for household lighting which fulfil the following prerequisites: They • are directly powered from the mains (230 V, 50 Hz) and therefore need no external ballast, power supply pack or the like; • are suitable for indoor use; • have a total luminous flux Ф of 60 ≤ Ф ≤ 6500 lumens (lm) and • are free from mercury. Excluded from the scope are: • lamps where: at least 6 percent of the total radiation between 250 and 780 nm fall in the range of 250 to 400 nm, the radiation peak is between 315 and -400 nm (UVA) or between 280 and 315 nm (UVB); • lamps that allow shifting the chromaticity coordinates to outside the white area; • double-ended lamps.</t>
+  </si>
+  <si>
     <t>Non-Directional lamps</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-household-lamps-de-uz-151</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20151-201409-en%20Criteria-2019-01-23.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Office Equipment with Printing Function (Printers and Multifunction Devices) (DE-UZ 205)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria apply to office devices (usually referred to as printers and/or multifunction devices) which at least:
+• offer printing as their primary function,
+• are capable of producing monochrome or colour printouts (4-colour-printing) on standard paper with a grammage of 60 to 80 g/m2,
+• are capable of processing media or a minimum format of DIN A4 and up to a maximum format of DIN A3+, and
+• work as electrophotographic devices (LED or laser technology) by using toners or as inkjet devices by using inks (or gels, or waxes).</t>
+  </si>
+  <si>
     <t>Imaging Equipment</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-office-equipment-printing-function-printers-and-multifunction-devices-de</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20205-201701-en%20Criteria-2020-06-02.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Solar Collectors (DE-UZ 73)</t>
   </si>
   <si>
+    <t>These Basic Criteria apply to solar collectors according to DIN EN 12975. Using solar plants for the generation of energy helps to save resources and avoid pollutant</t>
+  </si>
+  <si>
     <t>Storage Water Heaters</t>
   </si>
   <si>
     <t>Solar</t>
   </si>
   <si>
     <t>DIN EN 12975</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-solar-collectors-de-uz-73</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20073-200903-en%20Criteria-2019-07-17.pdf</t>
+  </si>
+  <si>
     <t>Der Blaue Engel - Stationary air conditioners (DE-UZ 204)</t>
   </si>
   <si>
+    <t>These Basic Award Criteria are valid for air conditioners for stationary use with the following characteristics:</t>
+  </si>
+  <si>
     <t>Room ACs - Stationary ACs</t>
   </si>
   <si>
     <t>DIN EN ISO/IEC 17025</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/der-blaue-engel-stationary-air-conditioners-de-uz-204</t>
   </si>
   <si>
+    <t>https://produktinfo.blauer-engel.de/uploads/criteriafile/en/DE-UZ%20204-201608-en%20Criteria-2020-01-10.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Electric Storage Water Heaters</t>
   </si>
   <si>
+    <t>This policy contains voluntary labeling requirements for electric storage water heaters. It applies to domestic electrical water heaters and storage in a thermally well-insulated container that has a device to control the water temperature, uses mains electricity as the only power source, and has a rated water storage capacity exceeding 50 L but not exceeding 300 L.</t>
+  </si>
+  <si>
     <t>Hong Kong SAR of China</t>
   </si>
   <si>
     <t>Water Heating</t>
   </si>
   <si>
     <t>October 2022</t>
   </si>
   <si>
     <t>IEC 60379</t>
   </si>
   <si>
     <t>Electrical &amp; Mechanical Services Department of Hong Kong</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-electric-storage-water-heaters</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Storage%20Water%20Heaters%202021_Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Refrigerating Appliances</t>
   </si>
   <si>
+    <t>This policy specifies voluntary labeling requirements for refrigerating appliances. It applies to products with a rated total storage volume exceeding 500 liters.</t>
+  </si>
+  <si>
     <t>Refrigeration, Refrigerators-Freezers</t>
   </si>
   <si>
     <t>IEC 62552</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-refrigerating-appliances</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS-Ref%20App-2021_01_eng%20v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Room Air Conditioners</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for room air conditioners. It applies to air-cooled non-dusted room air-conditioners powered by electric current, either single unit or split system with a rated cooling capacity not exceeding 10 kW, and does not apply to fan-coil air conditioning units, heat pump, and water-cooled units. For room air conditioners with a reverse cycle heat pump, both the cooling and heating functions will be considered.</t>
   </si>
   <si>
     <t>ISO 5151
 ,   
                     ISO16358-2
 ,   
                      ISO16358-1</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-room-air-conditioners</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Room%20Air%20Conditioners%202021Jan%20_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Televisions</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for televisions. It applies to televisions used for the reception and display of television broadcasts that use mains electricity as the only power source, have a rated visible diagonal screen size exceeding 50 cm, and have a built-in television tuner. It does not apply to products that display broadcasts by means of front or rear projection.</t>
   </si>
   <si>
     <t>Televisions</t>
   </si>
   <si>
     <t>IEC 62087
 ,   
                     IEC 62301</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-televisions</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Televisions%202021%20Jan_eng_v0.pdf</t>
+  </si>
+  <si>
     <t>Energy Efficiency Labeling Scheme for Washing Machines</t>
+  </si>
+  <si>
+    <t>This policy contains voluntary labeling requirements for washing machines. It applies to washing machines used for cleaning and rinsing textiles that use water (with and without a means of extracting excess water from the textiles), use mains electricity as the primary power source, and have a rated washing capacity between 7–10 kg. It does not cover washing machines that use other energy sources or have no spin extraction capability.</t>
   </si>
   <si>
     <t>Washing Machines</t>
   </si>
   <si>
     <t>IEC 60456
 ,   
                     JIS C 9606</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/energy-efficiency-labeling-scheme-washing-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Washing%20Machines%202021%20Jan_eng_v1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Computers</t>
   </si>
   <si>
+    <t>Computers under this labelling scheme include desktops, towers or mini-towers, or portable units. These include high-end desktop computers, personal computers, workstations, network computer desktops, X terminal controllers, computer-based point-of-sale retail terminals and tablet PCs. To qualify, the unit must be capable of being powered from a wall outlet, but this does not preclude units that are capable of being powered from a wall outlet and also from a battery. This definition is intended primarily to cover computers sold for use in businesses or homes.</t>
+  </si>
+  <si>
     <t>US ENERGY STAR</t>
   </si>
   <si>
     <t>Electrical and Mechanical Services Department</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-computers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Computers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Dehumidifiers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to self-contained, electrically operated, and mechanically refrigerated dehumidifiers that provide daily water removal capacities not exceeding 87 litres. Appliances that have larger capacity are excluded.</t>
+  </si>
+  <si>
     <t>Dehumidifiers</t>
   </si>
   <si>
     <t>December 2020</t>
   </si>
   <si>
     <t>ANSI / AHAM DH-1 CAN/CSA-C749</t>
   </si>
   <si>
     <t>Energy Efficiency Office, Electrical and Mechanical Services Department (EMSD)</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-dehumidifiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Dehumidifiers%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Domestic Gas Instantaneous Water Heaters</t>
   </si>
   <si>
+    <t>Domestic Gas Instantaneous Water Heaters under this labelling scheme include domestic instantaneous water heaters which burns gas types defined in the Gas Safety Ordinance. Those domestic gas appliances having heat inputs exceeding 70kW are excluded.</t>
+  </si>
+  <si>
     <t>Instantaneous Water Heaters</t>
   </si>
   <si>
     <t>Gas</t>
   </si>
   <si>
     <t>JIA F 031 EN 26:1997 GB 6932</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-domestic-gas-instantaneous-water</t>
   </si>
   <si>
+    <t>http://www.emsd.gov.hk/emsd/e_download/pee/veels_dgiwater_heater.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electric Rice Cookers</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electric heating elements for heating source operated at atmospheric pressure rice-cookers and the maximum rated power consumption not exceeding 2 kW. The scheme does not cover induction heating electric rice-cookers.</t>
+  </si>
+  <si>
     <t>Rice Cookers</t>
   </si>
   <si>
     <t>CCEC/T11-2006 JIS C9212 QB/T 3899</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electric-rice-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Rice%20Cookers%202020_eng_v2.7%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Electronic Ballasts</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electronic ballasts that are designed for standard fluorescent lamps: for linear, circular and compact types; HID lamps including high pressure sodium lamps and metal halide lamps. The electronic ballasts must be capable of being powered from either a 220V 50Hz AC supply or an appropriate DC power source.</t>
+  </si>
+  <si>
     <t>Fluorescent and HID Lighting</t>
   </si>
   <si>
     <t>IEC 60929 EN 50924</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-electronic-ballasts</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Electronic%20Ballasts%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Fax Machines</t>
   </si>
   <si>
+    <t>Both ordinary fax machines and printer-fax combinations are covered by this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-fax-machines</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Fax%20Machines%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Gas Cookers</t>
   </si>
   <si>
+    <t>This policy applies to new gas cookers that are designed for primary use in domestic premises and burn gas defined in Gas Safety Ordinance, have a rated heat input not exceeding 7 kW for each burner, either table-top type or built-in type, and have one or multiple burners.</t>
+  </si>
+  <si>
     <t>GB16410-2007</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-gas-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Gas%20Cooker%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Hot/Cold Bottled Water Dispensers</t>
   </si>
   <si>
+    <t>This policy applies to hot/cold bottled water dispensers, which are defined as free-standing devices that consume energy and dispense water from removable, typically 8–20 L plastic bottles commonly positioned on top/at the bottom of the unit.</t>
+  </si>
+  <si>
     <t>Water Coolers</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-hotcold-bottled-water-dispensers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Water%20Dispenser%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Induction Cookers</t>
   </si>
   <si>
+    <t>This policy applies to cookers using electromagnetic induction heating as the heating source with a rated power consumption range from 700–3500 W for each heating unit. The total rated power shall not exceed 7000 W.</t>
+  </si>
+  <si>
     <t>Induction Cookstoves or Hobs</t>
   </si>
   <si>
     <t>GB 21456 2014</t>
   </si>
   <si>
     <t>Energy Efficiency, Industrial Sector</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-induction-cookers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Induction%20Cookers%202019_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LCD Monitors</t>
   </si>
   <si>
+    <t>Applies to standard LCD monitors that are designed for use with computers. The monitor must be capable of being powered from either a wall outlet or a battery unit that is sold with an AC adaptor. LCD monitors with a tuner|receiver may qualify under this scheme as long as they are marketed and sold to consumers as computer monitors, i.e. focusing on computer monitor as the primary function; or as dual functions computer monitors and televisions.</t>
+  </si>
+  <si>
     <t>Displays</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-lcd-monitors</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS%20-%20LCD%20Monitor%20(Eng)_2019.1.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for LED Lamp</t>
   </si>
   <si>
+    <t>The Scheme applies to integral directional and non-directional LED lamps which has a single lamp cap, and is intended for general lighting purposes having the following characteristics:</t>
+  </si>
+  <si>
     <t>Non-Directional lamps, Directional Lamps</t>
   </si>
   <si>
     <t>IEC 62612:2013</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-led-lamp</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_LED%20Lamps_eng%20-%20Ver%202020%20Final.pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Microwave Ovens</t>
   </si>
   <si>
+    <t>Applies to microwave ovens using electromagnetic energy in the ISM frequency band of 2,450 MHz, with rated power input of less than 2,500 Watt for household use. It also applies to combination microwave ovens with additional heating elements or convection capability. Does not apply to microwave ovens for commercial and industrial use; ovens incorporating conventional heating means only; and ovens with exhaust hood.</t>
+  </si>
+  <si>
     <t>Microwaves</t>
   </si>
   <si>
     <t>IEC 60705: 2010 Edition 4.0, IEC 62301: 2011 Edition 2.0</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-microwave-ovens</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Microwave%20Ovens%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Multifunction Devices</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to electrically operated multifunction devices intended for production of A4-sized duplicates from graphical hard copy originals as well as performing one or both of the core functions such as printing, faxing, scanning, etc. However, a device whose primary function is faxing and offers limited sheet copying capabilities, so-called single sheet convenience copying; are not covered under this scheme.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-multifunction-devices</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Multifunction%20Devices%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Non-integrated Type Compact Fluorescent Lamps</t>
   </si>
   <si>
+    <t>The provisions of this scheme shall apply to non-integrated type CFLs which is electrically connected to permanently wired external ballast and is intended for general lighting purposes and having the following characteristics:</t>
+  </si>
+  <si>
     <t>CIE 84 IEC IEC 61199</t>
   </si>
   <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-non-integrated-type-compact</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_NICFL%202020_eng_v2.5%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Photocopiers</t>
   </si>
   <si>
+    <t>COPY MACHINE:</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-photocopiers</t>
   </si>
   <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Photocopiers%202020_eng_v2.6%20(Final).pdf</t>
+  </si>
+  <si>
     <t>The Hong Kong Voluntary Energy Efficiency Labelling Scheme for Printers</t>
   </si>
   <si>
+    <t>Printers under this labelling scheme apply to all electrically operated black-and-white or colour printers that are capable of receiving information from single-user or networked computers and serve as hard copy output devices for production of A4-sized copies. Printers designed to handle multi-sized papers including A4-sized paper can also be qualified under this scheme provided that they can comply with the energy efficiency requirements for A4-sized paper.</t>
+  </si>
+  <si>
     <t>https://cprc-clasp.ngo/index.php/policies/hong-kong-voluntary-energy-efficiency-labelling-scheme-printers</t>
+  </si>
+  <si>
+    <t>https://www.emsd.gov.hk/filemanager/en/content_358/VEELS_Printers%202020_eng_v2.6%20(Final).pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...1 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -810,1623 +1022,1836 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:N35"/>
+  <dimension ref="A1:P35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="128" bestFit="true" customWidth="true" style="0"/>
-[...12 lines deleted...]
-    <col min="14" max="14" width="154" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="128.54" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="826.941" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="48.274" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="18.71" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="9.283" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="19.995" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="67.127" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="93.12" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="43.561" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="154.391" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="130.825" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14">
+    <row r="1" spans="1:16">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
       <c r="L1" t="s">
         <v>11</v>
       </c>
       <c r="M1" t="s">
         <v>12</v>
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
-    </row>
-    <row r="2" spans="1:14">
+      <c r="O1" t="s">
+        <v>14</v>
+      </c>
+      <c r="P1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2" spans="1:16">
       <c r="A2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2">
+        <v>2012</v>
+      </c>
+      <c r="I2">
+        <v>2020</v>
+      </c>
+      <c r="J2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K2" t="s">
+        <v>24</v>
+      </c>
+      <c r="L2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M2" t="s">
+        <v>26</v>
+      </c>
+      <c r="N2" t="s">
+        <v>27</v>
+      </c>
+      <c r="O2" t="s">
+        <v>28</v>
+      </c>
+      <c r="P2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
         <v>18</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2">
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>21</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3">
+        <v>2017</v>
+      </c>
+      <c r="I3">
+        <v>2021</v>
+      </c>
+      <c r="J3" t="s">
+        <v>33</v>
+      </c>
+      <c r="K3" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3"/>
+      <c r="M3" t="s">
+        <v>26</v>
+      </c>
+      <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
+        <v>34</v>
+      </c>
+      <c r="P3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:16">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>38</v>
+      </c>
+      <c r="E4" t="s">
+        <v>20</v>
+      </c>
+      <c r="F4" t="s">
+        <v>21</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4">
+        <v>2018</v>
+      </c>
+      <c r="I4"/>
+      <c r="J4" t="s">
+        <v>40</v>
+      </c>
+      <c r="K4" t="s">
+        <v>24</v>
+      </c>
+      <c r="L4"/>
+      <c r="M4" t="s">
+        <v>26</v>
+      </c>
+      <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
+        <v>41</v>
+      </c>
+      <c r="P4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5" spans="1:16">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+      <c r="G5" t="s">
+        <v>22</v>
+      </c>
+      <c r="H5">
+        <v>2010</v>
+      </c>
+      <c r="I5">
+        <v>2014</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5"/>
+      <c r="M5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N5" t="s">
+        <v>27</v>
+      </c>
+      <c r="O5" t="s">
+        <v>46</v>
+      </c>
+      <c r="P5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6" spans="1:16">
+      <c r="A6" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" t="s">
+        <v>22</v>
+      </c>
+      <c r="H6">
+        <v>2014</v>
+      </c>
+      <c r="I6">
+        <v>2020</v>
+      </c>
+      <c r="J6" t="s">
+        <v>23</v>
+      </c>
+      <c r="K6" t="s">
+        <v>24</v>
+      </c>
+      <c r="L6"/>
+      <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
+        <v>51</v>
+      </c>
+      <c r="P6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>55</v>
+      </c>
+      <c r="E7" t="s">
+        <v>20</v>
+      </c>
+      <c r="F7" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" t="s">
+        <v>22</v>
+      </c>
+      <c r="H7">
+        <v>2013</v>
+      </c>
+      <c r="I7">
+        <v>2020</v>
+      </c>
+      <c r="J7" t="s">
+        <v>23</v>
+      </c>
+      <c r="K7" t="s">
+        <v>24</v>
+      </c>
+      <c r="L7" t="s">
+        <v>56</v>
+      </c>
+      <c r="M7" t="s">
+        <v>26</v>
+      </c>
+      <c r="N7" t="s">
+        <v>27</v>
+      </c>
+      <c r="O7" t="s">
+        <v>57</v>
+      </c>
+      <c r="P7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:16">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>20</v>
+      </c>
+      <c r="F8" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" t="s">
+        <v>39</v>
+      </c>
+      <c r="H8">
+        <v>2019</v>
+      </c>
+      <c r="I8"/>
+      <c r="J8" t="s">
+        <v>40</v>
+      </c>
+      <c r="K8" t="s">
+        <v>24</v>
+      </c>
+      <c r="L8"/>
+      <c r="M8" t="s">
+        <v>26</v>
+      </c>
+      <c r="N8" t="s">
+        <v>27</v>
+      </c>
+      <c r="O8" t="s">
+        <v>62</v>
+      </c>
+      <c r="P8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9" spans="1:16">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>20</v>
+      </c>
+      <c r="F9" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" t="s">
+        <v>22</v>
+      </c>
+      <c r="H9">
+        <v>2014</v>
+      </c>
+      <c r="I9">
+        <v>2020</v>
+      </c>
+      <c r="J9" t="s">
+        <v>40</v>
+      </c>
+      <c r="K9" t="s">
+        <v>24</v>
+      </c>
+      <c r="L9"/>
+      <c r="M9" t="s">
+        <v>26</v>
+      </c>
+      <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
+        <v>67</v>
+      </c>
+      <c r="P9" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="10" spans="1:16">
+      <c r="A10" t="s">
+        <v>69</v>
+      </c>
+      <c r="B10" t="s">
+        <v>37</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>70</v>
+      </c>
+      <c r="E10" t="s">
+        <v>20</v>
+      </c>
+      <c r="F10" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" t="s">
+        <v>22</v>
+      </c>
+      <c r="H10">
+        <v>2010</v>
+      </c>
+      <c r="I10">
+        <v>2018</v>
+      </c>
+      <c r="J10" t="s">
+        <v>40</v>
+      </c>
+      <c r="K10" t="s">
+        <v>24</v>
+      </c>
+      <c r="L10" t="s">
+        <v>71</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>72</v>
+      </c>
+      <c r="P10" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="11" spans="1:16">
+      <c r="A11" t="s">
+        <v>74</v>
+      </c>
+      <c r="B11" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>76</v>
+      </c>
+      <c r="E11" t="s">
+        <v>20</v>
+      </c>
+      <c r="F11" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" t="s">
+        <v>22</v>
+      </c>
+      <c r="H11">
+        <v>2014</v>
+      </c>
+      <c r="I11">
+        <v>2019</v>
+      </c>
+      <c r="J11" t="s">
+        <v>23</v>
+      </c>
+      <c r="K11" t="s">
+        <v>24</v>
+      </c>
+      <c r="L11"/>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>77</v>
+      </c>
+      <c r="P11" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="12" spans="1:16">
+      <c r="A12" t="s">
+        <v>79</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>81</v>
+      </c>
+      <c r="E12" t="s">
+        <v>20</v>
+      </c>
+      <c r="F12" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" t="s">
+        <v>22</v>
+      </c>
+      <c r="H12">
+        <v>2017</v>
+      </c>
+      <c r="I12">
+        <v>2020</v>
+      </c>
+      <c r="J12" t="s">
+        <v>40</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12"/>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>82</v>
+      </c>
+      <c r="P12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13" spans="1:16">
+      <c r="A13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>20</v>
+      </c>
+      <c r="F13" t="s">
+        <v>21</v>
+      </c>
+      <c r="G13" t="s">
+        <v>22</v>
+      </c>
+      <c r="H13">
+        <v>2009</v>
+      </c>
+      <c r="I13">
+        <v>2019</v>
+      </c>
+      <c r="J13" t="s">
+        <v>23</v>
+      </c>
+      <c r="K13" t="s">
+        <v>87</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>89</v>
+      </c>
+      <c r="P13" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="14" spans="1:16">
+      <c r="A14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B14" t="s">
+        <v>92</v>
+      </c>
+      <c r="C14" t="s">
+        <v>18</v>
+      </c>
+      <c r="D14" t="s">
+        <v>93</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>21</v>
+      </c>
+      <c r="G14" t="s">
+        <v>22</v>
+      </c>
+      <c r="H14">
+        <v>2016</v>
+      </c>
+      <c r="I14">
+        <v>2020</v>
+      </c>
+      <c r="J14" t="s">
+        <v>23</v>
+      </c>
+      <c r="K14" t="s">
+        <v>24</v>
+      </c>
+      <c r="L14" t="s">
+        <v>94</v>
+      </c>
+      <c r="M14" t="s">
+        <v>26</v>
+      </c>
+      <c r="N14" t="s">
+        <v>27</v>
+      </c>
+      <c r="O14" t="s">
+        <v>95</v>
+      </c>
+      <c r="P14" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16">
+      <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
+        <v>98</v>
+      </c>
+      <c r="C15" t="s">
+        <v>99</v>
+      </c>
+      <c r="D15" t="s">
+        <v>100</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" t="s">
+        <v>22</v>
+      </c>
+      <c r="H15">
+        <v>2000</v>
+      </c>
+      <c r="I15">
+        <v>2021</v>
+      </c>
+      <c r="J15" t="s">
+        <v>101</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>102</v>
+      </c>
+      <c r="M15" t="s">
+        <v>103</v>
+      </c>
+      <c r="N15" t="s">
+        <v>27</v>
+      </c>
+      <c r="O15" t="s">
+        <v>104</v>
+      </c>
+      <c r="P15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16">
+      <c r="A16" t="s">
+        <v>106</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>99</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>20</v>
+      </c>
+      <c r="F16" t="s">
+        <v>21</v>
+      </c>
+      <c r="G16" t="s">
+        <v>22</v>
+      </c>
+      <c r="H16">
+        <v>1995</v>
+      </c>
+      <c r="I16">
+        <v>2021</v>
+      </c>
+      <c r="J16" t="s">
+        <v>101</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>109</v>
+      </c>
+      <c r="M16" t="s">
+        <v>103</v>
+      </c>
+      <c r="N16" t="s">
+        <v>27</v>
+      </c>
+      <c r="O16" t="s">
+        <v>110</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17" spans="1:16">
+      <c r="A17" t="s">
+        <v>112</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>93</v>
+      </c>
+      <c r="E17" t="s">
+        <v>20</v>
+      </c>
+      <c r="F17" t="s">
+        <v>21</v>
+      </c>
+      <c r="G17" t="s">
+        <v>22</v>
+      </c>
+      <c r="H17">
+        <v>1996</v>
+      </c>
+      <c r="I17">
+        <v>2021</v>
+      </c>
+      <c r="J17" t="s">
+        <v>101</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>114</v>
+      </c>
+      <c r="M17" t="s">
+        <v>103</v>
+      </c>
+      <c r="N17" t="s">
+        <v>27</v>
+      </c>
+      <c r="O17" t="s">
+        <v>115</v>
+      </c>
+      <c r="P17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18" spans="1:16">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>99</v>
+      </c>
+      <c r="D18" t="s">
+        <v>119</v>
+      </c>
+      <c r="E18" t="s">
+        <v>20</v>
+      </c>
+      <c r="F18" t="s">
+        <v>21</v>
+      </c>
+      <c r="G18" t="s">
+        <v>22</v>
+      </c>
+      <c r="H18">
+        <v>2003</v>
+      </c>
+      <c r="I18">
+        <v>2022</v>
+      </c>
+      <c r="J18" t="s">
+        <v>101</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>120</v>
+      </c>
+      <c r="M18" t="s">
+        <v>103</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>121</v>
+      </c>
+      <c r="P18" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="19" spans="1:16">
+      <c r="A19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>99</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
+        <v>20</v>
+      </c>
+      <c r="F19" t="s">
+        <v>21</v>
+      </c>
+      <c r="G19" t="s">
+        <v>22</v>
+      </c>
+      <c r="H19">
+        <v>1997</v>
+      </c>
+      <c r="I19">
+        <v>2021</v>
+      </c>
+      <c r="J19" t="s">
+        <v>101</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>126</v>
+      </c>
+      <c r="M19" t="s">
+        <v>103</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>127</v>
+      </c>
+      <c r="P19" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="20" spans="1:16">
+      <c r="A20" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" t="s">
+        <v>32</v>
+      </c>
+      <c r="E20" t="s">
+        <v>20</v>
+      </c>
+      <c r="F20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G20" t="s">
+        <v>22</v>
+      </c>
+      <c r="H20">
+        <v>2004</v>
+      </c>
+      <c r="I20">
+        <v>2020</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>131</v>
+      </c>
+      <c r="M20" t="s">
+        <v>132</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="21" spans="1:16">
+      <c r="A21" t="s">
+        <v>135</v>
+      </c>
+      <c r="B21" t="s">
+        <v>136</v>
+      </c>
+      <c r="C21" t="s">
+        <v>99</v>
+      </c>
+      <c r="D21" t="s">
+        <v>137</v>
+      </c>
+      <c r="E21" t="s">
+        <v>20</v>
+      </c>
+      <c r="F21" t="s">
+        <v>21</v>
+      </c>
+      <c r="G21" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21">
+        <v>2013</v>
+      </c>
+      <c r="I21">
+        <v>2020</v>
+      </c>
+      <c r="J21" t="s">
+        <v>138</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>139</v>
+      </c>
+      <c r="M21" t="s">
+        <v>140</v>
+      </c>
+      <c r="N21" t="s">
+        <v>27</v>
+      </c>
+      <c r="O21" t="s">
+        <v>141</v>
+      </c>
+      <c r="P21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22" spans="1:16">
+      <c r="A22" t="s">
+        <v>143</v>
+      </c>
+      <c r="B22" t="s">
+        <v>144</v>
+      </c>
+      <c r="C22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D22" t="s">
+        <v>145</v>
+      </c>
+      <c r="E22" t="s">
+        <v>20</v>
+      </c>
+      <c r="F22" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" t="s">
+        <v>22</v>
+      </c>
+      <c r="H22">
+        <v>2013</v>
+      </c>
+      <c r="I22">
+        <v>2020</v>
+      </c>
+      <c r="J22" t="s">
+        <v>138</v>
+      </c>
+      <c r="K22" t="s">
+        <v>146</v>
+      </c>
+      <c r="L22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M22" t="s">
+        <v>132</v>
+      </c>
+      <c r="N22" t="s">
+        <v>27</v>
+      </c>
+      <c r="O22" t="s">
+        <v>148</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="23" spans="1:16">
+      <c r="A23" t="s">
+        <v>150</v>
+      </c>
+      <c r="B23" t="s">
+        <v>151</v>
+      </c>
+      <c r="C23" t="s">
+        <v>99</v>
+      </c>
+      <c r="D23" t="s">
+        <v>152</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>21</v>
+      </c>
+      <c r="G23" t="s">
+        <v>22</v>
+      </c>
+      <c r="H23">
+        <v>2001</v>
+      </c>
+      <c r="I23">
+        <v>2020</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>153</v>
+      </c>
+      <c r="M23" t="s">
+        <v>132</v>
+      </c>
+      <c r="N23" t="s">
+        <v>27</v>
+      </c>
+      <c r="O23" t="s">
+        <v>154</v>
+      </c>
+      <c r="P23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24" spans="1:16">
+      <c r="A24" t="s">
+        <v>156</v>
+      </c>
+      <c r="B24" t="s">
+        <v>157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>99</v>
+      </c>
+      <c r="D24" t="s">
+        <v>158</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>21</v>
+      </c>
+      <c r="G24" t="s">
+        <v>22</v>
+      </c>
+      <c r="H24">
+        <v>2004</v>
+      </c>
+      <c r="I24">
+        <v>2020</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>159</v>
+      </c>
+      <c r="M24" t="s">
+        <v>132</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>160</v>
+      </c>
+      <c r="P24" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="25" spans="1:16">
+      <c r="A25" t="s">
+        <v>162</v>
+      </c>
+      <c r="B25" t="s">
+        <v>163</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
+      <c r="D25" t="s">
+        <v>81</v>
+      </c>
+      <c r="E25" t="s">
+        <v>20</v>
+      </c>
+      <c r="F25" t="s">
+        <v>21</v>
+      </c>
+      <c r="G25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H25">
+        <v>2006</v>
+      </c>
+      <c r="I25">
+        <v>2020</v>
+      </c>
+      <c r="J25" t="s">
+        <v>138</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>131</v>
+      </c>
+      <c r="M25" t="s">
+        <v>132</v>
+      </c>
+      <c r="N25" t="s">
+        <v>27</v>
+      </c>
+      <c r="O25" t="s">
+        <v>164</v>
+      </c>
+      <c r="P25" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="26" spans="1:16">
+      <c r="A26" t="s">
+        <v>166</v>
+      </c>
+      <c r="B26" t="s">
+        <v>167</v>
+      </c>
+      <c r="C26" t="s">
+        <v>99</v>
+      </c>
+      <c r="D26" t="s">
+        <v>70</v>
+      </c>
+      <c r="E26" t="s">
+        <v>20</v>
+      </c>
+      <c r="F26" t="s">
+        <v>21</v>
+      </c>
+      <c r="G26" t="s">
+        <v>22</v>
+      </c>
+      <c r="H26">
         <v>2012</v>
       </c>
-      <c r="H2">
+      <c r="I26">
         <v>2020</v>
       </c>
-      <c r="I2" t="s">
-[...8 lines deleted...]
-      <c r="L2" t="s">
+      <c r="J26" t="s">
+        <v>101</v>
+      </c>
+      <c r="K26" t="s">
+        <v>146</v>
+      </c>
+      <c r="L26" t="s">
+        <v>168</v>
+      </c>
+      <c r="M26" t="s">
+        <v>103</v>
+      </c>
+      <c r="N26" t="s">
+        <v>27</v>
+      </c>
+      <c r="O26" t="s">
+        <v>169</v>
+      </c>
+      <c r="P26" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="27" spans="1:16">
+      <c r="A27" t="s">
+        <v>171</v>
+      </c>
+      <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
+        <v>99</v>
+      </c>
+      <c r="D27" t="s">
+        <v>173</v>
+      </c>
+      <c r="E27" t="s">
+        <v>20</v>
+      </c>
+      <c r="F27" t="s">
+        <v>21</v>
+      </c>
+      <c r="G27" t="s">
+        <v>22</v>
+      </c>
+      <c r="H27">
+        <v>2013</v>
+      </c>
+      <c r="I27">
+        <v>2020</v>
+      </c>
+      <c r="J27" t="s">
+        <v>101</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27"/>
+      <c r="M27" t="s">
+        <v>103</v>
+      </c>
+      <c r="N27" t="s">
+        <v>27</v>
+      </c>
+      <c r="O27" t="s">
+        <v>174</v>
+      </c>
+      <c r="P27" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="28" spans="1:16">
+      <c r="A28" t="s">
+        <v>176</v>
+      </c>
+      <c r="B28" t="s">
+        <v>177</v>
+      </c>
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>178</v>
+      </c>
+      <c r="E28" t="s">
+        <v>20</v>
+      </c>
+      <c r="F28" t="s">
+        <v>21</v>
+      </c>
+      <c r="G28" t="s">
+        <v>22</v>
+      </c>
+      <c r="H28">
+        <v>2012</v>
+      </c>
+      <c r="I28">
+        <v>2020</v>
+      </c>
+      <c r="J28" t="s">
+        <v>101</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>179</v>
+      </c>
+      <c r="M28" t="s">
+        <v>103</v>
+      </c>
+      <c r="N28" t="s">
+        <v>180</v>
+      </c>
+      <c r="O28" t="s">
+        <v>181</v>
+      </c>
+      <c r="P28" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="29" spans="1:16">
+      <c r="A29" t="s">
+        <v>183</v>
+      </c>
+      <c r="B29" t="s">
+        <v>184</v>
+      </c>
+      <c r="C29" t="s">
+        <v>99</v>
+      </c>
+      <c r="D29" t="s">
+        <v>185</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
+        <v>21</v>
+      </c>
+      <c r="G29" t="s">
+        <v>22</v>
+      </c>
+      <c r="H29">
+        <v>2003</v>
+      </c>
+      <c r="I29">
+        <v>2020</v>
+      </c>
+      <c r="J29" t="s">
+        <v>138</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29"/>
+      <c r="M29" t="s">
+        <v>132</v>
+      </c>
+      <c r="N29" t="s">
+        <v>27</v>
+      </c>
+      <c r="O29" t="s">
+        <v>186</v>
+      </c>
+      <c r="P29" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="30" spans="1:16">
+      <c r="A30" t="s">
+        <v>188</v>
+      </c>
+      <c r="B30" t="s">
+        <v>189</v>
+      </c>
+      <c r="C30" t="s">
+        <v>99</v>
+      </c>
+      <c r="D30" t="s">
+        <v>190</v>
+      </c>
+      <c r="E30" t="s">
+        <v>20</v>
+      </c>
+      <c r="F30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G30" t="s">
+        <v>22</v>
+      </c>
+      <c r="H30">
+        <v>2011</v>
+      </c>
+      <c r="I30">
+        <v>2020</v>
+      </c>
+      <c r="J30" t="s">
         <v>23</v>
       </c>
-      <c r="M2" t="s">
-[...38 lines deleted...]
-      <c r="L3" t="s">
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>191</v>
+      </c>
+      <c r="M30" t="s">
+        <v>132</v>
+      </c>
+      <c r="N30" t="s">
+        <v>27</v>
+      </c>
+      <c r="O30" t="s">
+        <v>192</v>
+      </c>
+      <c r="P30" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="31" spans="1:16">
+      <c r="A31" t="s">
+        <v>194</v>
+      </c>
+      <c r="B31" t="s">
+        <v>195</v>
+      </c>
+      <c r="C31" t="s">
+        <v>99</v>
+      </c>
+      <c r="D31" t="s">
+        <v>196</v>
+      </c>
+      <c r="E31" t="s">
+        <v>20</v>
+      </c>
+      <c r="F31" t="s">
+        <v>21</v>
+      </c>
+      <c r="G31" t="s">
+        <v>22</v>
+      </c>
+      <c r="H31">
+        <v>2014</v>
+      </c>
+      <c r="I31">
+        <v>2020</v>
+      </c>
+      <c r="J31" t="s">
         <v>23</v>
       </c>
-      <c r="M3" t="s">
-[...36 lines deleted...]
-      <c r="L4" t="s">
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>197</v>
+      </c>
+      <c r="M31" t="s">
+        <v>132</v>
+      </c>
+      <c r="N31" t="s">
+        <v>27</v>
+      </c>
+      <c r="O31" t="s">
+        <v>198</v>
+      </c>
+      <c r="P31" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="32" spans="1:16">
+      <c r="A32" t="s">
+        <v>200</v>
+      </c>
+      <c r="B32" t="s">
+        <v>201</v>
+      </c>
+      <c r="C32" t="s">
+        <v>99</v>
+      </c>
+      <c r="D32" t="s">
+        <v>81</v>
+      </c>
+      <c r="E32" t="s">
+        <v>20</v>
+      </c>
+      <c r="F32" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" t="s">
+        <v>22</v>
+      </c>
+      <c r="H32">
+        <v>2001</v>
+      </c>
+      <c r="I32">
+        <v>2020</v>
+      </c>
+      <c r="J32" t="s">
+        <v>138</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>131</v>
+      </c>
+      <c r="M32" t="s">
+        <v>132</v>
+      </c>
+      <c r="N32" t="s">
+        <v>27</v>
+      </c>
+      <c r="O32" t="s">
+        <v>202</v>
+      </c>
+      <c r="P32" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="33" spans="1:16">
+      <c r="A33" t="s">
+        <v>204</v>
+      </c>
+      <c r="B33" t="s">
+        <v>205</v>
+      </c>
+      <c r="C33" t="s">
+        <v>99</v>
+      </c>
+      <c r="D33" t="s">
+        <v>190</v>
+      </c>
+      <c r="E33" t="s">
+        <v>20</v>
+      </c>
+      <c r="F33" t="s">
+        <v>21</v>
+      </c>
+      <c r="G33" t="s">
+        <v>22</v>
+      </c>
+      <c r="H33">
+        <v>1998</v>
+      </c>
+      <c r="I33">
+        <v>2020</v>
+      </c>
+      <c r="J33" t="s">
         <v>23</v>
       </c>
-      <c r="M4" t="s">
-[...70 lines deleted...]
-      <c r="H6">
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>206</v>
+      </c>
+      <c r="M33" t="s">
+        <v>132</v>
+      </c>
+      <c r="N33" t="s">
+        <v>27</v>
+      </c>
+      <c r="O33" t="s">
+        <v>207</v>
+      </c>
+      <c r="P33" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="34" spans="1:16">
+      <c r="A34" t="s">
+        <v>209</v>
+      </c>
+      <c r="B34" t="s">
+        <v>210</v>
+      </c>
+      <c r="C34" t="s">
+        <v>99</v>
+      </c>
+      <c r="D34" t="s">
+        <v>81</v>
+      </c>
+      <c r="E34" t="s">
+        <v>20</v>
+      </c>
+      <c r="F34" t="s">
+        <v>21</v>
+      </c>
+      <c r="G34" t="s">
+        <v>22</v>
+      </c>
+      <c r="H34">
+        <v>2000</v>
+      </c>
+      <c r="I34">
         <v>2020</v>
       </c>
-      <c r="I6" t="s">
-[...38 lines deleted...]
-      <c r="H7">
+      <c r="J34" t="s">
+        <v>138</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>131</v>
+      </c>
+      <c r="M34" t="s">
+        <v>132</v>
+      </c>
+      <c r="N34" t="s">
+        <v>27</v>
+      </c>
+      <c r="O34" t="s">
+        <v>211</v>
+      </c>
+      <c r="P34" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="35" spans="1:16">
+      <c r="A35" t="s">
+        <v>213</v>
+      </c>
+      <c r="B35" t="s">
+        <v>214</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
+        <v>81</v>
+      </c>
+      <c r="E35" t="s">
+        <v>20</v>
+      </c>
+      <c r="F35" t="s">
+        <v>21</v>
+      </c>
+      <c r="G35" t="s">
+        <v>22</v>
+      </c>
+      <c r="H35">
+        <v>2002</v>
+      </c>
+      <c r="I35">
         <v>2020</v>
       </c>
-      <c r="I7" t="s">
-[...973 lines deleted...]
-      <c r="A30" t="s">
+      <c r="J35" t="s">
+        <v>138</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
         <v>131</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="M35" t="s">
         <v>132</v>
       </c>
-      <c r="D30" t="s">
-[...248 lines deleted...]
-      </c>
       <c r="N35" t="s">
-        <v>147</v>
+        <v>27</v>
+      </c>
+      <c r="O35" t="s">
+        <v>215</v>
+      </c>
+      <c r="P35" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Policy Search</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title/>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>